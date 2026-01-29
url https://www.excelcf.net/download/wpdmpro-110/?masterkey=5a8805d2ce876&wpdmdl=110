--- v0 (2025-10-31)
+++ v1 (2026-01-29)
@@ -13,103 +13,97 @@
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SS186-088\Desktop\excelcf\コンサル\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\suenaga\Desktop\excelcf\コンサル\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{ACE21C7E-13C1-451A-A8AD-7E2F7D3B0DAA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91E867FC-DB6F-4CB1-8623-911075FE9AFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="2235" yWindow="135" windowWidth="19560" windowHeight="15465" tabRatio="843" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="1905" yWindow="135" windowWidth="20025" windowHeight="15375" tabRatio="843" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ヒアリングシート（入力必須）" sheetId="29" r:id="rId1"/>
     <sheet name="保険一覧（できれば入力）" sheetId="30" r:id="rId2"/>
     <sheet name="年間収支（できれば入力）" sheetId="33" r:id="rId3"/>
     <sheet name="手取額計算" sheetId="32" r:id="rId4"/>
   </sheets>
   <externalReferences>
     <externalReference r:id="rId5"/>
     <externalReference r:id="rId6"/>
   </externalReferences>
   <definedNames>
     <definedName name="age" localSheetId="2">OFFSET([1]CF表!$D$3,0,0,1,COUNTA([1]CF表!$D$3:$BX$3))</definedName>
     <definedName name="age">OFFSET([2]CF表!$D$3,0,0,1,COUNTA([2]CF表!$D$3:$BX$3))</definedName>
     <definedName name="all" localSheetId="2">OFFSET([1]CF表!$D$30,0,0,1,COUNTA([1]CF表!$D$30:$BX$30))</definedName>
     <definedName name="all">OFFSET([2]CF表!$D$30,0,0,1,COUNTA([2]CF表!$D$30:$BX$30))</definedName>
     <definedName name="future" localSheetId="2">OFFSET([1]CF表!$D$34,0,0,1,COUNTA([1]CF表!$D$34:$BX$34))</definedName>
     <definedName name="future">OFFSET([2]CF表!$D$34,0,0,1,COUNTA([2]CF表!$D$34:$BX$34))</definedName>
     <definedName name="nomal" localSheetId="2">OFFSET([1]CF表!$D$31,0,0,1,COUNTA([1]CF表!$D$31:$BX$31))</definedName>
     <definedName name="nomal">OFFSET([2]CF表!$D$31,0,0,1,COUNTA([2]CF表!$D$31:$BX$31))</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'ヒアリングシート（入力必須）'!$B:$V</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'保険一覧（できれば入力）'!$B$4:$K$63</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
-  <extLst>
-[...11 lines deleted...]
-  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="E89" i="33" l="1"/>
+  <c r="W11" i="29" l="1"/>
+  <c r="W10" i="29"/>
+  <c r="W9" i="29"/>
+  <c r="W8" i="29"/>
+  <c r="W7" i="29"/>
+  <c r="T1" i="29"/>
+  <c r="W6" i="29" s="1"/>
+  <c r="E89" i="33"/>
   <c r="D89" i="33"/>
   <c r="F88" i="33"/>
   <c r="F87" i="33"/>
   <c r="F86" i="33"/>
   <c r="F85" i="33"/>
   <c r="F84" i="33"/>
   <c r="F89" i="33" s="1"/>
   <c r="Q78" i="33"/>
   <c r="Q80" i="33" s="1"/>
   <c r="P78" i="33"/>
   <c r="P80" i="33" s="1"/>
   <c r="O78" i="33"/>
   <c r="O80" i="33" s="1"/>
   <c r="N78" i="33"/>
   <c r="N80" i="33" s="1"/>
   <c r="M78" i="33"/>
   <c r="M80" i="33" s="1"/>
   <c r="L78" i="33"/>
   <c r="L80" i="33" s="1"/>
   <c r="K78" i="33"/>
   <c r="K80" i="33" s="1"/>
   <c r="J78" i="33"/>
   <c r="J80" i="33" s="1"/>
   <c r="I78" i="33"/>
   <c r="I80" i="33" s="1"/>
@@ -463,51 +457,51 @@
     </comment>
     <comment ref="F14" authorId="0" shapeId="0" xr:uid="{B0B77D71-976B-425A-8DF2-789D1C961F7C}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>普通預金、定期預金、NISA、iDeCo、株　など</t>
         </r>
       </text>
     </comment>
     <comment ref="K14" authorId="0" shapeId="0" xr:uid="{44DF994E-1493-439F-805D-4ADCA1BF8722}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
-          <t>2024年末の残高を記入ください（単位：万円）</t>
+          <t>2025年末の残高を記入ください（単位：万円）</t>
         </r>
       </text>
     </comment>
     <comment ref="N14" authorId="0" shapeId="0" xr:uid="{3E912514-66AC-42BF-AE3B-02A55771C528}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>つみたてNISAなど定期的に積立ているものがあれば記入ください。</t>
         </r>
       </text>
     </comment>
     <comment ref="F51" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
@@ -680,51 +674,51 @@
           </rPr>
           <t>0～12万円
 必要に応じて変更ください。</t>
         </r>
       </text>
     </comment>
     <comment ref="C24" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>年収に応じた節税限度額を上限に入力ください。</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="325">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="635" uniqueCount="326">
   <si>
     <t>家族１</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>家族２</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>家族３</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>家族４</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
@@ -1460,110 +1454,74 @@
   <si>
     <t>□□損保</t>
     <rPh sb="2" eb="4">
       <t>ソンポ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>△△生命</t>
     <rPh sb="2" eb="4">
       <t>セイメイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>保険期間</t>
     <rPh sb="0" eb="2">
       <t>ホケン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>自2016.5.1
-[...23 lines deleted...]
-  <si>
     <t>毎年5.1
 　～1年更新</t>
     <rPh sb="0" eb="2">
       <t>マイトシ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ネン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>コウシン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>毎年1.1
 　～1年更新</t>
     <rPh sb="0" eb="2">
       <t>マイトシ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ネン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>コウシン</t>
-    </rPh>
-[...9 lines deleted...]
-      <t>イタ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>生命
 保険</t>
     <rPh sb="0" eb="2">
       <t>セイメイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ホケン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>死亡保険金額（一時金）</t>
     <rPh sb="0" eb="2">
       <t>シボウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホケン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キンガク</t>
     </rPh>
@@ -1856,74 +1814,60 @@
     <rPh sb="4" eb="5">
       <t>ツキ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ハラ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>保険料払込期間</t>
     <rPh sb="0" eb="2">
       <t>ホケン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>リョウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ハライコミ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
-    <t>2040年まで</t>
-[...5 lines deleted...]
-  <si>
     <t>終身</t>
     <rPh sb="0" eb="2">
       <t>シュウシン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>退職まで</t>
     <rPh sb="0" eb="2">
       <t>タイショク</t>
-    </rPh>
-[...5 lines deleted...]
-      <t>ネン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>年間保険料</t>
     <rPh sb="0" eb="2">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホケン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>リョウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>証券番号</t>
     <rPh sb="0" eb="2">
       <t>ショウケン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
@@ -3104,84 +3048,62 @@
   <si>
     <t>夫</t>
     <rPh sb="0" eb="1">
       <t>オット</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>終身保険</t>
     <rPh sb="0" eb="2">
       <t>シュウシン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホケン</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>〇〇生命</t>
     <rPh sb="2" eb="4">
       <t>セイメイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
-    <t>自2010.1.1
-[...9 lines deleted...]
-  <si>
     <t>1000万円</t>
     <rPh sb="4" eb="6">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>60歳まで</t>
     <rPh sb="2" eb="3">
       <t>サイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
-  </si>
-[...9 lines deleted...]
-    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>300万円</t>
     <rPh sb="3" eb="5">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>60歳時200万円</t>
     <rPh sb="2" eb="4">
       <t>サイジ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>満期・解約払戻金の予定</t>
     <rPh sb="0" eb="2">
       <t>マンキ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>カイヤク</t>
@@ -3868,50 +3790,132 @@
       <t>サガク</t>
     </rPh>
     <phoneticPr fontId="32"/>
   </si>
   <si>
     <t>NISA</t>
     <phoneticPr fontId="32"/>
   </si>
   <si>
     <t>iDeCo</t>
     <phoneticPr fontId="32"/>
   </si>
   <si>
     <t>株</t>
     <rPh sb="0" eb="1">
       <t>カブ</t>
     </rPh>
     <phoneticPr fontId="32"/>
   </si>
   <si>
     <t>合計</t>
     <rPh sb="0" eb="2">
       <t>ゴウケイ</t>
     </rPh>
     <phoneticPr fontId="32"/>
+  </si>
+  <si>
+    <t>今年末時点</t>
+    <rPh sb="0" eb="3">
+      <t>コンネンマツ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ジテン</t>
+    </rPh>
+    <phoneticPr fontId="1"/>
+  </si>
+  <si>
+    <t>自2020.5.1
+至2050.4.30</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自2020.6.1
+至　終身</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>シュウシン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自2020.2.1
+至2055.1.31</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自2020.1.1
+至2050.12.31</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>2050年まで</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>2055年まで</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自2020.1.1
+至2050.1.1</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="12">
     <numFmt numFmtId="176" formatCode="###,###&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="177" formatCode="###&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="178" formatCode="###,###&quot;円&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0_ "/>
     <numFmt numFmtId="180" formatCode="#,##0_);[Red]\(#,##0\)"/>
     <numFmt numFmtId="181" formatCode="0&quot;～&quot;"/>
     <numFmt numFmtId="182" formatCode="#&quot;～&quot;"/>
     <numFmt numFmtId="183" formatCode="0.0"/>
     <numFmt numFmtId="184" formatCode="#,##0&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="185" formatCode="##0&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="186" formatCode="#0&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="187" formatCode="#,###&quot;万&quot;&quot;円&quot;"/>
   </numFmts>
   <fonts count="33">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
@@ -4755,51 +4759,51 @@
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="280">
+  <cellXfs count="282">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1">
@@ -5330,398 +5334,404 @@
     <xf numFmtId="0" fontId="15" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="5" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="15" fillId="0" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="38" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="4" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="6" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="15" fillId="4" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center" vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="15" fillId="4" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="38" fontId="15" fillId="4" borderId="0" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="top"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="185" fontId="14" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="185" fontId="14" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="185" fontId="14" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="186" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="14" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="184" fontId="3" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="184" fontId="3" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="184" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="187" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="187" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="185" fontId="14" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...124 lines deleted...]
-    </xf>
     <xf numFmtId="176" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="176" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="186" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="177" fontId="14" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="29" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...46 lines deleted...]
-    <xf numFmtId="0" fontId="29" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="14" fontId="15" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...98 lines deleted...]
-      <protection locked="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="パーセント" xfId="1" builtinId="5"/>
     <cellStyle name="桁区切り" xfId="2" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="38">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
@@ -6878,82 +6888,82 @@
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="solid">
           <fgColor indexed="64"/>
           <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
-      <border outline="0">
-[...5 lines deleted...]
-    <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="188" formatCode="##&quot;月&quot;"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border outline="0">
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="188" formatCode="##&quot;月&quot;"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor auto="1"/>
         </patternFill>
@@ -9340,51 +9350,51 @@
           <cell r="BV34" t="str">
             <v/>
           </cell>
           <cell r="BW34" t="str">
             <v/>
           </cell>
           <cell r="BX34" t="str">
             <v/>
           </cell>
         </row>
       </sheetData>
       <sheetData sheetId="3" refreshError="1"/>
       <sheetData sheetId="4" refreshError="1"/>
       <sheetData sheetId="5" refreshError="1"/>
       <sheetData sheetId="6" refreshError="1"/>
       <sheetData sheetId="7" refreshError="1"/>
       <sheetData sheetId="8" refreshError="1"/>
       <sheetData sheetId="9" refreshError="1"/>
       <sheetData sheetId="10" refreshError="1"/>
     </sheetDataSet>
   </externalBook>
 </externalLink>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00A0A1B6-997B-4ADD-9B42-438752DC4E37}" name="テーブル13" displayName="テーブル13" ref="B3:R30" headerRowCount="0" totalsRowShown="0" headerRowDxfId="37" dataDxfId="36" headerRowBorderDxfId="34" tableBorderDxfId="35" dataCellStyle="桁区切り">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00A0A1B6-997B-4ADD-9B42-438752DC4E37}" name="テーブル13" displayName="テーブル13" ref="B3:R30" headerRowCount="0" totalsRowShown="0" headerRowDxfId="37" dataDxfId="35" headerRowBorderDxfId="36" tableBorderDxfId="34" dataCellStyle="桁区切り">
   <tableColumns count="17">
     <tableColumn id="1" xr3:uid="{FD86BB2D-46AF-47CF-B3A6-EB9AFF59BA83}" name="区分" headerRowDxfId="33" dataDxfId="32"/>
     <tableColumn id="2" xr3:uid="{F0A3350C-0CDB-49A4-A1CE-5C13C3E1331E}" name="費目" headerRowDxfId="31" dataDxfId="30"/>
     <tableColumn id="3" xr3:uid="{31DAA1FC-54E6-40A8-AE97-D5FFD0C86D86}" name="決済手段" headerRowDxfId="29" dataDxfId="28"/>
     <tableColumn id="4" xr3:uid="{D2C944F9-304B-4145-8078-08A36B4C9ED0}" name="支払日等" headerRowDxfId="27" dataDxfId="26"/>
     <tableColumn id="5" xr3:uid="{6D1989A0-9D81-4974-8711-F10EBC798493}" name="1月" headerRowDxfId="25" dataDxfId="24" dataCellStyle="桁区切り"/>
     <tableColumn id="6" xr3:uid="{9400378E-0ADE-4FEE-AB88-0C1D553A236C}" name="2月" headerRowDxfId="23" dataDxfId="22" dataCellStyle="桁区切り"/>
     <tableColumn id="7" xr3:uid="{62F78A89-1D7A-4453-91FB-ED5E5C8E7DEE}" name="3月" headerRowDxfId="21" dataDxfId="20" dataCellStyle="桁区切り"/>
     <tableColumn id="8" xr3:uid="{867C1AF5-FA4C-4942-9CAB-9F386A4C66A1}" name="4月" headerRowDxfId="19" dataDxfId="18" dataCellStyle="桁区切り"/>
     <tableColumn id="9" xr3:uid="{52E65816-A103-4173-9C1B-3C63F5FCC8E0}" name="5月" headerRowDxfId="17" dataDxfId="16" dataCellStyle="桁区切り"/>
     <tableColumn id="10" xr3:uid="{C70805BC-CA02-49DC-9D91-E5D27FA7C5C4}" name="6月" headerRowDxfId="15" dataDxfId="14" dataCellStyle="桁区切り"/>
     <tableColumn id="11" xr3:uid="{DFB57C65-D0A6-4E6C-855D-3F8D8F3BF3C6}" name="7月" headerRowDxfId="13" dataDxfId="12" dataCellStyle="桁区切り"/>
     <tableColumn id="12" xr3:uid="{F531F42D-F6D4-4805-8155-E864DC92B4D4}" name="8月" headerRowDxfId="11" dataDxfId="10" dataCellStyle="桁区切り"/>
     <tableColumn id="13" xr3:uid="{0BB0D6DD-1523-433F-BF27-E8B0A39F2F2D}" name="9月" headerRowDxfId="9" dataDxfId="8" dataCellStyle="桁区切り"/>
     <tableColumn id="14" xr3:uid="{263E8948-7591-4DFB-B994-9C6329D61FD3}" name="10月" headerRowDxfId="7" dataDxfId="6" dataCellStyle="桁区切り"/>
     <tableColumn id="15" xr3:uid="{B662CB66-4969-4A16-A84E-E947771D69E5}" name="11月" headerRowDxfId="5" dataDxfId="4" dataCellStyle="桁区切り"/>
     <tableColumn id="16" xr3:uid="{8B2F5978-33BB-481F-954B-DE1C6FD3CBE5}" name="12月" headerRowDxfId="3" dataDxfId="2" dataCellStyle="桁区切り"/>
     <tableColumn id="17" xr3:uid="{008A323A-C326-4D45-ADE2-20CD3A0E0DF2}" name="合計" headerRowDxfId="1" dataDxfId="0" dataCellStyle="桁区切り">
       <calculatedColumnFormula>SUM(F3:Q3)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
@@ -9672,4650 +9682,4686 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B2:AA87"/>
+  <dimension ref="B1:AA87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="V4" sqref="V4"/>
+      <selection activeCell="Q3" sqref="Q3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.875" defaultRowHeight="17.25" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="1" style="1" customWidth="1"/>
     <col min="2" max="16384" width="3.875" style="1"/>
   </cols>
   <sheetData>
-    <row r="2" spans="2:22" ht="17.25" customHeight="1">
-      <c r="B2" s="188" t="s">
+    <row r="1" spans="2:23" ht="17.25" customHeight="1">
+      <c r="T1" s="281">
+        <f ca="1">TODAY()</f>
+        <v>46005</v>
+      </c>
+      <c r="U1" s="280"/>
+      <c r="V1" s="280"/>
+    </row>
+    <row r="2" spans="2:23" ht="17.25" customHeight="1">
+      <c r="B2" s="247" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="188"/>
-[...20 lines deleted...]
-    <row r="3" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C2" s="247"/>
+      <c r="D2" s="247"/>
+      <c r="E2" s="247"/>
+      <c r="F2" s="247"/>
+      <c r="G2" s="247"/>
+      <c r="H2" s="247"/>
+      <c r="I2" s="247"/>
+      <c r="J2" s="247"/>
+      <c r="K2" s="247"/>
+      <c r="L2" s="247"/>
+      <c r="M2" s="247"/>
+      <c r="N2" s="247"/>
+      <c r="O2" s="247"/>
+      <c r="P2" s="247"/>
+      <c r="Q2" s="247"/>
+      <c r="R2" s="247"/>
+      <c r="S2" s="247"/>
+      <c r="T2" s="247"/>
+      <c r="U2" s="247"/>
+      <c r="V2" s="247"/>
+    </row>
+    <row r="3" spans="2:23" ht="17.25" customHeight="1">
       <c r="Q3" s="2"/>
       <c r="R3" s="1" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="4" spans="2:22" ht="17.25" customHeight="1">
+    <row r="4" spans="2:23" ht="17.25" customHeight="1">
       <c r="B4" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="2:22" ht="17.25" customHeight="1">
+    <row r="5" spans="2:23" ht="17.25" customHeight="1">
       <c r="F5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="C6" s="183" t="s">
+      <c r="W5" s="1" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="6" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C6" s="209" t="s">
         <v>0</v>
       </c>
-      <c r="D6" s="184"/>
-[...13 lines deleted...]
-      <c r="N6" s="194" t="s">
+      <c r="D6" s="210"/>
+      <c r="E6" s="213"/>
+      <c r="F6" s="222" t="s">
+        <v>216</v>
+      </c>
+      <c r="G6" s="223"/>
+      <c r="H6" s="223"/>
+      <c r="I6" s="223"/>
+      <c r="J6" s="224"/>
+      <c r="K6" s="245">
+        <v>32874</v>
+      </c>
+      <c r="L6" s="245"/>
+      <c r="M6" s="245"/>
+      <c r="N6" s="243" t="s">
         <v>46</v>
       </c>
-      <c r="O6" s="194"/>
-      <c r="P6" s="195" t="s">
+      <c r="O6" s="243"/>
+      <c r="P6" s="211" t="s">
         <v>45</v>
       </c>
-      <c r="Q6" s="195"/>
-[...7 lines deleted...]
-      <c r="C7" s="183" t="s">
+      <c r="Q6" s="211"/>
+      <c r="R6" s="211"/>
+      <c r="S6" s="211"/>
+      <c r="T6" s="211"/>
+      <c r="U6" s="211"/>
+      <c r="V6" s="211"/>
+      <c r="W6" s="1">
+        <f ca="1">IF(K6="","",YEAR(T$1)-YEAR(K6))</f>
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C7" s="209" t="s">
         <v>1</v>
       </c>
-      <c r="D7" s="184"/>
-[...9 lines deleted...]
-      <c r="N7" s="194" t="s">
+      <c r="D7" s="210"/>
+      <c r="E7" s="213"/>
+      <c r="F7" s="222"/>
+      <c r="G7" s="223"/>
+      <c r="H7" s="223"/>
+      <c r="I7" s="223"/>
+      <c r="J7" s="224"/>
+      <c r="K7" s="245"/>
+      <c r="L7" s="245"/>
+      <c r="M7" s="245"/>
+      <c r="N7" s="243" t="s">
         <v>47</v>
       </c>
-      <c r="O7" s="194"/>
-      <c r="P7" s="195" t="s">
+      <c r="O7" s="243"/>
+      <c r="P7" s="211" t="s">
         <v>45</v>
       </c>
-      <c r="Q7" s="195"/>
-[...7 lines deleted...]
-      <c r="C8" s="183" t="s">
+      <c r="Q7" s="211"/>
+      <c r="R7" s="211"/>
+      <c r="S7" s="211"/>
+      <c r="T7" s="211"/>
+      <c r="U7" s="211"/>
+      <c r="V7" s="211"/>
+      <c r="W7" s="1" t="str">
+        <f t="shared" ref="W7:W11" si="0">IF(K7="","",YEAR(T$1)-YEAR(K7))</f>
+        <v/>
+      </c>
+    </row>
+    <row r="8" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C8" s="209" t="s">
         <v>2</v>
       </c>
-      <c r="D8" s="184"/>
-[...24 lines deleted...]
-      <c r="C9" s="183" t="s">
+      <c r="D8" s="210"/>
+      <c r="E8" s="213"/>
+      <c r="F8" s="222"/>
+      <c r="G8" s="223"/>
+      <c r="H8" s="223"/>
+      <c r="I8" s="223"/>
+      <c r="J8" s="224"/>
+      <c r="K8" s="245"/>
+      <c r="L8" s="245"/>
+      <c r="M8" s="245"/>
+      <c r="N8" s="243" t="s">
+        <v>223</v>
+      </c>
+      <c r="O8" s="243"/>
+      <c r="P8" s="211" t="s">
+        <v>224</v>
+      </c>
+      <c r="Q8" s="211"/>
+      <c r="R8" s="211"/>
+      <c r="S8" s="211"/>
+      <c r="T8" s="211"/>
+      <c r="U8" s="211"/>
+      <c r="V8" s="211"/>
+      <c r="W8" s="1" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="9" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C9" s="209" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="184"/>
-[...24 lines deleted...]
-      <c r="C10" s="183" t="s">
+      <c r="D9" s="210"/>
+      <c r="E9" s="213"/>
+      <c r="F9" s="222"/>
+      <c r="G9" s="223"/>
+      <c r="H9" s="223"/>
+      <c r="I9" s="223"/>
+      <c r="J9" s="224"/>
+      <c r="K9" s="245"/>
+      <c r="L9" s="245"/>
+      <c r="M9" s="245"/>
+      <c r="N9" s="243" t="s">
+        <v>223</v>
+      </c>
+      <c r="O9" s="243"/>
+      <c r="P9" s="211" t="s">
+        <v>222</v>
+      </c>
+      <c r="Q9" s="211"/>
+      <c r="R9" s="211"/>
+      <c r="S9" s="211"/>
+      <c r="T9" s="211"/>
+      <c r="U9" s="211"/>
+      <c r="V9" s="211"/>
+      <c r="W9" s="1" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="10" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C10" s="209" t="s">
         <v>4</v>
       </c>
-      <c r="D10" s="184"/>
-[...20 lines deleted...]
-      <c r="C11" s="183" t="s">
+      <c r="D10" s="210"/>
+      <c r="E10" s="213"/>
+      <c r="F10" s="222"/>
+      <c r="G10" s="223"/>
+      <c r="H10" s="223"/>
+      <c r="I10" s="223"/>
+      <c r="J10" s="224"/>
+      <c r="K10" s="245"/>
+      <c r="L10" s="245"/>
+      <c r="M10" s="245"/>
+      <c r="N10" s="243"/>
+      <c r="O10" s="243"/>
+      <c r="P10" s="211"/>
+      <c r="Q10" s="211"/>
+      <c r="R10" s="211"/>
+      <c r="S10" s="211"/>
+      <c r="T10" s="211"/>
+      <c r="U10" s="211"/>
+      <c r="V10" s="211"/>
+      <c r="W10" s="1" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="11" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C11" s="209" t="s">
         <v>43</v>
       </c>
-      <c r="D11" s="184"/>
-[...19 lines deleted...]
-    <row r="13" spans="2:22" ht="17.25" customHeight="1">
+      <c r="D11" s="210"/>
+      <c r="E11" s="213"/>
+      <c r="F11" s="222"/>
+      <c r="G11" s="223"/>
+      <c r="H11" s="223"/>
+      <c r="I11" s="223"/>
+      <c r="J11" s="224"/>
+      <c r="K11" s="245"/>
+      <c r="L11" s="245"/>
+      <c r="M11" s="245"/>
+      <c r="N11" s="243"/>
+      <c r="O11" s="243"/>
+      <c r="P11" s="211"/>
+      <c r="Q11" s="211"/>
+      <c r="R11" s="211"/>
+      <c r="S11" s="211"/>
+      <c r="T11" s="211"/>
+      <c r="U11" s="211"/>
+      <c r="V11" s="211"/>
+      <c r="W11" s="1" t="str">
+        <f t="shared" si="0"/>
+        <v/>
+      </c>
+    </row>
+    <row r="13" spans="2:23" ht="17.25" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="V13" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="14" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C14" s="199" t="s">
+    <row r="14" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C14" s="225" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="200"/>
-[...69 lines deleted...]
-      <c r="V16" s="174"/>
+      <c r="D14" s="226"/>
+      <c r="E14" s="227"/>
+      <c r="F14" s="244" t="s">
+        <v>239</v>
+      </c>
+      <c r="G14" s="244"/>
+      <c r="H14" s="244"/>
+      <c r="I14" s="244"/>
+      <c r="J14" s="244"/>
+      <c r="K14" s="244" t="s">
+        <v>240</v>
+      </c>
+      <c r="L14" s="244"/>
+      <c r="M14" s="244"/>
+      <c r="N14" s="244" t="s">
+        <v>241</v>
+      </c>
+      <c r="O14" s="244"/>
+      <c r="P14" s="244"/>
+      <c r="Q14" s="244" t="s">
+        <v>242</v>
+      </c>
+      <c r="R14" s="244"/>
+      <c r="S14" s="244"/>
+      <c r="T14" s="244"/>
+      <c r="U14" s="244"/>
+      <c r="V14" s="244"/>
+    </row>
+    <row r="15" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C15" s="228"/>
+      <c r="D15" s="229"/>
+      <c r="E15" s="230"/>
+      <c r="F15" s="251"/>
+      <c r="G15" s="251"/>
+      <c r="H15" s="251"/>
+      <c r="I15" s="251"/>
+      <c r="J15" s="251"/>
+      <c r="K15" s="246"/>
+      <c r="L15" s="246"/>
+      <c r="M15" s="246"/>
+      <c r="N15" s="246"/>
+      <c r="O15" s="246"/>
+      <c r="P15" s="246"/>
+      <c r="Q15" s="251"/>
+      <c r="R15" s="251"/>
+      <c r="S15" s="251"/>
+      <c r="T15" s="251"/>
+      <c r="U15" s="251"/>
+      <c r="V15" s="251"/>
+    </row>
+    <row r="16" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C16" s="228"/>
+      <c r="D16" s="229"/>
+      <c r="E16" s="230"/>
+      <c r="F16" s="251"/>
+      <c r="G16" s="251"/>
+      <c r="H16" s="251"/>
+      <c r="I16" s="251"/>
+      <c r="J16" s="251"/>
+      <c r="K16" s="246"/>
+      <c r="L16" s="246"/>
+      <c r="M16" s="246"/>
+      <c r="N16" s="246"/>
+      <c r="O16" s="246"/>
+      <c r="P16" s="246"/>
+      <c r="Q16" s="251"/>
+      <c r="R16" s="251"/>
+      <c r="S16" s="251"/>
+      <c r="T16" s="251"/>
+      <c r="U16" s="251"/>
+      <c r="V16" s="251"/>
     </row>
     <row r="17" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C17" s="202"/>
-[...18 lines deleted...]
-      <c r="V17" s="174"/>
+      <c r="C17" s="228"/>
+      <c r="D17" s="229"/>
+      <c r="E17" s="230"/>
+      <c r="F17" s="251"/>
+      <c r="G17" s="251"/>
+      <c r="H17" s="251"/>
+      <c r="I17" s="251"/>
+      <c r="J17" s="251"/>
+      <c r="K17" s="246"/>
+      <c r="L17" s="246"/>
+      <c r="M17" s="246"/>
+      <c r="N17" s="246"/>
+      <c r="O17" s="246"/>
+      <c r="P17" s="246"/>
+      <c r="Q17" s="251"/>
+      <c r="R17" s="251"/>
+      <c r="S17" s="251"/>
+      <c r="T17" s="251"/>
+      <c r="U17" s="251"/>
+      <c r="V17" s="251"/>
     </row>
     <row r="18" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C18" s="202"/>
-[...18 lines deleted...]
-      <c r="V18" s="174"/>
+      <c r="C18" s="228"/>
+      <c r="D18" s="229"/>
+      <c r="E18" s="230"/>
+      <c r="F18" s="251"/>
+      <c r="G18" s="251"/>
+      <c r="H18" s="251"/>
+      <c r="I18" s="251"/>
+      <c r="J18" s="251"/>
+      <c r="K18" s="246"/>
+      <c r="L18" s="246"/>
+      <c r="M18" s="246"/>
+      <c r="N18" s="246"/>
+      <c r="O18" s="246"/>
+      <c r="P18" s="246"/>
+      <c r="Q18" s="251"/>
+      <c r="R18" s="251"/>
+      <c r="S18" s="251"/>
+      <c r="T18" s="251"/>
+      <c r="U18" s="251"/>
+      <c r="V18" s="251"/>
     </row>
     <row r="19" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C19" s="202"/>
-[...18 lines deleted...]
-      <c r="V19" s="174"/>
+      <c r="C19" s="228"/>
+      <c r="D19" s="229"/>
+      <c r="E19" s="230"/>
+      <c r="F19" s="251"/>
+      <c r="G19" s="251"/>
+      <c r="H19" s="251"/>
+      <c r="I19" s="251"/>
+      <c r="J19" s="251"/>
+      <c r="K19" s="246"/>
+      <c r="L19" s="246"/>
+      <c r="M19" s="246"/>
+      <c r="N19" s="246"/>
+      <c r="O19" s="246"/>
+      <c r="P19" s="246"/>
+      <c r="Q19" s="251"/>
+      <c r="R19" s="251"/>
+      <c r="S19" s="251"/>
+      <c r="T19" s="251"/>
+      <c r="U19" s="251"/>
+      <c r="V19" s="251"/>
     </row>
     <row r="20" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C20" s="202"/>
-[...18 lines deleted...]
-      <c r="V20" s="174"/>
+      <c r="C20" s="228"/>
+      <c r="D20" s="229"/>
+      <c r="E20" s="230"/>
+      <c r="F20" s="251"/>
+      <c r="G20" s="251"/>
+      <c r="H20" s="251"/>
+      <c r="I20" s="251"/>
+      <c r="J20" s="251"/>
+      <c r="K20" s="246"/>
+      <c r="L20" s="246"/>
+      <c r="M20" s="246"/>
+      <c r="N20" s="246"/>
+      <c r="O20" s="246"/>
+      <c r="P20" s="246"/>
+      <c r="Q20" s="251"/>
+      <c r="R20" s="251"/>
+      <c r="S20" s="251"/>
+      <c r="T20" s="251"/>
+      <c r="U20" s="251"/>
+      <c r="V20" s="251"/>
     </row>
     <row r="21" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C21" s="202"/>
-[...18 lines deleted...]
-      <c r="V21" s="174"/>
+      <c r="C21" s="228"/>
+      <c r="D21" s="229"/>
+      <c r="E21" s="230"/>
+      <c r="F21" s="251"/>
+      <c r="G21" s="251"/>
+      <c r="H21" s="251"/>
+      <c r="I21" s="251"/>
+      <c r="J21" s="251"/>
+      <c r="K21" s="246"/>
+      <c r="L21" s="246"/>
+      <c r="M21" s="246"/>
+      <c r="N21" s="246"/>
+      <c r="O21" s="246"/>
+      <c r="P21" s="246"/>
+      <c r="Q21" s="251"/>
+      <c r="R21" s="251"/>
+      <c r="S21" s="251"/>
+      <c r="T21" s="251"/>
+      <c r="U21" s="251"/>
+      <c r="V21" s="251"/>
     </row>
     <row r="22" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C22" s="202"/>
-[...18 lines deleted...]
-      <c r="V22" s="174"/>
+      <c r="C22" s="228"/>
+      <c r="D22" s="229"/>
+      <c r="E22" s="230"/>
+      <c r="F22" s="251"/>
+      <c r="G22" s="251"/>
+      <c r="H22" s="251"/>
+      <c r="I22" s="251"/>
+      <c r="J22" s="251"/>
+      <c r="K22" s="246"/>
+      <c r="L22" s="246"/>
+      <c r="M22" s="246"/>
+      <c r="N22" s="246"/>
+      <c r="O22" s="246"/>
+      <c r="P22" s="246"/>
+      <c r="Q22" s="251"/>
+      <c r="R22" s="251"/>
+      <c r="S22" s="251"/>
+      <c r="T22" s="251"/>
+      <c r="U22" s="251"/>
+      <c r="V22" s="251"/>
     </row>
     <row r="23" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C23" s="202"/>
-[...18 lines deleted...]
-      <c r="V23" s="174"/>
+      <c r="C23" s="228"/>
+      <c r="D23" s="229"/>
+      <c r="E23" s="230"/>
+      <c r="F23" s="251"/>
+      <c r="G23" s="251"/>
+      <c r="H23" s="251"/>
+      <c r="I23" s="251"/>
+      <c r="J23" s="251"/>
+      <c r="K23" s="246"/>
+      <c r="L23" s="246"/>
+      <c r="M23" s="246"/>
+      <c r="N23" s="246"/>
+      <c r="O23" s="246"/>
+      <c r="P23" s="246"/>
+      <c r="Q23" s="251"/>
+      <c r="R23" s="251"/>
+      <c r="S23" s="251"/>
+      <c r="T23" s="251"/>
+      <c r="U23" s="251"/>
+      <c r="V23" s="251"/>
     </row>
     <row r="24" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C24" s="205"/>
-[...2 lines deleted...]
-      <c r="F24" s="179" t="s">
+      <c r="C24" s="231"/>
+      <c r="D24" s="232"/>
+      <c r="E24" s="233"/>
+      <c r="F24" s="244" t="s">
         <v>26</v>
       </c>
-      <c r="G24" s="179"/>
-[...3 lines deleted...]
-      <c r="K24" s="178">
+      <c r="G24" s="244"/>
+      <c r="H24" s="244"/>
+      <c r="I24" s="244"/>
+      <c r="J24" s="244"/>
+      <c r="K24" s="250">
         <f>SUM(K15:M23)</f>
         <v>0</v>
       </c>
-      <c r="L24" s="178"/>
-[...1 lines deleted...]
-      <c r="N24" s="178">
+      <c r="L24" s="250"/>
+      <c r="M24" s="250"/>
+      <c r="N24" s="250">
         <f>SUM(N15:P23)</f>
         <v>0</v>
       </c>
-      <c r="O24" s="178"/>
-[...6 lines deleted...]
-      <c r="V24" s="179"/>
+      <c r="O24" s="250"/>
+      <c r="P24" s="250"/>
+      <c r="Q24" s="244"/>
+      <c r="R24" s="244"/>
+      <c r="S24" s="244"/>
+      <c r="T24" s="244"/>
+      <c r="U24" s="244"/>
+      <c r="V24" s="244"/>
     </row>
     <row r="25" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C25" s="199" t="s">
-[...22 lines deleted...]
-      <c r="V25" s="210"/>
+      <c r="C25" s="225" t="s">
+        <v>161</v>
+      </c>
+      <c r="D25" s="226"/>
+      <c r="E25" s="227"/>
+      <c r="F25" s="234" t="s">
+        <v>220</v>
+      </c>
+      <c r="G25" s="235"/>
+      <c r="H25" s="235"/>
+      <c r="I25" s="235"/>
+      <c r="J25" s="235"/>
+      <c r="K25" s="235"/>
+      <c r="L25" s="235"/>
+      <c r="M25" s="235"/>
+      <c r="N25" s="235"/>
+      <c r="O25" s="235"/>
+      <c r="P25" s="235"/>
+      <c r="Q25" s="235"/>
+      <c r="R25" s="235"/>
+      <c r="S25" s="235"/>
+      <c r="T25" s="235"/>
+      <c r="U25" s="235"/>
+      <c r="V25" s="236"/>
     </row>
     <row r="26" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C26" s="202"/>
-[...18 lines deleted...]
-      <c r="V26" s="213"/>
+      <c r="C26" s="228"/>
+      <c r="D26" s="229"/>
+      <c r="E26" s="230"/>
+      <c r="F26" s="237"/>
+      <c r="G26" s="238"/>
+      <c r="H26" s="238"/>
+      <c r="I26" s="238"/>
+      <c r="J26" s="238"/>
+      <c r="K26" s="238"/>
+      <c r="L26" s="238"/>
+      <c r="M26" s="238"/>
+      <c r="N26" s="238"/>
+      <c r="O26" s="238"/>
+      <c r="P26" s="238"/>
+      <c r="Q26" s="238"/>
+      <c r="R26" s="238"/>
+      <c r="S26" s="238"/>
+      <c r="T26" s="238"/>
+      <c r="U26" s="238"/>
+      <c r="V26" s="239"/>
     </row>
     <row r="27" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C27" s="205"/>
-[...18 lines deleted...]
-      <c r="V27" s="216"/>
+      <c r="C27" s="231"/>
+      <c r="D27" s="232"/>
+      <c r="E27" s="233"/>
+      <c r="F27" s="240"/>
+      <c r="G27" s="241"/>
+      <c r="H27" s="241"/>
+      <c r="I27" s="241"/>
+      <c r="J27" s="241"/>
+      <c r="K27" s="241"/>
+      <c r="L27" s="241"/>
+      <c r="M27" s="241"/>
+      <c r="N27" s="241"/>
+      <c r="O27" s="241"/>
+      <c r="P27" s="241"/>
+      <c r="Q27" s="241"/>
+      <c r="R27" s="241"/>
+      <c r="S27" s="241"/>
+      <c r="T27" s="241"/>
+      <c r="U27" s="241"/>
+      <c r="V27" s="242"/>
     </row>
     <row r="28" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C28" s="183" t="s">
+      <c r="C28" s="209" t="s">
         <v>12</v>
       </c>
-      <c r="D28" s="184"/>
-[...19 lines deleted...]
-      <c r="V28" s="182"/>
+      <c r="D28" s="210"/>
+      <c r="E28" s="210"/>
+      <c r="F28" s="218" t="s">
+        <v>157</v>
+      </c>
+      <c r="G28" s="218"/>
+      <c r="H28" s="218"/>
+      <c r="I28" s="218"/>
+      <c r="J28" s="218"/>
+      <c r="K28" s="218"/>
+      <c r="L28" s="218"/>
+      <c r="M28" s="218"/>
+      <c r="N28" s="218"/>
+      <c r="O28" s="218"/>
+      <c r="P28" s="218"/>
+      <c r="Q28" s="218"/>
+      <c r="R28" s="218"/>
+      <c r="S28" s="218"/>
+      <c r="T28" s="218"/>
+      <c r="U28" s="218"/>
+      <c r="V28" s="218"/>
     </row>
     <row r="30" spans="2:22" ht="17.25" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>24</v>
       </c>
       <c r="F30" s="131" t="s">
-        <v>168</v>
+        <v>163</v>
       </c>
     </row>
     <row r="31" spans="2:22" ht="17.25" customHeight="1">
       <c r="F31" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C32" s="183" t="s">
+      <c r="C32" s="209" t="s">
         <v>0</v>
       </c>
-      <c r="D32" s="184"/>
-[...1 lines deleted...]
-      <c r="F32" s="196">
+      <c r="D32" s="210"/>
+      <c r="E32" s="213"/>
+      <c r="F32" s="219">
         <v>500</v>
       </c>
-      <c r="G32" s="197"/>
-[...2 lines deleted...]
-      <c r="J32" s="195" t="s">
+      <c r="G32" s="220"/>
+      <c r="H32" s="220"/>
+      <c r="I32" s="221"/>
+      <c r="J32" s="211" t="s">
         <v>31</v>
       </c>
-      <c r="K32" s="195"/>
-[...10 lines deleted...]
-      <c r="V32" s="195"/>
+      <c r="K32" s="211"/>
+      <c r="L32" s="211"/>
+      <c r="M32" s="211"/>
+      <c r="N32" s="211"/>
+      <c r="O32" s="211"/>
+      <c r="P32" s="211"/>
+      <c r="Q32" s="211"/>
+      <c r="R32" s="211"/>
+      <c r="S32" s="211"/>
+      <c r="T32" s="211"/>
+      <c r="U32" s="211"/>
+      <c r="V32" s="211"/>
     </row>
     <row r="33" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C33" s="183" t="s">
+      <c r="C33" s="209" t="s">
         <v>1</v>
       </c>
-      <c r="D33" s="184"/>
-[...1 lines deleted...]
-      <c r="F33" s="196">
+      <c r="D33" s="210"/>
+      <c r="E33" s="213"/>
+      <c r="F33" s="219">
         <v>240</v>
       </c>
-      <c r="G33" s="197"/>
-[...2 lines deleted...]
-      <c r="J33" s="195" t="s">
+      <c r="G33" s="220"/>
+      <c r="H33" s="220"/>
+      <c r="I33" s="221"/>
+      <c r="J33" s="211" t="s">
         <v>31</v>
       </c>
-      <c r="K33" s="195"/>
-[...10 lines deleted...]
-      <c r="V33" s="195"/>
+      <c r="K33" s="211"/>
+      <c r="L33" s="211"/>
+      <c r="M33" s="211"/>
+      <c r="N33" s="211"/>
+      <c r="O33" s="211"/>
+      <c r="P33" s="211"/>
+      <c r="Q33" s="211"/>
+      <c r="R33" s="211"/>
+      <c r="S33" s="211"/>
+      <c r="T33" s="211"/>
+      <c r="U33" s="211"/>
+      <c r="V33" s="211"/>
     </row>
     <row r="34" spans="2:22" ht="17.25" customHeight="1">
       <c r="C34" s="130"/>
       <c r="D34" s="130"/>
       <c r="E34" s="130"/>
-      <c r="F34" s="217">
+      <c r="F34" s="252">
         <f>SUM(F32:I33)</f>
         <v>740</v>
       </c>
-      <c r="G34" s="217"/>
-[...1 lines deleted...]
-      <c r="I34" s="217"/>
+      <c r="G34" s="252"/>
+      <c r="H34" s="252"/>
+      <c r="I34" s="252"/>
       <c r="J34" s="84"/>
       <c r="K34" s="84"/>
       <c r="L34" s="84"/>
       <c r="M34" s="84"/>
       <c r="N34" s="84"/>
       <c r="O34" s="84"/>
       <c r="P34" s="84"/>
       <c r="Q34" s="84"/>
       <c r="R34" s="84"/>
       <c r="S34" s="84"/>
       <c r="T34" s="84"/>
       <c r="U34" s="84"/>
       <c r="V34" s="84"/>
     </row>
     <row r="35" spans="2:22" ht="17.25" customHeight="1">
       <c r="C35" s="130"/>
       <c r="D35" s="130"/>
       <c r="E35" s="130"/>
       <c r="F35" s="85" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="G35" s="83"/>
       <c r="H35" s="83"/>
       <c r="I35" s="83"/>
       <c r="J35" s="84"/>
       <c r="K35" s="84"/>
       <c r="L35" s="84"/>
       <c r="M35" s="84"/>
       <c r="N35" s="84"/>
       <c r="O35" s="84"/>
       <c r="P35" s="84"/>
       <c r="Q35" s="84"/>
       <c r="R35" s="84"/>
       <c r="S35" s="84"/>
       <c r="T35" s="84"/>
       <c r="U35" s="84"/>
       <c r="V35" s="84"/>
     </row>
     <row r="36" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C36" s="183" t="s">
+      <c r="C36" s="209" t="s">
         <v>0</v>
       </c>
-      <c r="D36" s="184"/>
-[...19 lines deleted...]
-      <c r="V36" s="218"/>
+      <c r="D36" s="210"/>
+      <c r="E36" s="213"/>
+      <c r="F36" s="214" t="s">
+        <v>160</v>
+      </c>
+      <c r="G36" s="214"/>
+      <c r="H36" s="214"/>
+      <c r="I36" s="214"/>
+      <c r="J36" s="214"/>
+      <c r="K36" s="214"/>
+      <c r="L36" s="214"/>
+      <c r="M36" s="214"/>
+      <c r="N36" s="214"/>
+      <c r="O36" s="214"/>
+      <c r="P36" s="214"/>
+      <c r="Q36" s="214"/>
+      <c r="R36" s="214"/>
+      <c r="S36" s="214"/>
+      <c r="T36" s="214"/>
+      <c r="U36" s="214"/>
+      <c r="V36" s="214"/>
     </row>
     <row r="37" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C37" s="183" t="s">
+      <c r="C37" s="209" t="s">
         <v>1</v>
       </c>
-      <c r="D37" s="184"/>
-[...19 lines deleted...]
-      <c r="V37" s="218"/>
+      <c r="D37" s="210"/>
+      <c r="E37" s="213"/>
+      <c r="F37" s="214" t="s">
+        <v>160</v>
+      </c>
+      <c r="G37" s="214"/>
+      <c r="H37" s="214"/>
+      <c r="I37" s="214"/>
+      <c r="J37" s="214"/>
+      <c r="K37" s="214"/>
+      <c r="L37" s="214"/>
+      <c r="M37" s="214"/>
+      <c r="N37" s="214"/>
+      <c r="O37" s="214"/>
+      <c r="P37" s="214"/>
+      <c r="Q37" s="214"/>
+      <c r="R37" s="214"/>
+      <c r="S37" s="214"/>
+      <c r="T37" s="214"/>
+      <c r="U37" s="214"/>
+      <c r="V37" s="214"/>
     </row>
     <row r="38" spans="2:22" ht="17.25" customHeight="1">
       <c r="C38" s="130"/>
       <c r="D38" s="130"/>
       <c r="E38" s="130"/>
       <c r="F38" s="83"/>
       <c r="G38" s="83"/>
       <c r="H38" s="83"/>
       <c r="I38" s="83"/>
       <c r="J38" s="84"/>
       <c r="K38" s="84"/>
       <c r="L38" s="84"/>
       <c r="M38" s="84"/>
       <c r="N38" s="84"/>
       <c r="O38" s="84"/>
       <c r="P38" s="84"/>
       <c r="Q38" s="84"/>
       <c r="R38" s="84"/>
       <c r="S38" s="84"/>
       <c r="T38" s="84"/>
       <c r="U38" s="84"/>
       <c r="V38" s="84"/>
     </row>
     <row r="39" spans="2:22" ht="17.25" customHeight="1">
       <c r="C39" s="130"/>
       <c r="D39" s="130"/>
       <c r="E39" s="130"/>
       <c r="F39" s="85" t="s">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="G39" s="83"/>
       <c r="H39" s="83"/>
       <c r="I39" s="83"/>
       <c r="J39" s="84"/>
       <c r="K39" s="84"/>
       <c r="L39" s="84"/>
       <c r="M39" s="84"/>
       <c r="N39" s="84"/>
       <c r="O39" s="84"/>
       <c r="P39" s="84"/>
       <c r="Q39" s="84"/>
       <c r="R39" s="84"/>
       <c r="S39" s="84"/>
       <c r="T39" s="84"/>
       <c r="U39" s="84"/>
       <c r="V39" s="84"/>
     </row>
     <row r="40" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C40" s="183" t="s">
+      <c r="C40" s="209" t="s">
         <v>0</v>
       </c>
-      <c r="D40" s="184"/>
-[...19 lines deleted...]
-      <c r="V40" s="218"/>
+      <c r="D40" s="210"/>
+      <c r="E40" s="213"/>
+      <c r="F40" s="214" t="s">
+        <v>225</v>
+      </c>
+      <c r="G40" s="214"/>
+      <c r="H40" s="214"/>
+      <c r="I40" s="214"/>
+      <c r="J40" s="214"/>
+      <c r="K40" s="214"/>
+      <c r="L40" s="214"/>
+      <c r="M40" s="214"/>
+      <c r="N40" s="214"/>
+      <c r="O40" s="214"/>
+      <c r="P40" s="214"/>
+      <c r="Q40" s="214"/>
+      <c r="R40" s="214"/>
+      <c r="S40" s="214"/>
+      <c r="T40" s="214"/>
+      <c r="U40" s="214"/>
+      <c r="V40" s="214"/>
     </row>
     <row r="41" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C41" s="183" t="s">
+      <c r="C41" s="209" t="s">
         <v>1</v>
       </c>
-      <c r="D41" s="184"/>
-[...19 lines deleted...]
-      <c r="V41" s="218"/>
+      <c r="D41" s="210"/>
+      <c r="E41" s="213"/>
+      <c r="F41" s="214" t="s">
+        <v>165</v>
+      </c>
+      <c r="G41" s="214"/>
+      <c r="H41" s="214"/>
+      <c r="I41" s="214"/>
+      <c r="J41" s="214"/>
+      <c r="K41" s="214"/>
+      <c r="L41" s="214"/>
+      <c r="M41" s="214"/>
+      <c r="N41" s="214"/>
+      <c r="O41" s="214"/>
+      <c r="P41" s="214"/>
+      <c r="Q41" s="214"/>
+      <c r="R41" s="214"/>
+      <c r="S41" s="214"/>
+      <c r="T41" s="214"/>
+      <c r="U41" s="214"/>
+      <c r="V41" s="214"/>
     </row>
     <row r="43" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C43" s="183" t="s">
+      <c r="C43" s="209" t="s">
         <v>7</v>
       </c>
-      <c r="D43" s="184"/>
-[...17 lines deleted...]
-      <c r="V43" s="182"/>
+      <c r="D43" s="210"/>
+      <c r="E43" s="210"/>
+      <c r="F43" s="218"/>
+      <c r="G43" s="218"/>
+      <c r="H43" s="218"/>
+      <c r="I43" s="218"/>
+      <c r="J43" s="218"/>
+      <c r="K43" s="218"/>
+      <c r="L43" s="218"/>
+      <c r="M43" s="218"/>
+      <c r="N43" s="218"/>
+      <c r="O43" s="218"/>
+      <c r="P43" s="218"/>
+      <c r="Q43" s="218"/>
+      <c r="R43" s="218"/>
+      <c r="S43" s="218"/>
+      <c r="T43" s="218"/>
+      <c r="U43" s="218"/>
+      <c r="V43" s="218"/>
     </row>
     <row r="45" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C45" s="183" t="s">
+      <c r="C45" s="209" t="s">
         <v>5</v>
       </c>
-      <c r="D45" s="184"/>
-[...1 lines deleted...]
-      <c r="F45" s="195" t="s">
+      <c r="D45" s="210"/>
+      <c r="E45" s="210"/>
+      <c r="F45" s="211" t="s">
         <v>16</v>
       </c>
-      <c r="G45" s="195"/>
-[...14 lines deleted...]
-      <c r="V45" s="195"/>
+      <c r="G45" s="211"/>
+      <c r="H45" s="211"/>
+      <c r="I45" s="211"/>
+      <c r="J45" s="211"/>
+      <c r="K45" s="211"/>
+      <c r="L45" s="211"/>
+      <c r="M45" s="211"/>
+      <c r="N45" s="211"/>
+      <c r="O45" s="211"/>
+      <c r="P45" s="211"/>
+      <c r="Q45" s="211"/>
+      <c r="R45" s="211"/>
+      <c r="S45" s="211"/>
+      <c r="T45" s="211"/>
+      <c r="U45" s="211"/>
+      <c r="V45" s="211"/>
     </row>
     <row r="46" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C46" s="183" t="s">
+      <c r="C46" s="209" t="s">
         <v>6</v>
       </c>
-      <c r="D46" s="184"/>
-[...1 lines deleted...]
-      <c r="F46" s="195" t="s">
+      <c r="D46" s="210"/>
+      <c r="E46" s="210"/>
+      <c r="F46" s="211" t="s">
         <v>16</v>
       </c>
-      <c r="G46" s="195"/>
-[...14 lines deleted...]
-      <c r="V46" s="195"/>
+      <c r="G46" s="211"/>
+      <c r="H46" s="211"/>
+      <c r="I46" s="211"/>
+      <c r="J46" s="211"/>
+      <c r="K46" s="211"/>
+      <c r="L46" s="211"/>
+      <c r="M46" s="211"/>
+      <c r="N46" s="211"/>
+      <c r="O46" s="211"/>
+      <c r="P46" s="211"/>
+      <c r="Q46" s="211"/>
+      <c r="R46" s="211"/>
+      <c r="S46" s="211"/>
+      <c r="T46" s="211"/>
+      <c r="U46" s="211"/>
+      <c r="V46" s="211"/>
     </row>
     <row r="48" spans="2:22" ht="17.25" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>25</v>
       </c>
       <c r="V48" s="3" t="s">
-        <v>245</v>
+        <v>238</v>
       </c>
     </row>
     <row r="49" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C49" s="183" t="s">
+      <c r="C49" s="209" t="s">
         <v>17</v>
       </c>
-      <c r="D49" s="184"/>
-[...1 lines deleted...]
-      <c r="F49" s="185" t="s">
+      <c r="D49" s="210"/>
+      <c r="E49" s="210"/>
+      <c r="F49" s="203" t="s">
         <v>23</v>
       </c>
-      <c r="G49" s="186"/>
-[...12 lines deleted...]
-      <c r="T49" s="175">
+      <c r="G49" s="204"/>
+      <c r="H49" s="204"/>
+      <c r="I49" s="204"/>
+      <c r="J49" s="204"/>
+      <c r="K49" s="204"/>
+      <c r="L49" s="204"/>
+      <c r="M49" s="204"/>
+      <c r="N49" s="204"/>
+      <c r="O49" s="204"/>
+      <c r="P49" s="204"/>
+      <c r="Q49" s="204"/>
+      <c r="R49" s="204"/>
+      <c r="S49" s="205"/>
+      <c r="T49" s="206">
         <v>0</v>
       </c>
-      <c r="U49" s="176"/>
-      <c r="V49" s="177"/>
+      <c r="U49" s="207"/>
+      <c r="V49" s="208"/>
     </row>
     <row r="50" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C50" s="183" t="s">
+      <c r="C50" s="209" t="s">
         <v>18</v>
       </c>
-      <c r="D50" s="184"/>
-[...15 lines deleted...]
-      <c r="T50" s="175">
+      <c r="D50" s="210"/>
+      <c r="E50" s="210"/>
+      <c r="F50" s="203"/>
+      <c r="G50" s="204"/>
+      <c r="H50" s="204"/>
+      <c r="I50" s="204"/>
+      <c r="J50" s="204"/>
+      <c r="K50" s="204"/>
+      <c r="L50" s="204"/>
+      <c r="M50" s="204"/>
+      <c r="N50" s="204"/>
+      <c r="O50" s="204"/>
+      <c r="P50" s="204"/>
+      <c r="Q50" s="204"/>
+      <c r="R50" s="204"/>
+      <c r="S50" s="205"/>
+      <c r="T50" s="206">
         <v>0</v>
       </c>
-      <c r="U50" s="176"/>
-      <c r="V50" s="177"/>
+      <c r="U50" s="207"/>
+      <c r="V50" s="208"/>
     </row>
     <row r="51" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C51" s="183" t="s">
+      <c r="C51" s="209" t="s">
         <v>19</v>
       </c>
-      <c r="D51" s="184"/>
-[...17 lines deleted...]
-      <c r="T51" s="175">
+      <c r="D51" s="210"/>
+      <c r="E51" s="210"/>
+      <c r="F51" s="203" t="s">
+        <v>162</v>
+      </c>
+      <c r="G51" s="204"/>
+      <c r="H51" s="204"/>
+      <c r="I51" s="204"/>
+      <c r="J51" s="204"/>
+      <c r="K51" s="204"/>
+      <c r="L51" s="204"/>
+      <c r="M51" s="204"/>
+      <c r="N51" s="204"/>
+      <c r="O51" s="204"/>
+      <c r="P51" s="204"/>
+      <c r="Q51" s="204"/>
+      <c r="R51" s="204"/>
+      <c r="S51" s="205"/>
+      <c r="T51" s="206">
         <v>0</v>
       </c>
-      <c r="U51" s="176"/>
-      <c r="V51" s="177"/>
+      <c r="U51" s="207"/>
+      <c r="V51" s="208"/>
     </row>
     <row r="52" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C52" s="183" t="s">
+      <c r="C52" s="209" t="s">
         <v>20</v>
       </c>
-      <c r="D52" s="184"/>
-[...1 lines deleted...]
-      <c r="F52" s="185" t="s">
+      <c r="D52" s="210"/>
+      <c r="E52" s="210"/>
+      <c r="F52" s="203" t="s">
         <v>29</v>
       </c>
-      <c r="G52" s="186"/>
-[...12 lines deleted...]
-      <c r="T52" s="175">
+      <c r="G52" s="204"/>
+      <c r="H52" s="204"/>
+      <c r="I52" s="204"/>
+      <c r="J52" s="204"/>
+      <c r="K52" s="204"/>
+      <c r="L52" s="204"/>
+      <c r="M52" s="204"/>
+      <c r="N52" s="204"/>
+      <c r="O52" s="204"/>
+      <c r="P52" s="204"/>
+      <c r="Q52" s="204"/>
+      <c r="R52" s="204"/>
+      <c r="S52" s="205"/>
+      <c r="T52" s="206">
         <v>0</v>
       </c>
-      <c r="U52" s="176"/>
-      <c r="V52" s="177"/>
+      <c r="U52" s="207"/>
+      <c r="V52" s="208"/>
     </row>
     <row r="53" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C53" s="183" t="s">
+      <c r="C53" s="209" t="s">
         <v>21</v>
       </c>
-      <c r="D53" s="184"/>
-[...15 lines deleted...]
-      <c r="T53" s="175">
+      <c r="D53" s="210"/>
+      <c r="E53" s="210"/>
+      <c r="F53" s="203"/>
+      <c r="G53" s="204"/>
+      <c r="H53" s="204"/>
+      <c r="I53" s="204"/>
+      <c r="J53" s="204"/>
+      <c r="K53" s="204"/>
+      <c r="L53" s="204"/>
+      <c r="M53" s="204"/>
+      <c r="N53" s="204"/>
+      <c r="O53" s="204"/>
+      <c r="P53" s="204"/>
+      <c r="Q53" s="204"/>
+      <c r="R53" s="204"/>
+      <c r="S53" s="205"/>
+      <c r="T53" s="206">
         <v>0</v>
       </c>
-      <c r="U53" s="176"/>
-      <c r="V53" s="177"/>
+      <c r="U53" s="207"/>
+      <c r="V53" s="208"/>
     </row>
     <row r="54" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C54" s="183" t="s">
+      <c r="C54" s="209" t="s">
         <v>22</v>
       </c>
-      <c r="D54" s="184"/>
-[...1 lines deleted...]
-      <c r="F54" s="185" t="s">
+      <c r="D54" s="210"/>
+      <c r="E54" s="210"/>
+      <c r="F54" s="203" t="s">
         <v>30</v>
       </c>
-      <c r="G54" s="186"/>
-[...12 lines deleted...]
-      <c r="T54" s="175">
+      <c r="G54" s="204"/>
+      <c r="H54" s="204"/>
+      <c r="I54" s="204"/>
+      <c r="J54" s="204"/>
+      <c r="K54" s="204"/>
+      <c r="L54" s="204"/>
+      <c r="M54" s="204"/>
+      <c r="N54" s="204"/>
+      <c r="O54" s="204"/>
+      <c r="P54" s="204"/>
+      <c r="Q54" s="204"/>
+      <c r="R54" s="204"/>
+      <c r="S54" s="205"/>
+      <c r="T54" s="206">
         <v>0</v>
       </c>
-      <c r="U54" s="176"/>
-      <c r="V54" s="177"/>
+      <c r="U54" s="207"/>
+      <c r="V54" s="208"/>
     </row>
     <row r="55" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C55" s="183" t="s">
+      <c r="C55" s="209" t="s">
         <v>22</v>
       </c>
-      <c r="D55" s="184"/>
-[...1 lines deleted...]
-      <c r="F55" s="185" t="s">
+      <c r="D55" s="210"/>
+      <c r="E55" s="210"/>
+      <c r="F55" s="203" t="s">
         <v>30</v>
       </c>
-      <c r="G55" s="186"/>
-[...12 lines deleted...]
-      <c r="T55" s="175">
+      <c r="G55" s="204"/>
+      <c r="H55" s="204"/>
+      <c r="I55" s="204"/>
+      <c r="J55" s="204"/>
+      <c r="K55" s="204"/>
+      <c r="L55" s="204"/>
+      <c r="M55" s="204"/>
+      <c r="N55" s="204"/>
+      <c r="O55" s="204"/>
+      <c r="P55" s="204"/>
+      <c r="Q55" s="204"/>
+      <c r="R55" s="204"/>
+      <c r="S55" s="205"/>
+      <c r="T55" s="206">
         <v>0</v>
       </c>
-      <c r="U55" s="176"/>
-      <c r="V55" s="177"/>
+      <c r="U55" s="207"/>
+      <c r="V55" s="208"/>
     </row>
     <row r="56" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C56" s="183" t="s">
+      <c r="C56" s="209" t="s">
         <v>22</v>
       </c>
-      <c r="D56" s="184"/>
-[...1 lines deleted...]
-      <c r="F56" s="185" t="s">
+      <c r="D56" s="210"/>
+      <c r="E56" s="210"/>
+      <c r="F56" s="203" t="s">
         <v>30</v>
       </c>
-      <c r="G56" s="186"/>
-[...12 lines deleted...]
-      <c r="T56" s="175">
+      <c r="G56" s="204"/>
+      <c r="H56" s="204"/>
+      <c r="I56" s="204"/>
+      <c r="J56" s="204"/>
+      <c r="K56" s="204"/>
+      <c r="L56" s="204"/>
+      <c r="M56" s="204"/>
+      <c r="N56" s="204"/>
+      <c r="O56" s="204"/>
+      <c r="P56" s="204"/>
+      <c r="Q56" s="204"/>
+      <c r="R56" s="204"/>
+      <c r="S56" s="205"/>
+      <c r="T56" s="206">
         <v>0</v>
       </c>
-      <c r="U56" s="176"/>
-      <c r="V56" s="177"/>
+      <c r="U56" s="207"/>
+      <c r="V56" s="208"/>
       <c r="X56" s="1" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
     </row>
     <row r="57" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C57" s="222" t="s">
+      <c r="C57" s="217" t="s">
         <v>26</v>
       </c>
-      <c r="D57" s="222"/>
-[...15 lines deleted...]
-      <c r="T57" s="220">
+      <c r="D57" s="217"/>
+      <c r="E57" s="217"/>
+      <c r="F57" s="217"/>
+      <c r="G57" s="217"/>
+      <c r="H57" s="217"/>
+      <c r="I57" s="217"/>
+      <c r="J57" s="217"/>
+      <c r="K57" s="217"/>
+      <c r="L57" s="217"/>
+      <c r="M57" s="217"/>
+      <c r="N57" s="217"/>
+      <c r="O57" s="217"/>
+      <c r="P57" s="217"/>
+      <c r="Q57" s="217"/>
+      <c r="R57" s="217"/>
+      <c r="S57" s="217"/>
+      <c r="T57" s="215">
         <f>SUM(T49:V56)</f>
         <v>0</v>
       </c>
-      <c r="U57" s="221"/>
-[...1 lines deleted...]
-      <c r="X57" s="219">
+      <c r="U57" s="216"/>
+      <c r="V57" s="216"/>
+      <c r="X57" s="212">
         <f>F34-T57</f>
         <v>740</v>
       </c>
-      <c r="Y57" s="219"/>
-[...1 lines deleted...]
-      <c r="AA57" s="219"/>
+      <c r="Y57" s="212"/>
+      <c r="Z57" s="212"/>
+      <c r="AA57" s="212"/>
     </row>
     <row r="59" spans="2:27" ht="17.25" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="60" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C60" s="182" t="s">
+      <c r="C60" s="218" t="s">
         <v>41</v>
       </c>
-      <c r="D60" s="182"/>
-[...17 lines deleted...]
-      <c r="V60" s="182"/>
+      <c r="D60" s="218"/>
+      <c r="E60" s="218"/>
+      <c r="F60" s="218"/>
+      <c r="G60" s="218"/>
+      <c r="H60" s="218"/>
+      <c r="I60" s="218"/>
+      <c r="J60" s="218"/>
+      <c r="K60" s="218"/>
+      <c r="L60" s="218"/>
+      <c r="M60" s="218"/>
+      <c r="N60" s="218"/>
+      <c r="O60" s="218"/>
+      <c r="P60" s="218"/>
+      <c r="Q60" s="218"/>
+      <c r="R60" s="218"/>
+      <c r="S60" s="218"/>
+      <c r="T60" s="218"/>
+      <c r="U60" s="218"/>
+      <c r="V60" s="218"/>
     </row>
     <row r="62" spans="2:27" ht="17.25" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="63" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C63" s="182" t="s">
-[...20 lines deleted...]
-      <c r="V63" s="182"/>
+      <c r="C63" s="218" t="s">
+        <v>217</v>
+      </c>
+      <c r="D63" s="218"/>
+      <c r="E63" s="218"/>
+      <c r="F63" s="218"/>
+      <c r="G63" s="218"/>
+      <c r="H63" s="218"/>
+      <c r="I63" s="218"/>
+      <c r="J63" s="218"/>
+      <c r="K63" s="218"/>
+      <c r="L63" s="218"/>
+      <c r="M63" s="218"/>
+      <c r="N63" s="218"/>
+      <c r="O63" s="218"/>
+      <c r="P63" s="218"/>
+      <c r="Q63" s="218"/>
+      <c r="R63" s="218"/>
+      <c r="S63" s="218"/>
+      <c r="T63" s="218"/>
+      <c r="U63" s="218"/>
+      <c r="V63" s="218"/>
     </row>
     <row r="64" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C64" s="182" t="s">
-[...20 lines deleted...]
-      <c r="V64" s="182"/>
+      <c r="C64" s="218" t="s">
+        <v>158</v>
+      </c>
+      <c r="D64" s="218"/>
+      <c r="E64" s="218"/>
+      <c r="F64" s="218"/>
+      <c r="G64" s="218"/>
+      <c r="H64" s="218"/>
+      <c r="I64" s="218"/>
+      <c r="J64" s="218"/>
+      <c r="K64" s="218"/>
+      <c r="L64" s="218"/>
+      <c r="M64" s="218"/>
+      <c r="N64" s="218"/>
+      <c r="O64" s="218"/>
+      <c r="P64" s="218"/>
+      <c r="Q64" s="218"/>
+      <c r="R64" s="218"/>
+      <c r="S64" s="218"/>
+      <c r="T64" s="218"/>
+      <c r="U64" s="218"/>
+      <c r="V64" s="218"/>
     </row>
     <row r="65" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C65" s="182" t="s">
+      <c r="C65" s="218" t="s">
         <v>38</v>
       </c>
-      <c r="D65" s="182"/>
-[...17 lines deleted...]
-      <c r="V65" s="182"/>
+      <c r="D65" s="218"/>
+      <c r="E65" s="218"/>
+      <c r="F65" s="218"/>
+      <c r="G65" s="218"/>
+      <c r="H65" s="218"/>
+      <c r="I65" s="218"/>
+      <c r="J65" s="218"/>
+      <c r="K65" s="218"/>
+      <c r="L65" s="218"/>
+      <c r="M65" s="218"/>
+      <c r="N65" s="218"/>
+      <c r="O65" s="218"/>
+      <c r="P65" s="218"/>
+      <c r="Q65" s="218"/>
+      <c r="R65" s="218"/>
+      <c r="S65" s="218"/>
+      <c r="T65" s="218"/>
+      <c r="U65" s="218"/>
+      <c r="V65" s="218"/>
     </row>
     <row r="66" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C66" s="182"/>
-[...18 lines deleted...]
-      <c r="V66" s="182"/>
+      <c r="C66" s="218"/>
+      <c r="D66" s="218"/>
+      <c r="E66" s="218"/>
+      <c r="F66" s="218"/>
+      <c r="G66" s="218"/>
+      <c r="H66" s="218"/>
+      <c r="I66" s="218"/>
+      <c r="J66" s="218"/>
+      <c r="K66" s="218"/>
+      <c r="L66" s="218"/>
+      <c r="M66" s="218"/>
+      <c r="N66" s="218"/>
+      <c r="O66" s="218"/>
+      <c r="P66" s="218"/>
+      <c r="Q66" s="218"/>
+      <c r="R66" s="218"/>
+      <c r="S66" s="218"/>
+      <c r="T66" s="218"/>
+      <c r="U66" s="218"/>
+      <c r="V66" s="218"/>
     </row>
     <row r="67" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C67" s="182"/>
-[...18 lines deleted...]
-      <c r="V67" s="182"/>
+      <c r="C67" s="218"/>
+      <c r="D67" s="218"/>
+      <c r="E67" s="218"/>
+      <c r="F67" s="218"/>
+      <c r="G67" s="218"/>
+      <c r="H67" s="218"/>
+      <c r="I67" s="218"/>
+      <c r="J67" s="218"/>
+      <c r="K67" s="218"/>
+      <c r="L67" s="218"/>
+      <c r="M67" s="218"/>
+      <c r="N67" s="218"/>
+      <c r="O67" s="218"/>
+      <c r="P67" s="218"/>
+      <c r="Q67" s="218"/>
+      <c r="R67" s="218"/>
+      <c r="S67" s="218"/>
+      <c r="T67" s="218"/>
+      <c r="U67" s="218"/>
+      <c r="V67" s="218"/>
     </row>
     <row r="68" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C68" s="182"/>
-[...18 lines deleted...]
-      <c r="V68" s="182"/>
+      <c r="C68" s="218"/>
+      <c r="D68" s="218"/>
+      <c r="E68" s="218"/>
+      <c r="F68" s="218"/>
+      <c r="G68" s="218"/>
+      <c r="H68" s="218"/>
+      <c r="I68" s="218"/>
+      <c r="J68" s="218"/>
+      <c r="K68" s="218"/>
+      <c r="L68" s="218"/>
+      <c r="M68" s="218"/>
+      <c r="N68" s="218"/>
+      <c r="O68" s="218"/>
+      <c r="P68" s="218"/>
+      <c r="Q68" s="218"/>
+      <c r="R68" s="218"/>
+      <c r="S68" s="218"/>
+      <c r="T68" s="218"/>
+      <c r="U68" s="218"/>
+      <c r="V68" s="218"/>
     </row>
     <row r="70" spans="2:22" ht="17.25" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C71" s="182" t="s">
-[...20 lines deleted...]
-      <c r="V71" s="182"/>
+      <c r="C71" s="218" t="s">
+        <v>218</v>
+      </c>
+      <c r="D71" s="218"/>
+      <c r="E71" s="218"/>
+      <c r="F71" s="218"/>
+      <c r="G71" s="218"/>
+      <c r="H71" s="218"/>
+      <c r="I71" s="218"/>
+      <c r="J71" s="218"/>
+      <c r="K71" s="218"/>
+      <c r="L71" s="218"/>
+      <c r="M71" s="218"/>
+      <c r="N71" s="218"/>
+      <c r="O71" s="218"/>
+      <c r="P71" s="218"/>
+      <c r="Q71" s="218"/>
+      <c r="R71" s="218"/>
+      <c r="S71" s="218"/>
+      <c r="T71" s="218"/>
+      <c r="U71" s="218"/>
+      <c r="V71" s="218"/>
     </row>
     <row r="73" spans="2:22" ht="17.25" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C74" s="181" t="s">
-[...20 lines deleted...]
-      <c r="V74" s="181"/>
+      <c r="C74" s="249" t="s">
+        <v>226</v>
+      </c>
+      <c r="D74" s="249"/>
+      <c r="E74" s="249"/>
+      <c r="F74" s="249"/>
+      <c r="G74" s="249"/>
+      <c r="H74" s="249"/>
+      <c r="I74" s="249"/>
+      <c r="J74" s="249"/>
+      <c r="K74" s="249"/>
+      <c r="L74" s="249"/>
+      <c r="M74" s="249"/>
+      <c r="N74" s="249"/>
+      <c r="O74" s="249"/>
+      <c r="P74" s="249"/>
+      <c r="Q74" s="249"/>
+      <c r="R74" s="249"/>
+      <c r="S74" s="249"/>
+      <c r="T74" s="249"/>
+      <c r="U74" s="249"/>
+      <c r="V74" s="249"/>
     </row>
     <row r="75" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C75" s="181"/>
-[...18 lines deleted...]
-      <c r="V75" s="181"/>
+      <c r="C75" s="249"/>
+      <c r="D75" s="249"/>
+      <c r="E75" s="249"/>
+      <c r="F75" s="249"/>
+      <c r="G75" s="249"/>
+      <c r="H75" s="249"/>
+      <c r="I75" s="249"/>
+      <c r="J75" s="249"/>
+      <c r="K75" s="249"/>
+      <c r="L75" s="249"/>
+      <c r="M75" s="249"/>
+      <c r="N75" s="249"/>
+      <c r="O75" s="249"/>
+      <c r="P75" s="249"/>
+      <c r="Q75" s="249"/>
+      <c r="R75" s="249"/>
+      <c r="S75" s="249"/>
+      <c r="T75" s="249"/>
+      <c r="U75" s="249"/>
+      <c r="V75" s="249"/>
     </row>
     <row r="77" spans="2:22" ht="17.25" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="78" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C78" s="180" t="s">
-[...20 lines deleted...]
-      <c r="V78" s="180"/>
+      <c r="C78" s="248" t="s">
+        <v>227</v>
+      </c>
+      <c r="D78" s="248"/>
+      <c r="E78" s="248"/>
+      <c r="F78" s="248"/>
+      <c r="G78" s="248"/>
+      <c r="H78" s="248"/>
+      <c r="I78" s="248"/>
+      <c r="J78" s="248"/>
+      <c r="K78" s="248"/>
+      <c r="L78" s="248"/>
+      <c r="M78" s="248"/>
+      <c r="N78" s="248"/>
+      <c r="O78" s="248"/>
+      <c r="P78" s="248"/>
+      <c r="Q78" s="248"/>
+      <c r="R78" s="248"/>
+      <c r="S78" s="248"/>
+      <c r="T78" s="248"/>
+      <c r="U78" s="248"/>
+      <c r="V78" s="248"/>
     </row>
     <row r="79" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C79" s="180"/>
-[...18 lines deleted...]
-      <c r="V79" s="180"/>
+      <c r="C79" s="248"/>
+      <c r="D79" s="248"/>
+      <c r="E79" s="248"/>
+      <c r="F79" s="248"/>
+      <c r="G79" s="248"/>
+      <c r="H79" s="248"/>
+      <c r="I79" s="248"/>
+      <c r="J79" s="248"/>
+      <c r="K79" s="248"/>
+      <c r="L79" s="248"/>
+      <c r="M79" s="248"/>
+      <c r="N79" s="248"/>
+      <c r="O79" s="248"/>
+      <c r="P79" s="248"/>
+      <c r="Q79" s="248"/>
+      <c r="R79" s="248"/>
+      <c r="S79" s="248"/>
+      <c r="T79" s="248"/>
+      <c r="U79" s="248"/>
+      <c r="V79" s="248"/>
     </row>
     <row r="80" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C80" s="180"/>
-[...18 lines deleted...]
-      <c r="V80" s="180"/>
+      <c r="C80" s="248"/>
+      <c r="D80" s="248"/>
+      <c r="E80" s="248"/>
+      <c r="F80" s="248"/>
+      <c r="G80" s="248"/>
+      <c r="H80" s="248"/>
+      <c r="I80" s="248"/>
+      <c r="J80" s="248"/>
+      <c r="K80" s="248"/>
+      <c r="L80" s="248"/>
+      <c r="M80" s="248"/>
+      <c r="N80" s="248"/>
+      <c r="O80" s="248"/>
+      <c r="P80" s="248"/>
+      <c r="Q80" s="248"/>
+      <c r="R80" s="248"/>
+      <c r="S80" s="248"/>
+      <c r="T80" s="248"/>
+      <c r="U80" s="248"/>
+      <c r="V80" s="248"/>
     </row>
     <row r="81" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C81" s="180"/>
-[...18 lines deleted...]
-      <c r="V81" s="180"/>
+      <c r="C81" s="248"/>
+      <c r="D81" s="248"/>
+      <c r="E81" s="248"/>
+      <c r="F81" s="248"/>
+      <c r="G81" s="248"/>
+      <c r="H81" s="248"/>
+      <c r="I81" s="248"/>
+      <c r="J81" s="248"/>
+      <c r="K81" s="248"/>
+      <c r="L81" s="248"/>
+      <c r="M81" s="248"/>
+      <c r="N81" s="248"/>
+      <c r="O81" s="248"/>
+      <c r="P81" s="248"/>
+      <c r="Q81" s="248"/>
+      <c r="R81" s="248"/>
+      <c r="S81" s="248"/>
+      <c r="T81" s="248"/>
+      <c r="U81" s="248"/>
+      <c r="V81" s="248"/>
     </row>
     <row r="82" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C82" s="180"/>
-[...18 lines deleted...]
-      <c r="V82" s="180"/>
+      <c r="C82" s="248"/>
+      <c r="D82" s="248"/>
+      <c r="E82" s="248"/>
+      <c r="F82" s="248"/>
+      <c r="G82" s="248"/>
+      <c r="H82" s="248"/>
+      <c r="I82" s="248"/>
+      <c r="J82" s="248"/>
+      <c r="K82" s="248"/>
+      <c r="L82" s="248"/>
+      <c r="M82" s="248"/>
+      <c r="N82" s="248"/>
+      <c r="O82" s="248"/>
+      <c r="P82" s="248"/>
+      <c r="Q82" s="248"/>
+      <c r="R82" s="248"/>
+      <c r="S82" s="248"/>
+      <c r="T82" s="248"/>
+      <c r="U82" s="248"/>
+      <c r="V82" s="248"/>
     </row>
     <row r="84" spans="2:22" ht="17.25" customHeight="1">
       <c r="B84" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="85" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C85" s="180" t="s">
+      <c r="C85" s="248" t="s">
         <v>39</v>
       </c>
-      <c r="D85" s="181"/>
-[...17 lines deleted...]
-      <c r="V85" s="181"/>
+      <c r="D85" s="249"/>
+      <c r="E85" s="249"/>
+      <c r="F85" s="249"/>
+      <c r="G85" s="249"/>
+      <c r="H85" s="249"/>
+      <c r="I85" s="249"/>
+      <c r="J85" s="249"/>
+      <c r="K85" s="249"/>
+      <c r="L85" s="249"/>
+      <c r="M85" s="249"/>
+      <c r="N85" s="249"/>
+      <c r="O85" s="249"/>
+      <c r="P85" s="249"/>
+      <c r="Q85" s="249"/>
+      <c r="R85" s="249"/>
+      <c r="S85" s="249"/>
+      <c r="T85" s="249"/>
+      <c r="U85" s="249"/>
+      <c r="V85" s="249"/>
     </row>
     <row r="86" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C86" s="181"/>
-[...18 lines deleted...]
-      <c r="V86" s="181"/>
+      <c r="C86" s="249"/>
+      <c r="D86" s="249"/>
+      <c r="E86" s="249"/>
+      <c r="F86" s="249"/>
+      <c r="G86" s="249"/>
+      <c r="H86" s="249"/>
+      <c r="I86" s="249"/>
+      <c r="J86" s="249"/>
+      <c r="K86" s="249"/>
+      <c r="L86" s="249"/>
+      <c r="M86" s="249"/>
+      <c r="N86" s="249"/>
+      <c r="O86" s="249"/>
+      <c r="P86" s="249"/>
+      <c r="Q86" s="249"/>
+      <c r="R86" s="249"/>
+      <c r="S86" s="249"/>
+      <c r="T86" s="249"/>
+      <c r="U86" s="249"/>
+      <c r="V86" s="249"/>
     </row>
     <row r="87" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C87" s="181"/>
-[...18 lines deleted...]
-      <c r="V87" s="181"/>
+      <c r="C87" s="249"/>
+      <c r="D87" s="249"/>
+      <c r="E87" s="249"/>
+      <c r="F87" s="249"/>
+      <c r="G87" s="249"/>
+      <c r="H87" s="249"/>
+      <c r="I87" s="249"/>
+      <c r="J87" s="249"/>
+      <c r="K87" s="249"/>
+      <c r="L87" s="249"/>
+      <c r="M87" s="249"/>
+      <c r="N87" s="249"/>
+      <c r="O87" s="249"/>
+      <c r="P87" s="249"/>
+      <c r="Q87" s="249"/>
+      <c r="R87" s="249"/>
+      <c r="S87" s="249"/>
+      <c r="T87" s="249"/>
+      <c r="U87" s="249"/>
+      <c r="V87" s="249"/>
     </row>
   </sheetData>
-  <mergeCells count="139">
-[...39 lines deleted...]
-    <mergeCell ref="C33:E33"/>
+  <mergeCells count="140">
+    <mergeCell ref="T1:V1"/>
+    <mergeCell ref="Q19:V19"/>
+    <mergeCell ref="Q20:V20"/>
+    <mergeCell ref="Q21:V21"/>
+    <mergeCell ref="Q22:V22"/>
+    <mergeCell ref="Q23:V23"/>
+    <mergeCell ref="N20:P20"/>
+    <mergeCell ref="N21:P21"/>
+    <mergeCell ref="N22:P22"/>
+    <mergeCell ref="N15:P15"/>
+    <mergeCell ref="N16:P16"/>
+    <mergeCell ref="N17:P17"/>
+    <mergeCell ref="N18:P18"/>
+    <mergeCell ref="N19:P19"/>
+    <mergeCell ref="K24:M24"/>
+    <mergeCell ref="N24:P24"/>
+    <mergeCell ref="F24:J24"/>
+    <mergeCell ref="Q24:V24"/>
+    <mergeCell ref="F15:J15"/>
+    <mergeCell ref="F16:J16"/>
+    <mergeCell ref="F17:J17"/>
+    <mergeCell ref="F18:J18"/>
+    <mergeCell ref="F19:J19"/>
+    <mergeCell ref="F20:J20"/>
+    <mergeCell ref="F21:J21"/>
+    <mergeCell ref="F22:J22"/>
+    <mergeCell ref="F23:J23"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="K21:M21"/>
+    <mergeCell ref="K22:M22"/>
+    <mergeCell ref="K23:M23"/>
+    <mergeCell ref="K16:M16"/>
+    <mergeCell ref="K17:M17"/>
+    <mergeCell ref="N23:P23"/>
+    <mergeCell ref="Q15:V15"/>
+    <mergeCell ref="Q16:V16"/>
+    <mergeCell ref="Q17:V17"/>
+    <mergeCell ref="Q18:V18"/>
+    <mergeCell ref="C85:V87"/>
+    <mergeCell ref="C78:V82"/>
+    <mergeCell ref="C71:V71"/>
+    <mergeCell ref="C74:V75"/>
+    <mergeCell ref="C56:E56"/>
+    <mergeCell ref="C68:V68"/>
+    <mergeCell ref="F56:S56"/>
+    <mergeCell ref="C67:V67"/>
+    <mergeCell ref="C66:V66"/>
+    <mergeCell ref="C65:V65"/>
+    <mergeCell ref="C64:V64"/>
+    <mergeCell ref="T56:V56"/>
+    <mergeCell ref="C63:V63"/>
+    <mergeCell ref="C60:V60"/>
+    <mergeCell ref="B2:V2"/>
+    <mergeCell ref="F6:J6"/>
+    <mergeCell ref="F7:J7"/>
+    <mergeCell ref="F8:J8"/>
+    <mergeCell ref="F9:J9"/>
+    <mergeCell ref="C8:E8"/>
+    <mergeCell ref="K6:M6"/>
+    <mergeCell ref="K7:M7"/>
+    <mergeCell ref="K8:M8"/>
+    <mergeCell ref="K9:M9"/>
+    <mergeCell ref="C7:E7"/>
+    <mergeCell ref="N6:O6"/>
+    <mergeCell ref="N7:O7"/>
+    <mergeCell ref="P6:V6"/>
+    <mergeCell ref="N8:O8"/>
+    <mergeCell ref="N9:O9"/>
+    <mergeCell ref="P7:V7"/>
+    <mergeCell ref="C6:E6"/>
+    <mergeCell ref="C9:E9"/>
+    <mergeCell ref="P9:V9"/>
+    <mergeCell ref="P8:V8"/>
     <mergeCell ref="F10:J10"/>
     <mergeCell ref="F32:I32"/>
     <mergeCell ref="C25:E27"/>
     <mergeCell ref="F25:V27"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="C14:E24"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="N11:O11"/>
     <mergeCell ref="P10:V10"/>
     <mergeCell ref="P11:V11"/>
     <mergeCell ref="F28:V28"/>
     <mergeCell ref="C32:E32"/>
     <mergeCell ref="C28:E28"/>
     <mergeCell ref="Q14:V14"/>
     <mergeCell ref="N14:P14"/>
     <mergeCell ref="K14:M14"/>
     <mergeCell ref="F14:J14"/>
     <mergeCell ref="K11:M11"/>
     <mergeCell ref="F11:J11"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="K18:M18"/>
     <mergeCell ref="K19:M19"/>
     <mergeCell ref="K20:M20"/>
-    <mergeCell ref="B2:V2"/>
-[...33 lines deleted...]
-    <mergeCell ref="C60:V60"/>
+    <mergeCell ref="C36:E36"/>
+    <mergeCell ref="C37:E37"/>
+    <mergeCell ref="F36:V36"/>
+    <mergeCell ref="F37:V37"/>
+    <mergeCell ref="J32:V32"/>
+    <mergeCell ref="F43:V43"/>
+    <mergeCell ref="C43:E43"/>
+    <mergeCell ref="F33:I33"/>
+    <mergeCell ref="J33:V33"/>
+    <mergeCell ref="C33:E33"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="X57:AA57"/>
+    <mergeCell ref="C40:E40"/>
+    <mergeCell ref="F40:V40"/>
+    <mergeCell ref="C41:E41"/>
+    <mergeCell ref="F41:V41"/>
+    <mergeCell ref="T57:V57"/>
+    <mergeCell ref="C57:S57"/>
+    <mergeCell ref="F51:S51"/>
+    <mergeCell ref="F50:S50"/>
+    <mergeCell ref="F49:S49"/>
+    <mergeCell ref="T54:V54"/>
+    <mergeCell ref="C52:E52"/>
+    <mergeCell ref="C51:E51"/>
+    <mergeCell ref="C50:E50"/>
+    <mergeCell ref="C54:E54"/>
+    <mergeCell ref="C53:E53"/>
+    <mergeCell ref="C55:E55"/>
+    <mergeCell ref="T55:V55"/>
     <mergeCell ref="T53:V53"/>
-    <mergeCell ref="K24:M24"/>
-[...18 lines deleted...]
-    <mergeCell ref="F34:I34"/>
     <mergeCell ref="T50:V50"/>
-    <mergeCell ref="N23:P23"/>
-[...16 lines deleted...]
-    <mergeCell ref="N19:P19"/>
+    <mergeCell ref="F54:S54"/>
+    <mergeCell ref="T52:V52"/>
+    <mergeCell ref="F52:S52"/>
+    <mergeCell ref="F53:S53"/>
+    <mergeCell ref="T51:V51"/>
+    <mergeCell ref="F55:S55"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="C49:E49"/>
+    <mergeCell ref="F45:V45"/>
+    <mergeCell ref="T49:V49"/>
+    <mergeCell ref="F46:V46"/>
+    <mergeCell ref="C46:E46"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="T49:V56 F32:I33" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K15:P23" xr:uid="{BEEE9317-6F3A-44AF-AD38-DD1D80FD0988}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.31496062992125984" right="0.70866141732283472" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:K125"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G47" sqref="G47"/>
+      <selection activeCell="E4" sqref="E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.875" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="1.25" style="132" customWidth="1"/>
     <col min="2" max="2" width="4.5" style="132" customWidth="1"/>
     <col min="3" max="3" width="18" style="132" customWidth="1"/>
     <col min="4" max="10" width="13.375" style="132" customWidth="1"/>
     <col min="11" max="16384" width="12.875" style="132"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="6.75" customHeight="1"/>
     <row r="2" spans="2:11" ht="16.5">
       <c r="B2" s="133" t="s">
         <v>48</v>
       </c>
       <c r="J2" s="134"/>
       <c r="K2" s="135">
         <f ca="1">TODAY()</f>
-        <v>45683</v>
+        <v>46005</v>
       </c>
     </row>
     <row r="3" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="4" spans="2:11" ht="18.75" customHeight="1" thickBot="1">
-      <c r="B4" s="230" t="s">
+      <c r="B4" s="255" t="s">
         <v>49</v>
       </c>
-      <c r="C4" s="240"/>
+      <c r="C4" s="256"/>
       <c r="D4" s="136" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="2:11" ht="12.75" thickBot="1">
       <c r="D5" s="137" t="s">
         <v>51</v>
       </c>
       <c r="E5" s="137" t="s">
         <v>52</v>
       </c>
       <c r="F5" s="137" t="s">
         <v>53</v>
       </c>
       <c r="G5" s="137" t="s">
         <v>54</v>
       </c>
       <c r="H5" s="137" t="s">
         <v>55</v>
       </c>
       <c r="I5" s="137" t="s">
         <v>56</v>
       </c>
       <c r="J5" s="137" t="s">
         <v>57</v>
       </c>
       <c r="K5" s="137" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B6" s="241" t="s">
+      <c r="B6" s="257" t="s">
         <v>59</v>
       </c>
-      <c r="C6" s="242"/>
+      <c r="C6" s="258"/>
       <c r="D6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="E6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="F6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="G6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="H6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="I6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="J6" s="138" t="s">
         <v>50</v>
       </c>
       <c r="K6" s="139"/>
     </row>
     <row r="7" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B7" s="228" t="s">
+      <c r="B7" s="253" t="s">
         <v>60</v>
       </c>
-      <c r="C7" s="229"/>
+      <c r="C7" s="254"/>
       <c r="D7" s="140" t="s">
         <v>61</v>
       </c>
       <c r="E7" s="141" t="s">
         <v>50</v>
       </c>
       <c r="F7" s="141" t="s">
         <v>50</v>
       </c>
       <c r="G7" s="141" t="s">
         <v>50</v>
       </c>
       <c r="H7" s="141" t="s">
         <v>61</v>
       </c>
       <c r="I7" s="141" t="s">
         <v>50</v>
       </c>
       <c r="J7" s="141" t="s">
         <v>50</v>
       </c>
       <c r="K7" s="142"/>
     </row>
     <row r="8" spans="2:11" ht="24">
-      <c r="B8" s="228" t="s">
+      <c r="B8" s="253" t="s">
         <v>62</v>
       </c>
-      <c r="C8" s="229"/>
+      <c r="C8" s="254"/>
       <c r="D8" s="145" t="s">
         <v>63</v>
       </c>
       <c r="E8" s="143" t="s">
         <v>64</v>
       </c>
       <c r="F8" s="143" t="s">
         <v>65</v>
       </c>
       <c r="G8" s="143" t="s">
         <v>66</v>
       </c>
       <c r="H8" s="143" t="s">
         <v>67</v>
       </c>
       <c r="I8" s="143" t="s">
         <v>68</v>
       </c>
       <c r="J8" s="143" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="K8" s="144"/>
     </row>
     <row r="9" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B9" s="228" t="s">
+      <c r="B9" s="253" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="229"/>
+      <c r="C9" s="254"/>
       <c r="D9" s="145" t="s">
         <v>70</v>
       </c>
       <c r="E9" s="143" t="s">
         <v>71</v>
       </c>
       <c r="F9" s="143" t="s">
         <v>65</v>
       </c>
       <c r="G9" s="143"/>
       <c r="H9" s="143"/>
       <c r="I9" s="143"/>
       <c r="J9" s="143"/>
       <c r="K9" s="144"/>
     </row>
     <row r="10" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B10" s="228" t="s">
+      <c r="B10" s="253" t="s">
         <v>72</v>
       </c>
-      <c r="C10" s="229"/>
+      <c r="C10" s="254"/>
       <c r="D10" s="140" t="s">
         <v>73</v>
       </c>
       <c r="E10" s="141" t="s">
         <v>74</v>
       </c>
       <c r="F10" s="141" t="s">
         <v>75</v>
       </c>
       <c r="G10" s="141" t="s">
         <v>76</v>
       </c>
       <c r="H10" s="141" t="s">
         <v>76</v>
       </c>
       <c r="I10" s="141" t="s">
         <v>77</v>
       </c>
       <c r="J10" s="141" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="K10" s="142"/>
     </row>
     <row r="11" spans="2:11" ht="24">
-      <c r="B11" s="228" t="s">
+      <c r="B11" s="253" t="s">
         <v>78</v>
       </c>
-      <c r="C11" s="229"/>
+      <c r="C11" s="254"/>
       <c r="D11" s="145" t="s">
+        <v>319</v>
+      </c>
+      <c r="E11" s="143" t="s">
+        <v>320</v>
+      </c>
+      <c r="F11" s="143" t="s">
         <v>79</v>
       </c>
-      <c r="E11" s="143" t="s">
+      <c r="G11" s="143" t="s">
         <v>80</v>
       </c>
-      <c r="F11" s="143" t="s">
+      <c r="H11" s="143" t="s">
+        <v>80</v>
+      </c>
+      <c r="I11" s="143" t="s">
+        <v>321</v>
+      </c>
+      <c r="J11" s="143" t="s">
+        <v>322</v>
+      </c>
+      <c r="K11" s="144"/>
+    </row>
+    <row r="12" spans="2:11">
+      <c r="B12" s="261" t="s">
         <v>81</v>
       </c>
-      <c r="G11" s="143" t="s">
+      <c r="C12" s="146" t="s">
         <v>82</v>
       </c>
-      <c r="H11" s="143" t="s">
-[...2 lines deleted...]
-      <c r="I11" s="143" t="s">
+      <c r="D12" s="140" t="s">
         <v>83</v>
-      </c>
-[...13 lines deleted...]
-        <v>86</v>
       </c>
       <c r="E12" s="141"/>
       <c r="F12" s="141" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G12" s="141"/>
       <c r="H12" s="141" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="I12" s="141"/>
       <c r="J12" s="141" t="s">
-        <v>241</v>
+        <v>234</v>
       </c>
       <c r="K12" s="142"/>
     </row>
     <row r="13" spans="2:11" ht="24">
-      <c r="B13" s="235"/>
+      <c r="B13" s="262"/>
       <c r="C13" s="146" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D13" s="145" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="E13" s="141"/>
       <c r="F13" s="141"/>
       <c r="G13" s="141"/>
       <c r="H13" s="141"/>
       <c r="I13" s="141"/>
       <c r="J13" s="141"/>
       <c r="K13" s="142"/>
     </row>
     <row r="14" spans="2:11">
-      <c r="B14" s="235"/>
+      <c r="B14" s="262"/>
       <c r="C14" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D14" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E14" s="141"/>
       <c r="F14" s="141" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G14" s="141"/>
       <c r="H14" s="141"/>
       <c r="I14" s="141"/>
       <c r="J14" s="141"/>
       <c r="K14" s="142"/>
     </row>
     <row r="15" spans="2:11">
-      <c r="B15" s="236"/>
+      <c r="B15" s="263"/>
       <c r="C15" s="146" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D15" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E15" s="141"/>
       <c r="F15" s="141"/>
       <c r="G15" s="141"/>
       <c r="H15" s="141"/>
       <c r="I15" s="141"/>
       <c r="J15" s="141"/>
       <c r="K15" s="142"/>
     </row>
     <row r="16" spans="2:11" ht="36">
       <c r="B16" s="147" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C16" s="146" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D16" s="140"/>
       <c r="E16" s="141"/>
       <c r="F16" s="141"/>
       <c r="G16" s="141"/>
       <c r="H16" s="141"/>
       <c r="I16" s="143" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="J16" s="143"/>
       <c r="K16" s="144"/>
     </row>
     <row r="17" spans="2:11">
-      <c r="B17" s="237" t="s">
-        <v>97</v>
+      <c r="B17" s="264" t="s">
+        <v>94</v>
       </c>
       <c r="C17" s="146" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D17" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E17" s="141" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F17" s="141"/>
       <c r="G17" s="141"/>
       <c r="H17" s="141"/>
       <c r="I17" s="141"/>
       <c r="J17" s="141"/>
       <c r="K17" s="142"/>
     </row>
     <row r="18" spans="2:11">
-      <c r="B18" s="235"/>
+      <c r="B18" s="262"/>
       <c r="C18" s="146" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D18" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E18" s="141" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F18" s="141"/>
       <c r="G18" s="141"/>
       <c r="H18" s="141"/>
       <c r="I18" s="141"/>
       <c r="J18" s="141"/>
       <c r="K18" s="142"/>
     </row>
     <row r="19" spans="2:11">
-      <c r="B19" s="235"/>
+      <c r="B19" s="262"/>
       <c r="C19" s="146" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D19" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E19" s="141"/>
       <c r="F19" s="141"/>
       <c r="G19" s="141"/>
       <c r="H19" s="141"/>
       <c r="I19" s="141"/>
       <c r="J19" s="141"/>
       <c r="K19" s="142"/>
     </row>
     <row r="20" spans="2:11">
-      <c r="B20" s="236"/>
+      <c r="B20" s="263"/>
       <c r="C20" s="146" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D20" s="140"/>
       <c r="E20" s="141" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F20" s="141"/>
       <c r="G20" s="141"/>
       <c r="H20" s="141"/>
       <c r="I20" s="141"/>
       <c r="J20" s="141"/>
       <c r="K20" s="142"/>
     </row>
     <row r="21" spans="2:11">
-      <c r="B21" s="234" t="s">
-        <v>105</v>
+      <c r="B21" s="261" t="s">
+        <v>102</v>
       </c>
       <c r="C21" s="146" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D21" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E21" s="141"/>
       <c r="F21" s="141"/>
       <c r="G21" s="141" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="H21" s="141"/>
       <c r="I21" s="141"/>
       <c r="J21" s="141"/>
       <c r="K21" s="142"/>
     </row>
     <row r="22" spans="2:11">
-      <c r="B22" s="235"/>
+      <c r="B22" s="262"/>
       <c r="C22" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D22" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E22" s="141"/>
       <c r="F22" s="141"/>
       <c r="G22" s="141" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="H22" s="141"/>
       <c r="I22" s="141"/>
       <c r="J22" s="141"/>
       <c r="K22" s="142"/>
     </row>
     <row r="23" spans="2:11">
-      <c r="B23" s="236"/>
+      <c r="B23" s="263"/>
       <c r="C23" s="146" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D23" s="140" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E23" s="141"/>
       <c r="F23" s="141" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G23" s="141" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="H23" s="141"/>
       <c r="I23" s="141"/>
       <c r="J23" s="141"/>
       <c r="K23" s="142"/>
     </row>
     <row r="24" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B24" s="228" t="s">
+      <c r="B24" s="253" t="s">
+        <v>108</v>
+      </c>
+      <c r="C24" s="254"/>
+      <c r="D24" s="140" t="s">
+        <v>109</v>
+      </c>
+      <c r="E24" s="141" t="s">
+        <v>109</v>
+      </c>
+      <c r="F24" s="141" t="s">
+        <v>110</v>
+      </c>
+      <c r="G24" s="141" t="s">
+        <v>109</v>
+      </c>
+      <c r="H24" s="141" t="s">
+        <v>110</v>
+      </c>
+      <c r="I24" s="141" t="s">
         <v>111</v>
       </c>
-      <c r="C24" s="229"/>
-      <c r="D24" s="140" t="s">
+      <c r="J24" s="141" t="s">
+        <v>110</v>
+      </c>
+      <c r="K24" s="142"/>
+    </row>
+    <row r="25" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B25" s="253" t="s">
         <v>112</v>
       </c>
-      <c r="E24" s="141" t="s">
-[...2 lines deleted...]
-      <c r="F24" s="141" t="s">
+      <c r="C25" s="254"/>
+      <c r="D25" s="140" t="s">
+        <v>323</v>
+      </c>
+      <c r="E25" s="141" t="s">
         <v>113</v>
       </c>
-      <c r="G24" s="141" t="s">
-[...2 lines deleted...]
-      <c r="H24" s="141" t="s">
+      <c r="F25" s="141" t="s">
         <v>113</v>
       </c>
-      <c r="I24" s="141" t="s">
+      <c r="G25" s="141" t="s">
         <v>114</v>
       </c>
-      <c r="J24" s="141" t="s">
-[...5 lines deleted...]
-      <c r="B25" s="228" t="s">
+      <c r="H25" s="141" t="s">
+        <v>114</v>
+      </c>
+      <c r="I25" s="141" t="s">
+        <v>324</v>
+      </c>
+      <c r="J25" s="141" t="s">
+        <v>233</v>
+      </c>
+      <c r="K25" s="142"/>
+    </row>
+    <row r="26" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B26" s="253" t="s">
         <v>115</v>
       </c>
-      <c r="C25" s="229"/>
-[...27 lines deleted...]
-      <c r="C26" s="229"/>
+      <c r="C26" s="254"/>
       <c r="D26" s="148">
         <v>40000</v>
       </c>
       <c r="E26" s="149">
         <v>20000</v>
       </c>
       <c r="F26" s="149">
         <v>20000</v>
       </c>
       <c r="G26" s="149">
         <v>6000</v>
       </c>
       <c r="H26" s="149">
         <v>50000</v>
       </c>
       <c r="I26" s="149">
         <v>50000</v>
       </c>
       <c r="J26" s="149">
         <v>65000</v>
       </c>
       <c r="K26" s="150"/>
     </row>
     <row r="27" spans="2:11">
-      <c r="B27" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="229"/>
+      <c r="B27" s="253" t="s">
+        <v>116</v>
+      </c>
+      <c r="C27" s="254"/>
       <c r="D27" s="140"/>
       <c r="E27" s="141"/>
       <c r="F27" s="141"/>
       <c r="G27" s="141"/>
       <c r="H27" s="143"/>
       <c r="I27" s="141"/>
       <c r="J27" s="141"/>
       <c r="K27" s="142"/>
     </row>
     <row r="28" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B28" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="229"/>
+      <c r="B28" s="253" t="s">
+        <v>117</v>
+      </c>
+      <c r="C28" s="254"/>
       <c r="D28" s="140"/>
       <c r="E28" s="141"/>
       <c r="F28" s="141"/>
       <c r="G28" s="141" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="H28" s="141" t="s">
-        <v>123</v>
+        <v>118</v>
       </c>
       <c r="I28" s="141"/>
       <c r="J28" s="141"/>
       <c r="K28" s="142"/>
     </row>
     <row r="29" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B29" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="229"/>
+      <c r="B29" s="253" t="s">
+        <v>236</v>
+      </c>
+      <c r="C29" s="254"/>
       <c r="D29" s="167"/>
       <c r="E29" s="168"/>
       <c r="F29" s="168"/>
       <c r="G29" s="168"/>
       <c r="H29" s="168"/>
       <c r="I29" s="168"/>
       <c r="J29" s="168" t="s">
-        <v>242</v>
+        <v>235</v>
       </c>
       <c r="K29" s="169"/>
     </row>
     <row r="30" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B30" s="238" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="239"/>
+      <c r="B30" s="265" t="s">
+        <v>119</v>
+      </c>
+      <c r="C30" s="266"/>
       <c r="D30" s="166"/>
       <c r="E30" s="151"/>
       <c r="F30" s="151"/>
       <c r="G30" s="151"/>
       <c r="H30" s="151"/>
       <c r="I30" s="151"/>
       <c r="J30" s="151"/>
       <c r="K30" s="152"/>
     </row>
     <row r="31" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="32" spans="2:11" ht="12.75" thickBot="1">
       <c r="J32" s="153" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K32" s="154">
         <f>SUM(D26:K26)</f>
         <v>251000</v>
       </c>
     </row>
     <row r="34" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="35" spans="2:11" ht="18.75" customHeight="1" thickBot="1">
-      <c r="B35" s="230" t="s">
+      <c r="B35" s="255" t="s">
         <v>49</v>
       </c>
-      <c r="C35" s="231"/>
+      <c r="C35" s="267"/>
       <c r="D35" s="155" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="36" spans="2:11" ht="12.75" thickBot="1">
       <c r="D36" s="137" t="s">
+        <v>121</v>
+      </c>
+      <c r="E36" s="137" t="s">
+        <v>122</v>
+      </c>
+      <c r="F36" s="137" t="s">
+        <v>123</v>
+      </c>
+      <c r="G36" s="137" t="s">
+        <v>124</v>
+      </c>
+      <c r="H36" s="137" t="s">
+        <v>125</v>
+      </c>
+      <c r="I36" s="137" t="s">
         <v>126</v>
       </c>
-      <c r="E36" s="137" t="s">
+      <c r="J36" s="137" t="s">
         <v>127</v>
       </c>
-      <c r="F36" s="137" t="s">
+      <c r="K36" s="137" t="s">
         <v>128</v>
       </c>
-      <c r="G36" s="137" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="37" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B37" s="232" t="s">
+      <c r="B37" s="259" t="s">
         <v>59</v>
       </c>
-      <c r="C37" s="233"/>
+      <c r="C37" s="260"/>
       <c r="D37" s="138" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="E37" s="156" t="s">
         <v>50</v>
       </c>
       <c r="F37" s="156" t="s">
         <v>50</v>
       </c>
       <c r="G37" s="156"/>
       <c r="H37" s="156"/>
       <c r="I37" s="156"/>
       <c r="J37" s="156"/>
       <c r="K37" s="139"/>
     </row>
     <row r="38" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B38" s="223" t="s">
+      <c r="B38" s="268" t="s">
         <v>60</v>
       </c>
-      <c r="C38" s="224"/>
+      <c r="C38" s="269"/>
       <c r="D38" s="140" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="E38" s="141" t="s">
         <v>61</v>
       </c>
       <c r="F38" s="141" t="s">
         <v>61</v>
       </c>
       <c r="G38" s="141"/>
       <c r="H38" s="141"/>
       <c r="I38" s="141"/>
       <c r="J38" s="141"/>
       <c r="K38" s="142"/>
     </row>
     <row r="39" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B39" s="223" t="s">
+      <c r="B39" s="268" t="s">
         <v>62</v>
       </c>
-      <c r="C39" s="224"/>
+      <c r="C39" s="269"/>
       <c r="D39" s="145" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="E39" s="143" t="s">
         <v>64</v>
       </c>
       <c r="F39" s="143" t="s">
         <v>65</v>
       </c>
       <c r="G39" s="143"/>
       <c r="H39" s="143"/>
       <c r="I39" s="143"/>
       <c r="J39" s="143"/>
       <c r="K39" s="144"/>
     </row>
     <row r="40" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B40" s="228" t="s">
+      <c r="B40" s="253" t="s">
         <v>69</v>
       </c>
-      <c r="C40" s="229"/>
+      <c r="C40" s="254"/>
       <c r="D40" s="145"/>
       <c r="E40" s="143" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="F40" s="143" t="s">
         <v>65</v>
       </c>
       <c r="G40" s="143"/>
       <c r="H40" s="143"/>
       <c r="I40" s="143"/>
       <c r="J40" s="143"/>
       <c r="K40" s="144"/>
     </row>
     <row r="41" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B41" s="223" t="s">
+      <c r="B41" s="268" t="s">
         <v>72</v>
       </c>
-      <c r="C41" s="224"/>
+      <c r="C41" s="269"/>
       <c r="D41" s="140" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="E41" s="141" t="s">
         <v>74</v>
       </c>
       <c r="F41" s="141" t="s">
         <v>75</v>
       </c>
       <c r="G41" s="141"/>
       <c r="H41" s="141"/>
       <c r="I41" s="141"/>
       <c r="J41" s="141"/>
       <c r="K41" s="142"/>
     </row>
     <row r="42" spans="2:11" ht="24">
-      <c r="B42" s="223" t="s">
+      <c r="B42" s="268" t="s">
         <v>78</v>
       </c>
-      <c r="C42" s="224"/>
+      <c r="C42" s="269"/>
       <c r="D42" s="145" t="s">
-        <v>237</v>
+        <v>325</v>
       </c>
       <c r="E42" s="143" t="s">
-        <v>80</v>
+        <v>320</v>
       </c>
       <c r="F42" s="143" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="G42" s="143"/>
       <c r="H42" s="143"/>
       <c r="I42" s="143"/>
       <c r="J42" s="143"/>
       <c r="K42" s="144"/>
     </row>
     <row r="43" spans="2:11">
-      <c r="B43" s="227" t="s">
-        <v>84</v>
+      <c r="B43" s="270" t="s">
+        <v>81</v>
       </c>
       <c r="C43" s="146" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D43" s="140" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="E43" s="141"/>
       <c r="F43" s="141" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="G43" s="141"/>
       <c r="H43" s="141"/>
       <c r="I43" s="141"/>
       <c r="J43" s="141"/>
       <c r="K43" s="142"/>
     </row>
     <row r="44" spans="2:11">
-      <c r="B44" s="223"/>
+      <c r="B44" s="268"/>
       <c r="C44" s="146" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D44" s="145"/>
       <c r="E44" s="141"/>
       <c r="F44" s="141"/>
       <c r="G44" s="141"/>
       <c r="H44" s="141"/>
       <c r="I44" s="141"/>
       <c r="J44" s="141"/>
       <c r="K44" s="142"/>
     </row>
     <row r="45" spans="2:11">
-      <c r="B45" s="223"/>
+      <c r="B45" s="268"/>
       <c r="C45" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D45" s="140"/>
       <c r="E45" s="141"/>
       <c r="F45" s="141" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="G45" s="141"/>
       <c r="H45" s="141"/>
       <c r="I45" s="141"/>
       <c r="J45" s="141"/>
       <c r="K45" s="142"/>
     </row>
     <row r="46" spans="2:11">
-      <c r="B46" s="223"/>
+      <c r="B46" s="268"/>
       <c r="C46" s="146" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D46" s="140"/>
       <c r="E46" s="141"/>
       <c r="F46" s="141"/>
       <c r="G46" s="141"/>
       <c r="H46" s="141"/>
       <c r="I46" s="141"/>
       <c r="J46" s="141"/>
       <c r="K46" s="142"/>
     </row>
     <row r="47" spans="2:11" ht="24">
       <c r="B47" s="147" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C47" s="146" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D47" s="140"/>
       <c r="E47" s="141"/>
       <c r="F47" s="141"/>
       <c r="G47" s="141"/>
       <c r="H47" s="141"/>
       <c r="I47" s="141"/>
       <c r="J47" s="143"/>
       <c r="K47" s="144"/>
     </row>
     <row r="48" spans="2:11">
-      <c r="B48" s="223" t="s">
-        <v>135</v>
+      <c r="B48" s="268" t="s">
+        <v>130</v>
       </c>
       <c r="C48" s="146" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D48" s="140"/>
       <c r="E48" s="141" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F48" s="141"/>
       <c r="G48" s="141"/>
       <c r="H48" s="141"/>
       <c r="I48" s="141"/>
       <c r="J48" s="141"/>
       <c r="K48" s="142"/>
     </row>
     <row r="49" spans="2:11">
-      <c r="B49" s="223"/>
+      <c r="B49" s="268"/>
       <c r="C49" s="146" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D49" s="140"/>
       <c r="E49" s="141" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="F49" s="141"/>
       <c r="G49" s="141"/>
       <c r="H49" s="141"/>
       <c r="I49" s="141"/>
       <c r="J49" s="141"/>
       <c r="K49" s="142"/>
     </row>
     <row r="50" spans="2:11">
-      <c r="B50" s="223"/>
+      <c r="B50" s="268"/>
       <c r="C50" s="146" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D50" s="140"/>
       <c r="E50" s="141"/>
       <c r="F50" s="141"/>
       <c r="G50" s="141"/>
       <c r="H50" s="141"/>
       <c r="I50" s="141"/>
       <c r="J50" s="141"/>
       <c r="K50" s="142"/>
     </row>
     <row r="51" spans="2:11">
-      <c r="B51" s="223"/>
+      <c r="B51" s="268"/>
       <c r="C51" s="146" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D51" s="140"/>
       <c r="E51" s="141" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="F51" s="141"/>
       <c r="G51" s="141"/>
       <c r="H51" s="141"/>
       <c r="I51" s="141"/>
       <c r="J51" s="141"/>
       <c r="K51" s="142"/>
     </row>
     <row r="52" spans="2:11">
-      <c r="B52" s="227" t="s">
-        <v>105</v>
+      <c r="B52" s="270" t="s">
+        <v>102</v>
       </c>
       <c r="C52" s="146" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D52" s="140"/>
       <c r="E52" s="141"/>
       <c r="F52" s="141"/>
       <c r="G52" s="141"/>
       <c r="H52" s="141"/>
       <c r="I52" s="141"/>
       <c r="J52" s="141"/>
       <c r="K52" s="142"/>
     </row>
     <row r="53" spans="2:11">
-      <c r="B53" s="223"/>
+      <c r="B53" s="268"/>
       <c r="C53" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D53" s="140"/>
       <c r="E53" s="141"/>
       <c r="F53" s="141"/>
       <c r="G53" s="141"/>
       <c r="H53" s="141"/>
       <c r="I53" s="141"/>
       <c r="J53" s="141"/>
       <c r="K53" s="142"/>
     </row>
     <row r="54" spans="2:11">
-      <c r="B54" s="223"/>
+      <c r="B54" s="268"/>
       <c r="C54" s="146" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D54" s="140"/>
       <c r="E54" s="141"/>
       <c r="F54" s="141" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="G54" s="141"/>
       <c r="H54" s="141"/>
       <c r="I54" s="141"/>
       <c r="J54" s="141"/>
       <c r="K54" s="142"/>
     </row>
     <row r="55" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B55" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C55" s="224"/>
+      <c r="B55" s="268" t="s">
+        <v>108</v>
+      </c>
+      <c r="C55" s="269"/>
       <c r="D55" s="141" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="E55" s="141" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="F55" s="141" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G55" s="141"/>
       <c r="H55" s="141"/>
       <c r="I55" s="141"/>
       <c r="J55" s="141"/>
       <c r="K55" s="142"/>
     </row>
     <row r="56" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B56" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C56" s="229"/>
+      <c r="B56" s="253" t="s">
+        <v>112</v>
+      </c>
+      <c r="C56" s="254"/>
       <c r="D56" s="140" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="E56" s="141" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="F56" s="141" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="G56" s="141"/>
       <c r="H56" s="141"/>
       <c r="I56" s="141"/>
       <c r="J56" s="141"/>
       <c r="K56" s="142"/>
     </row>
     <row r="57" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B57" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C57" s="224"/>
+      <c r="B57" s="268" t="s">
+        <v>115</v>
+      </c>
+      <c r="C57" s="269"/>
       <c r="D57" s="148">
         <v>180000</v>
       </c>
       <c r="E57" s="149">
         <v>20000</v>
       </c>
       <c r="F57" s="149">
         <v>20000</v>
       </c>
       <c r="G57" s="149"/>
       <c r="H57" s="149"/>
       <c r="I57" s="149"/>
       <c r="J57" s="149"/>
       <c r="K57" s="150"/>
     </row>
     <row r="58" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B58" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="224"/>
+      <c r="B58" s="268" t="s">
+        <v>116</v>
+      </c>
+      <c r="C58" s="269"/>
       <c r="D58" s="140"/>
       <c r="E58" s="141">
         <v>888888</v>
       </c>
       <c r="F58" s="141">
         <v>9999999</v>
       </c>
       <c r="G58" s="141"/>
       <c r="H58" s="141"/>
       <c r="I58" s="143"/>
       <c r="J58" s="141"/>
       <c r="K58" s="142"/>
     </row>
     <row r="59" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B59" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="224"/>
+      <c r="B59" s="268" t="s">
+        <v>117</v>
+      </c>
+      <c r="C59" s="269"/>
       <c r="D59" s="140"/>
       <c r="E59" s="141"/>
       <c r="F59" s="141"/>
       <c r="G59" s="141"/>
       <c r="H59" s="141"/>
       <c r="I59" s="141"/>
       <c r="J59" s="141"/>
       <c r="K59" s="142"/>
     </row>
     <row r="60" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B60" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C60" s="229"/>
+      <c r="B60" s="253" t="s">
+        <v>236</v>
+      </c>
+      <c r="C60" s="254"/>
       <c r="D60" s="167" t="s">
-        <v>244</v>
+        <v>237</v>
       </c>
       <c r="E60" s="168"/>
       <c r="F60" s="168"/>
       <c r="G60" s="168"/>
       <c r="H60" s="168"/>
       <c r="I60" s="168"/>
       <c r="J60" s="168"/>
       <c r="K60" s="169"/>
     </row>
     <row r="61" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B61" s="225" t="s">
-[...2 lines deleted...]
-      <c r="C61" s="226"/>
+      <c r="B61" s="271" t="s">
+        <v>119</v>
+      </c>
+      <c r="C61" s="272"/>
       <c r="D61" s="166"/>
       <c r="E61" s="151"/>
       <c r="F61" s="151"/>
       <c r="G61" s="151"/>
       <c r="H61" s="151"/>
       <c r="I61" s="151"/>
       <c r="J61" s="151"/>
       <c r="K61" s="152"/>
     </row>
     <row r="62" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="63" spans="2:11" ht="12.75" thickBot="1">
       <c r="J63" s="153" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K63" s="154">
         <f>SUM(D57:K57)</f>
         <v>220000</v>
       </c>
     </row>
     <row r="65" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="66" spans="2:11" ht="12.75" thickBot="1">
-      <c r="B66" s="230" t="s">
+      <c r="B66" s="255" t="s">
         <v>49</v>
       </c>
-      <c r="C66" s="231"/>
+      <c r="C66" s="267"/>
       <c r="D66" s="155"/>
     </row>
     <row r="67" spans="2:11" ht="12.75" thickBot="1">
       <c r="D67" s="137" t="s">
+        <v>131</v>
+      </c>
+      <c r="E67" s="137" t="s">
+        <v>132</v>
+      </c>
+      <c r="F67" s="137" t="s">
+        <v>133</v>
+      </c>
+      <c r="G67" s="137" t="s">
+        <v>134</v>
+      </c>
+      <c r="H67" s="137" t="s">
+        <v>135</v>
+      </c>
+      <c r="I67" s="137" t="s">
         <v>136</v>
-      </c>
-[...13 lines deleted...]
-        <v>141</v>
       </c>
       <c r="J67" s="137" t="s">
         <v>57</v>
       </c>
       <c r="K67" s="137" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
     </row>
     <row r="68" spans="2:11">
-      <c r="B68" s="232" t="s">
+      <c r="B68" s="259" t="s">
         <v>59</v>
       </c>
-      <c r="C68" s="233"/>
+      <c r="C68" s="260"/>
       <c r="D68" s="138"/>
       <c r="E68" s="156"/>
       <c r="F68" s="156"/>
       <c r="G68" s="156"/>
       <c r="H68" s="156"/>
       <c r="I68" s="156"/>
       <c r="J68" s="156"/>
       <c r="K68" s="139"/>
     </row>
     <row r="69" spans="2:11">
-      <c r="B69" s="223" t="s">
+      <c r="B69" s="268" t="s">
         <v>60</v>
       </c>
-      <c r="C69" s="224"/>
+      <c r="C69" s="269"/>
       <c r="D69" s="140"/>
       <c r="E69" s="141"/>
       <c r="F69" s="141"/>
       <c r="G69" s="141"/>
       <c r="H69" s="141"/>
       <c r="I69" s="141"/>
       <c r="J69" s="141"/>
       <c r="K69" s="142"/>
     </row>
     <row r="70" spans="2:11">
-      <c r="B70" s="223" t="s">
+      <c r="B70" s="268" t="s">
         <v>62</v>
       </c>
-      <c r="C70" s="224"/>
+      <c r="C70" s="269"/>
       <c r="D70" s="140"/>
       <c r="E70" s="141"/>
       <c r="F70" s="141"/>
       <c r="G70" s="141"/>
       <c r="H70" s="141"/>
       <c r="I70" s="141"/>
       <c r="J70" s="143"/>
       <c r="K70" s="144"/>
     </row>
     <row r="71" spans="2:11">
-      <c r="B71" s="228" t="s">
+      <c r="B71" s="253" t="s">
         <v>69</v>
       </c>
-      <c r="C71" s="229"/>
+      <c r="C71" s="254"/>
       <c r="D71" s="140"/>
       <c r="E71" s="141"/>
       <c r="F71" s="141"/>
       <c r="G71" s="141"/>
       <c r="H71" s="141"/>
       <c r="I71" s="141"/>
       <c r="J71" s="141"/>
       <c r="K71" s="142"/>
     </row>
     <row r="72" spans="2:11">
-      <c r="B72" s="223" t="s">
+      <c r="B72" s="268" t="s">
         <v>72</v>
       </c>
-      <c r="C72" s="224"/>
+      <c r="C72" s="269"/>
       <c r="D72" s="140"/>
       <c r="E72" s="141"/>
       <c r="F72" s="141"/>
       <c r="G72" s="141"/>
       <c r="H72" s="141"/>
       <c r="I72" s="141"/>
       <c r="J72" s="141"/>
       <c r="K72" s="142"/>
     </row>
     <row r="73" spans="2:11">
-      <c r="B73" s="223" t="s">
+      <c r="B73" s="268" t="s">
         <v>78</v>
       </c>
-      <c r="C73" s="224"/>
+      <c r="C73" s="269"/>
       <c r="D73" s="145"/>
       <c r="E73" s="143"/>
       <c r="F73" s="143"/>
       <c r="G73" s="143"/>
       <c r="H73" s="143"/>
       <c r="I73" s="143"/>
       <c r="J73" s="143"/>
       <c r="K73" s="144"/>
     </row>
     <row r="74" spans="2:11">
-      <c r="B74" s="227" t="s">
-        <v>84</v>
+      <c r="B74" s="270" t="s">
+        <v>81</v>
       </c>
       <c r="C74" s="146" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D74" s="140"/>
       <c r="E74" s="141"/>
       <c r="F74" s="141"/>
       <c r="G74" s="141"/>
       <c r="H74" s="141"/>
       <c r="I74" s="141"/>
       <c r="J74" s="141"/>
       <c r="K74" s="142"/>
     </row>
     <row r="75" spans="2:11">
-      <c r="B75" s="223"/>
+      <c r="B75" s="268"/>
       <c r="C75" s="146" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D75" s="145"/>
       <c r="E75" s="141"/>
       <c r="F75" s="141"/>
       <c r="G75" s="141"/>
       <c r="H75" s="141"/>
       <c r="I75" s="141"/>
       <c r="J75" s="141"/>
       <c r="K75" s="142"/>
     </row>
     <row r="76" spans="2:11">
-      <c r="B76" s="223"/>
+      <c r="B76" s="268"/>
       <c r="C76" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D76" s="140"/>
       <c r="E76" s="141"/>
       <c r="F76" s="141"/>
       <c r="G76" s="141"/>
       <c r="H76" s="141"/>
       <c r="I76" s="141"/>
       <c r="J76" s="141"/>
       <c r="K76" s="142"/>
     </row>
     <row r="77" spans="2:11">
-      <c r="B77" s="223"/>
+      <c r="B77" s="268"/>
       <c r="C77" s="146" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D77" s="140"/>
       <c r="E77" s="141"/>
       <c r="F77" s="141"/>
       <c r="G77" s="141"/>
       <c r="H77" s="141"/>
       <c r="I77" s="141"/>
       <c r="J77" s="141"/>
       <c r="K77" s="142"/>
     </row>
     <row r="78" spans="2:11" ht="24">
       <c r="B78" s="147" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C78" s="146" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D78" s="140"/>
       <c r="E78" s="141"/>
       <c r="F78" s="141"/>
       <c r="G78" s="141"/>
       <c r="H78" s="141"/>
       <c r="I78" s="141"/>
       <c r="J78" s="143"/>
       <c r="K78" s="144"/>
     </row>
     <row r="79" spans="2:11">
-      <c r="B79" s="223" t="s">
-        <v>142</v>
+      <c r="B79" s="268" t="s">
+        <v>137</v>
       </c>
       <c r="C79" s="146" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D79" s="140"/>
       <c r="E79" s="141"/>
       <c r="F79" s="141"/>
       <c r="G79" s="141"/>
       <c r="H79" s="141"/>
       <c r="I79" s="141"/>
       <c r="J79" s="141"/>
       <c r="K79" s="142"/>
     </row>
     <row r="80" spans="2:11">
-      <c r="B80" s="223"/>
+      <c r="B80" s="268"/>
       <c r="C80" s="146" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D80" s="140"/>
       <c r="E80" s="141"/>
       <c r="F80" s="141"/>
       <c r="G80" s="141"/>
       <c r="H80" s="141"/>
       <c r="I80" s="141"/>
       <c r="J80" s="141"/>
       <c r="K80" s="142"/>
     </row>
     <row r="81" spans="2:11">
-      <c r="B81" s="223"/>
+      <c r="B81" s="268"/>
       <c r="C81" s="146" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D81" s="140"/>
       <c r="E81" s="141"/>
       <c r="F81" s="141"/>
       <c r="G81" s="141"/>
       <c r="H81" s="141"/>
       <c r="I81" s="141"/>
       <c r="J81" s="141"/>
       <c r="K81" s="142"/>
     </row>
     <row r="82" spans="2:11">
-      <c r="B82" s="223"/>
+      <c r="B82" s="268"/>
       <c r="C82" s="146" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D82" s="140"/>
       <c r="E82" s="141"/>
       <c r="F82" s="141"/>
       <c r="G82" s="141"/>
       <c r="H82" s="141"/>
       <c r="I82" s="141"/>
       <c r="J82" s="141"/>
       <c r="K82" s="142"/>
     </row>
     <row r="83" spans="2:11">
-      <c r="B83" s="227" t="s">
-        <v>105</v>
+      <c r="B83" s="270" t="s">
+        <v>102</v>
       </c>
       <c r="C83" s="146" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D83" s="140"/>
       <c r="E83" s="141"/>
       <c r="F83" s="141"/>
       <c r="G83" s="141"/>
       <c r="H83" s="141"/>
       <c r="I83" s="141"/>
       <c r="J83" s="141"/>
       <c r="K83" s="142"/>
     </row>
     <row r="84" spans="2:11">
-      <c r="B84" s="223"/>
+      <c r="B84" s="268"/>
       <c r="C84" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D84" s="140"/>
       <c r="E84" s="141"/>
       <c r="F84" s="141"/>
       <c r="G84" s="141"/>
       <c r="H84" s="141"/>
       <c r="I84" s="141"/>
       <c r="J84" s="141"/>
       <c r="K84" s="142"/>
     </row>
     <row r="85" spans="2:11">
-      <c r="B85" s="223"/>
+      <c r="B85" s="268"/>
       <c r="C85" s="146" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D85" s="140"/>
       <c r="E85" s="141"/>
       <c r="F85" s="141"/>
       <c r="G85" s="141"/>
       <c r="H85" s="141"/>
       <c r="I85" s="141"/>
       <c r="J85" s="141"/>
       <c r="K85" s="142"/>
     </row>
     <row r="86" spans="2:11">
-      <c r="B86" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C86" s="224"/>
+      <c r="B86" s="268" t="s">
+        <v>108</v>
+      </c>
+      <c r="C86" s="269"/>
       <c r="D86" s="140"/>
       <c r="E86" s="141"/>
       <c r="F86" s="141"/>
       <c r="G86" s="141"/>
       <c r="H86" s="141"/>
       <c r="I86" s="141"/>
       <c r="J86" s="141"/>
       <c r="K86" s="142"/>
     </row>
     <row r="87" spans="2:11">
-      <c r="B87" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C87" s="229"/>
+      <c r="B87" s="253" t="s">
+        <v>112</v>
+      </c>
+      <c r="C87" s="254"/>
       <c r="D87" s="140"/>
       <c r="E87" s="141"/>
       <c r="F87" s="141"/>
       <c r="G87" s="141"/>
       <c r="H87" s="141"/>
       <c r="I87" s="141"/>
       <c r="J87" s="141"/>
       <c r="K87" s="142"/>
     </row>
     <row r="88" spans="2:11">
-      <c r="B88" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C88" s="224"/>
+      <c r="B88" s="268" t="s">
+        <v>115</v>
+      </c>
+      <c r="C88" s="269"/>
       <c r="D88" s="148"/>
       <c r="E88" s="149"/>
       <c r="F88" s="149"/>
       <c r="G88" s="149"/>
       <c r="H88" s="149"/>
       <c r="I88" s="149"/>
       <c r="J88" s="149"/>
       <c r="K88" s="150"/>
     </row>
     <row r="89" spans="2:11">
-      <c r="B89" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C89" s="224"/>
+      <c r="B89" s="268" t="s">
+        <v>116</v>
+      </c>
+      <c r="C89" s="269"/>
       <c r="D89" s="140"/>
       <c r="E89" s="141"/>
       <c r="F89" s="141"/>
       <c r="G89" s="141"/>
       <c r="H89" s="141"/>
       <c r="I89" s="143"/>
       <c r="J89" s="141"/>
       <c r="K89" s="142"/>
     </row>
     <row r="90" spans="2:11">
-      <c r="B90" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C90" s="224"/>
+      <c r="B90" s="268" t="s">
+        <v>117</v>
+      </c>
+      <c r="C90" s="269"/>
       <c r="D90" s="140"/>
       <c r="E90" s="141"/>
       <c r="F90" s="141"/>
       <c r="G90" s="141"/>
       <c r="H90" s="141"/>
       <c r="I90" s="141"/>
       <c r="J90" s="141"/>
       <c r="K90" s="142"/>
     </row>
     <row r="91" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B91" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C91" s="229"/>
+      <c r="B91" s="253" t="s">
+        <v>236</v>
+      </c>
+      <c r="C91" s="254"/>
       <c r="D91" s="167"/>
       <c r="E91" s="168"/>
       <c r="F91" s="168"/>
       <c r="G91" s="168"/>
       <c r="H91" s="168"/>
       <c r="I91" s="168"/>
       <c r="J91" s="168"/>
       <c r="K91" s="169"/>
     </row>
     <row r="92" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B92" s="225" t="s">
-[...2 lines deleted...]
-      <c r="C92" s="226"/>
+      <c r="B92" s="271" t="s">
+        <v>119</v>
+      </c>
+      <c r="C92" s="272"/>
       <c r="D92" s="166"/>
       <c r="E92" s="151"/>
       <c r="F92" s="151"/>
       <c r="G92" s="151"/>
       <c r="H92" s="151"/>
       <c r="I92" s="151"/>
       <c r="J92" s="151"/>
       <c r="K92" s="152"/>
     </row>
     <row r="93" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="94" spans="2:11" ht="12.75" thickBot="1">
       <c r="J94" s="153" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K94" s="154">
         <f>SUM(D88:K88)</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="97" spans="2:11" ht="12.75" thickBot="1">
-      <c r="B97" s="230" t="s">
+      <c r="B97" s="255" t="s">
         <v>49</v>
       </c>
-      <c r="C97" s="231"/>
+      <c r="C97" s="267"/>
       <c r="D97" s="155"/>
     </row>
     <row r="98" spans="2:11" ht="12.75" thickBot="1">
       <c r="D98" s="137" t="s">
+        <v>138</v>
+      </c>
+      <c r="E98" s="137" t="s">
+        <v>122</v>
+      </c>
+      <c r="F98" s="137" t="s">
+        <v>139</v>
+      </c>
+      <c r="G98" s="137" t="s">
+        <v>140</v>
+      </c>
+      <c r="H98" s="137" t="s">
+        <v>141</v>
+      </c>
+      <c r="I98" s="137" t="s">
+        <v>136</v>
+      </c>
+      <c r="J98" s="137" t="s">
+        <v>142</v>
+      </c>
+      <c r="K98" s="137" t="s">
         <v>143</v>
       </c>
-      <c r="E98" s="137" t="s">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="99" spans="2:11">
-      <c r="B99" s="232" t="s">
+      <c r="B99" s="259" t="s">
         <v>59</v>
       </c>
-      <c r="C99" s="233"/>
+      <c r="C99" s="260"/>
       <c r="D99" s="138"/>
       <c r="E99" s="156"/>
       <c r="F99" s="156"/>
       <c r="G99" s="156"/>
       <c r="H99" s="156"/>
       <c r="I99" s="156"/>
       <c r="J99" s="156"/>
       <c r="K99" s="139"/>
     </row>
     <row r="100" spans="2:11">
-      <c r="B100" s="223" t="s">
+      <c r="B100" s="268" t="s">
         <v>60</v>
       </c>
-      <c r="C100" s="224"/>
+      <c r="C100" s="269"/>
       <c r="D100" s="140"/>
       <c r="E100" s="141"/>
       <c r="F100" s="141"/>
       <c r="G100" s="141"/>
       <c r="H100" s="141"/>
       <c r="I100" s="141"/>
       <c r="J100" s="141"/>
       <c r="K100" s="142"/>
     </row>
     <row r="101" spans="2:11">
-      <c r="B101" s="223" t="s">
+      <c r="B101" s="268" t="s">
         <v>62</v>
       </c>
-      <c r="C101" s="224"/>
+      <c r="C101" s="269"/>
       <c r="D101" s="140"/>
       <c r="E101" s="141"/>
       <c r="F101" s="141"/>
       <c r="G101" s="141"/>
       <c r="H101" s="141"/>
       <c r="I101" s="141"/>
       <c r="J101" s="143"/>
       <c r="K101" s="144"/>
     </row>
     <row r="102" spans="2:11">
-      <c r="B102" s="228" t="s">
+      <c r="B102" s="253" t="s">
         <v>69</v>
       </c>
-      <c r="C102" s="229"/>
+      <c r="C102" s="254"/>
       <c r="D102" s="140"/>
       <c r="E102" s="141"/>
       <c r="F102" s="141"/>
       <c r="G102" s="141"/>
       <c r="H102" s="141"/>
       <c r="I102" s="141"/>
       <c r="J102" s="141"/>
       <c r="K102" s="142"/>
     </row>
     <row r="103" spans="2:11">
-      <c r="B103" s="223" t="s">
+      <c r="B103" s="268" t="s">
         <v>72</v>
       </c>
-      <c r="C103" s="224"/>
+      <c r="C103" s="269"/>
       <c r="D103" s="140"/>
       <c r="E103" s="141"/>
       <c r="F103" s="141"/>
       <c r="G103" s="141"/>
       <c r="H103" s="141"/>
       <c r="I103" s="141"/>
       <c r="J103" s="141"/>
       <c r="K103" s="142"/>
     </row>
     <row r="104" spans="2:11">
-      <c r="B104" s="223" t="s">
+      <c r="B104" s="268" t="s">
         <v>78</v>
       </c>
-      <c r="C104" s="224"/>
+      <c r="C104" s="269"/>
       <c r="D104" s="145"/>
       <c r="E104" s="143"/>
       <c r="F104" s="143"/>
       <c r="G104" s="143"/>
       <c r="H104" s="143"/>
       <c r="I104" s="143"/>
       <c r="J104" s="143"/>
       <c r="K104" s="144"/>
     </row>
     <row r="105" spans="2:11">
-      <c r="B105" s="227" t="s">
-        <v>84</v>
+      <c r="B105" s="270" t="s">
+        <v>81</v>
       </c>
       <c r="C105" s="146" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D105" s="140"/>
       <c r="E105" s="141"/>
       <c r="F105" s="141"/>
       <c r="G105" s="141"/>
       <c r="H105" s="141"/>
       <c r="I105" s="141"/>
       <c r="J105" s="141"/>
       <c r="K105" s="142"/>
     </row>
     <row r="106" spans="2:11">
-      <c r="B106" s="223"/>
+      <c r="B106" s="268"/>
       <c r="C106" s="146" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="D106" s="145"/>
       <c r="E106" s="141"/>
       <c r="F106" s="141"/>
       <c r="G106" s="141"/>
       <c r="H106" s="141"/>
       <c r="I106" s="141"/>
       <c r="J106" s="141"/>
       <c r="K106" s="142"/>
     </row>
     <row r="107" spans="2:11">
-      <c r="B107" s="223"/>
+      <c r="B107" s="268"/>
       <c r="C107" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D107" s="140"/>
       <c r="E107" s="141"/>
       <c r="F107" s="141"/>
       <c r="G107" s="141"/>
       <c r="H107" s="141"/>
       <c r="I107" s="141"/>
       <c r="J107" s="141"/>
       <c r="K107" s="142"/>
     </row>
     <row r="108" spans="2:11">
-      <c r="B108" s="223"/>
+      <c r="B108" s="268"/>
       <c r="C108" s="146" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="D108" s="140"/>
       <c r="E108" s="141"/>
       <c r="F108" s="141"/>
       <c r="G108" s="141"/>
       <c r="H108" s="141"/>
       <c r="I108" s="141"/>
       <c r="J108" s="141"/>
       <c r="K108" s="142"/>
     </row>
     <row r="109" spans="2:11" ht="24">
       <c r="B109" s="147" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="C109" s="146" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D109" s="140"/>
       <c r="E109" s="141"/>
       <c r="F109" s="141"/>
       <c r="G109" s="141"/>
       <c r="H109" s="141"/>
       <c r="I109" s="141"/>
       <c r="J109" s="143"/>
       <c r="K109" s="144"/>
     </row>
     <row r="110" spans="2:11">
-      <c r="B110" s="223" t="s">
-        <v>149</v>
+      <c r="B110" s="268" t="s">
+        <v>144</v>
       </c>
       <c r="C110" s="146" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="D110" s="140"/>
       <c r="E110" s="141"/>
       <c r="F110" s="141"/>
       <c r="G110" s="141"/>
       <c r="H110" s="141"/>
       <c r="I110" s="141"/>
       <c r="J110" s="141"/>
       <c r="K110" s="142"/>
     </row>
     <row r="111" spans="2:11">
-      <c r="B111" s="223"/>
+      <c r="B111" s="268"/>
       <c r="C111" s="146" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D111" s="140"/>
       <c r="E111" s="141"/>
       <c r="F111" s="141"/>
       <c r="G111" s="141"/>
       <c r="H111" s="141"/>
       <c r="I111" s="141"/>
       <c r="J111" s="141"/>
       <c r="K111" s="142"/>
     </row>
     <row r="112" spans="2:11">
-      <c r="B112" s="223"/>
+      <c r="B112" s="268"/>
       <c r="C112" s="146" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D112" s="140"/>
       <c r="E112" s="141"/>
       <c r="F112" s="141"/>
       <c r="G112" s="141"/>
       <c r="H112" s="141"/>
       <c r="I112" s="141"/>
       <c r="J112" s="141"/>
       <c r="K112" s="142"/>
     </row>
     <row r="113" spans="2:11">
-      <c r="B113" s="223"/>
+      <c r="B113" s="268"/>
       <c r="C113" s="146" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="D113" s="140"/>
       <c r="E113" s="141"/>
       <c r="F113" s="141"/>
       <c r="G113" s="141"/>
       <c r="H113" s="141"/>
       <c r="I113" s="141"/>
       <c r="J113" s="141"/>
       <c r="K113" s="142"/>
     </row>
     <row r="114" spans="2:11">
-      <c r="B114" s="227" t="s">
-        <v>105</v>
+      <c r="B114" s="270" t="s">
+        <v>102</v>
       </c>
       <c r="C114" s="146" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D114" s="140"/>
       <c r="E114" s="141"/>
       <c r="F114" s="141"/>
       <c r="G114" s="141"/>
       <c r="H114" s="141"/>
       <c r="I114" s="141"/>
       <c r="J114" s="141"/>
       <c r="K114" s="142"/>
     </row>
     <row r="115" spans="2:11">
-      <c r="B115" s="223"/>
+      <c r="B115" s="268"/>
       <c r="C115" s="146" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="D115" s="140"/>
       <c r="E115" s="141"/>
       <c r="F115" s="141"/>
       <c r="G115" s="141"/>
       <c r="H115" s="141"/>
       <c r="I115" s="141"/>
       <c r="J115" s="141"/>
       <c r="K115" s="142"/>
     </row>
     <row r="116" spans="2:11">
-      <c r="B116" s="223"/>
+      <c r="B116" s="268"/>
       <c r="C116" s="146" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D116" s="140"/>
       <c r="E116" s="141"/>
       <c r="F116" s="141"/>
       <c r="G116" s="141"/>
       <c r="H116" s="141"/>
       <c r="I116" s="141"/>
       <c r="J116" s="141"/>
       <c r="K116" s="142"/>
     </row>
     <row r="117" spans="2:11">
-      <c r="B117" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C117" s="224"/>
+      <c r="B117" s="268" t="s">
+        <v>108</v>
+      </c>
+      <c r="C117" s="269"/>
       <c r="D117" s="140"/>
       <c r="E117" s="141"/>
       <c r="F117" s="141"/>
       <c r="G117" s="141"/>
       <c r="H117" s="141"/>
       <c r="I117" s="141"/>
       <c r="J117" s="141"/>
       <c r="K117" s="142"/>
     </row>
     <row r="118" spans="2:11">
-      <c r="B118" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C118" s="229"/>
+      <c r="B118" s="253" t="s">
+        <v>112</v>
+      </c>
+      <c r="C118" s="254"/>
       <c r="D118" s="140"/>
       <c r="E118" s="141"/>
       <c r="F118" s="141"/>
       <c r="G118" s="141"/>
       <c r="H118" s="141"/>
       <c r="I118" s="141"/>
       <c r="J118" s="141"/>
       <c r="K118" s="142"/>
     </row>
     <row r="119" spans="2:11">
-      <c r="B119" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C119" s="224"/>
+      <c r="B119" s="268" t="s">
+        <v>115</v>
+      </c>
+      <c r="C119" s="269"/>
       <c r="D119" s="148"/>
       <c r="E119" s="149"/>
       <c r="F119" s="149"/>
       <c r="G119" s="149"/>
       <c r="H119" s="149"/>
       <c r="I119" s="149"/>
       <c r="J119" s="149"/>
       <c r="K119" s="150"/>
     </row>
     <row r="120" spans="2:11">
-      <c r="B120" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C120" s="224"/>
+      <c r="B120" s="268" t="s">
+        <v>116</v>
+      </c>
+      <c r="C120" s="269"/>
       <c r="D120" s="140"/>
       <c r="E120" s="141"/>
       <c r="F120" s="141"/>
       <c r="G120" s="141"/>
       <c r="H120" s="141"/>
       <c r="I120" s="143"/>
       <c r="J120" s="141"/>
       <c r="K120" s="142"/>
     </row>
     <row r="121" spans="2:11">
-      <c r="B121" s="223" t="s">
-[...2 lines deleted...]
-      <c r="C121" s="224"/>
+      <c r="B121" s="268" t="s">
+        <v>117</v>
+      </c>
+      <c r="C121" s="269"/>
       <c r="D121" s="140"/>
       <c r="E121" s="141"/>
       <c r="F121" s="141"/>
       <c r="G121" s="141"/>
       <c r="H121" s="141"/>
       <c r="I121" s="141"/>
       <c r="J121" s="141"/>
       <c r="K121" s="142"/>
     </row>
     <row r="122" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B122" s="228" t="s">
-[...2 lines deleted...]
-      <c r="C122" s="229"/>
+      <c r="B122" s="253" t="s">
+        <v>236</v>
+      </c>
+      <c r="C122" s="254"/>
       <c r="D122" s="167"/>
       <c r="E122" s="168"/>
       <c r="F122" s="168"/>
       <c r="G122" s="168"/>
       <c r="H122" s="168"/>
       <c r="I122" s="168"/>
       <c r="J122" s="168"/>
       <c r="K122" s="169"/>
     </row>
     <row r="123" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B123" s="225" t="s">
-[...2 lines deleted...]
-      <c r="C123" s="226"/>
+      <c r="B123" s="271" t="s">
+        <v>119</v>
+      </c>
+      <c r="C123" s="272"/>
       <c r="D123" s="166"/>
       <c r="E123" s="151"/>
       <c r="F123" s="151"/>
       <c r="G123" s="151"/>
       <c r="H123" s="151"/>
       <c r="I123" s="151"/>
       <c r="J123" s="151"/>
       <c r="K123" s="152"/>
     </row>
     <row r="124" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="125" spans="2:11" ht="12.75" thickBot="1">
       <c r="J125" s="153" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="K125" s="154">
         <f>SUM(D119:K119)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="68">
-    <mergeCell ref="B10:C10"/>
-[...4 lines deleted...]
-    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B119:C119"/>
+    <mergeCell ref="B120:C120"/>
+    <mergeCell ref="B121:C121"/>
+    <mergeCell ref="B123:C123"/>
+    <mergeCell ref="B104:C104"/>
+    <mergeCell ref="B105:B108"/>
+    <mergeCell ref="B110:B113"/>
+    <mergeCell ref="B114:B116"/>
+    <mergeCell ref="B117:C117"/>
+    <mergeCell ref="B118:C118"/>
+    <mergeCell ref="B122:C122"/>
+    <mergeCell ref="B103:C103"/>
+    <mergeCell ref="B86:C86"/>
+    <mergeCell ref="B87:C87"/>
+    <mergeCell ref="B88:C88"/>
+    <mergeCell ref="B89:C89"/>
+    <mergeCell ref="B90:C90"/>
+    <mergeCell ref="B92:C92"/>
+    <mergeCell ref="B97:C97"/>
+    <mergeCell ref="B99:C99"/>
+    <mergeCell ref="B100:C100"/>
+    <mergeCell ref="B101:C101"/>
+    <mergeCell ref="B102:C102"/>
+    <mergeCell ref="B91:C91"/>
+    <mergeCell ref="B83:B85"/>
+    <mergeCell ref="B59:C59"/>
+    <mergeCell ref="B61:C61"/>
+    <mergeCell ref="B66:C66"/>
+    <mergeCell ref="B68:C68"/>
+    <mergeCell ref="B69:C69"/>
+    <mergeCell ref="B70:C70"/>
+    <mergeCell ref="B71:C71"/>
+    <mergeCell ref="B72:C72"/>
+    <mergeCell ref="B73:C73"/>
+    <mergeCell ref="B74:B77"/>
+    <mergeCell ref="B79:B82"/>
+    <mergeCell ref="B60:C60"/>
+    <mergeCell ref="B58:C58"/>
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="B42:C42"/>
+    <mergeCell ref="B43:B46"/>
+    <mergeCell ref="B48:B51"/>
+    <mergeCell ref="B52:B54"/>
+    <mergeCell ref="B55:C55"/>
+    <mergeCell ref="B56:C56"/>
+    <mergeCell ref="B57:C57"/>
     <mergeCell ref="B37:C37"/>
     <mergeCell ref="B11:C11"/>
     <mergeCell ref="B12:B15"/>
     <mergeCell ref="B17:B20"/>
     <mergeCell ref="B21:B23"/>
     <mergeCell ref="B24:C24"/>
     <mergeCell ref="B25:C25"/>
     <mergeCell ref="B26:C26"/>
     <mergeCell ref="B27:C27"/>
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="B29:C29"/>
-    <mergeCell ref="B58:C58"/>
-[...47 lines deleted...]
-    <mergeCell ref="B122:C122"/>
+    <mergeCell ref="B10:C10"/>
+    <mergeCell ref="B4:C4"/>
+    <mergeCell ref="B6:C6"/>
+    <mergeCell ref="B7:C7"/>
+    <mergeCell ref="B8:C8"/>
+    <mergeCell ref="B9:C9"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations xWindow="225" yWindow="654" count="1">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D119:K119 D57:K57 D88:K88 D26:K26" xr:uid="{50D7003F-EC8D-41B3-AFCA-6A3B4A7DE65C}">
       <formula1>0</formula1>
       <formula2>10000000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{826615EA-3B28-4697-B476-B472300700EA}">
   <dimension ref="B1:R89"/>
   <sheetViews>
     <sheetView zoomScale="109" zoomScaleNormal="109" zoomScaleSheetLayoutView="85" workbookViewId="0">
       <selection activeCell="B1" sqref="B1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.5"/>
   <cols>
     <col min="1" max="1" width="0.625" style="5" customWidth="1"/>
     <col min="2" max="2" width="4" style="82" customWidth="1"/>
     <col min="3" max="3" width="13.5" style="5" customWidth="1"/>
     <col min="4" max="4" width="9.125" style="5" customWidth="1"/>
     <col min="5" max="5" width="8.75" style="5" customWidth="1"/>
     <col min="6" max="18" width="8.25" style="5" customWidth="1"/>
     <col min="19" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" ht="12" customHeight="1">
-      <c r="B1" s="245">
-[...2 lines deleted...]
-      <c r="C1" s="245"/>
+      <c r="B1" s="275">
+        <v>2025</v>
+      </c>
+      <c r="C1" s="275"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
-      <c r="Q1" s="246">
+      <c r="Q1" s="276">
         <f ca="1">TODAY()</f>
-        <v>45683</v>
-[...1 lines deleted...]
-      <c r="R1" s="246"/>
+        <v>46005</v>
+      </c>
+      <c r="R1" s="276"/>
     </row>
     <row r="2" spans="2:18" ht="12" customHeight="1">
       <c r="B2" s="6" t="s">
-        <v>250</v>
+        <v>243</v>
       </c>
       <c r="C2" s="7"/>
       <c r="D2" s="8" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
       <c r="E2" s="8" t="s">
-        <v>252</v>
+        <v>245</v>
       </c>
       <c r="F2" s="9" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G2" s="9" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H2" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I2" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="J2" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="K2" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="L2" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="M2" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="N2" s="9" t="s">
         <v>151</v>
       </c>
-      <c r="J2" s="9" t="s">
+      <c r="O2" s="9" t="s">
         <v>152</v>
       </c>
-      <c r="K2" s="9" t="s">
+      <c r="P2" s="9" t="s">
         <v>153</v>
       </c>
-      <c r="L2" s="9" t="s">
+      <c r="Q2" s="9" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="R2" s="9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="3" spans="2:18" ht="12" customHeight="1">
       <c r="B3" s="10">
         <v>1</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="E3" s="11"/>
       <c r="F3" s="12">
         <v>60000</v>
       </c>
       <c r="G3" s="12">
         <v>60000</v>
       </c>
       <c r="H3" s="12">
         <v>60000</v>
       </c>
       <c r="I3" s="12">
         <v>60000</v>
       </c>
       <c r="J3" s="12">
         <v>60000</v>
       </c>
       <c r="K3" s="12">
         <v>60000</v>
       </c>
       <c r="L3" s="12">
         <v>60000</v>
       </c>
       <c r="M3" s="12">
         <v>60000</v>
       </c>
       <c r="N3" s="12">
         <v>60000</v>
       </c>
       <c r="O3" s="12">
         <v>60000</v>
       </c>
       <c r="P3" s="12">
         <v>60000</v>
       </c>
       <c r="Q3" s="12">
         <v>60000</v>
       </c>
       <c r="R3" s="13">
         <f>SUM(F3:Q3)</f>
         <v>720000</v>
       </c>
     </row>
     <row r="4" spans="2:18" ht="12" customHeight="1">
       <c r="B4" s="17">
         <v>1</v>
       </c>
       <c r="C4" s="18" t="s">
-        <v>257</v>
+        <v>250</v>
       </c>
       <c r="D4" s="18" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="E4" s="18"/>
       <c r="F4" s="19">
         <v>50000</v>
       </c>
       <c r="G4" s="19">
         <v>50000</v>
       </c>
       <c r="H4" s="19">
         <v>50000</v>
       </c>
       <c r="I4" s="19">
         <v>50000</v>
       </c>
       <c r="J4" s="19">
         <v>50000</v>
       </c>
       <c r="K4" s="19">
         <v>50000</v>
       </c>
       <c r="L4" s="19">
         <v>50000</v>
       </c>
       <c r="M4" s="19">
         <v>50000</v>
       </c>
       <c r="N4" s="19">
         <v>50000</v>
       </c>
       <c r="O4" s="19">
         <v>50000</v>
       </c>
       <c r="P4" s="19">
         <v>50000</v>
       </c>
       <c r="Q4" s="19">
         <v>50000</v>
       </c>
       <c r="R4" s="16">
         <f t="shared" ref="R4:R30" si="0">SUM(F4:Q4)</f>
         <v>600000</v>
       </c>
     </row>
     <row r="5" spans="2:18" ht="12" customHeight="1">
       <c r="B5" s="17">
         <v>1</v>
       </c>
       <c r="C5" s="18" t="s">
-        <v>255</v>
+        <v>248</v>
       </c>
       <c r="D5" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E5" s="18"/>
       <c r="F5" s="19">
         <v>30000</v>
       </c>
       <c r="G5" s="19">
         <v>30000</v>
       </c>
       <c r="H5" s="19">
         <v>30000</v>
       </c>
       <c r="I5" s="19">
         <v>30000</v>
       </c>
       <c r="J5" s="19">
         <v>30000</v>
       </c>
       <c r="K5" s="19">
         <v>30000</v>
       </c>
       <c r="L5" s="19">
         <v>30000</v>
       </c>
       <c r="M5" s="19">
         <v>30000</v>
       </c>
       <c r="N5" s="19">
         <v>30000</v>
       </c>
       <c r="O5" s="19">
         <v>30000</v>
       </c>
       <c r="P5" s="19">
         <v>30000</v>
       </c>
       <c r="Q5" s="19">
         <v>30000</v>
       </c>
       <c r="R5" s="16">
         <f>SUM(F5:Q5)</f>
         <v>360000</v>
       </c>
     </row>
     <row r="6" spans="2:18" ht="12" customHeight="1">
       <c r="B6" s="17">
         <v>1</v>
       </c>
       <c r="C6" s="18" t="s">
-        <v>258</v>
+        <v>251</v>
       </c>
       <c r="D6" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E6" s="18"/>
       <c r="F6" s="20">
         <v>15000</v>
       </c>
       <c r="G6" s="20">
         <v>15000</v>
       </c>
       <c r="H6" s="20">
         <v>15000</v>
       </c>
       <c r="I6" s="20">
         <v>15000</v>
       </c>
       <c r="J6" s="20">
         <v>15000</v>
       </c>
       <c r="K6" s="20">
         <v>15000</v>
       </c>
       <c r="L6" s="20">
         <v>15000</v>
       </c>
       <c r="M6" s="20">
         <v>15000</v>
       </c>
       <c r="N6" s="20">
         <v>15000</v>
       </c>
       <c r="O6" s="20">
         <v>15000</v>
       </c>
       <c r="P6" s="20">
         <v>15000</v>
       </c>
       <c r="Q6" s="20">
         <v>15000</v>
       </c>
       <c r="R6" s="16">
         <f t="shared" ref="R6:R19" si="1">SUM(F6:Q6)</f>
         <v>180000</v>
       </c>
     </row>
     <row r="7" spans="2:18" ht="12" customHeight="1">
       <c r="B7" s="17">
         <v>1</v>
       </c>
       <c r="C7" s="18" t="s">
-        <v>259</v>
+        <v>252</v>
       </c>
       <c r="D7" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E7" s="18"/>
       <c r="F7" s="19">
         <v>20000</v>
       </c>
       <c r="G7" s="19">
         <v>20000</v>
       </c>
       <c r="H7" s="19">
         <v>20000</v>
       </c>
       <c r="I7" s="19">
         <v>20000</v>
       </c>
       <c r="J7" s="19">
         <v>20000</v>
       </c>
       <c r="K7" s="19">
         <v>20000</v>
       </c>
       <c r="L7" s="19">
         <v>20000</v>
       </c>
       <c r="M7" s="19">
         <v>20000</v>
       </c>
       <c r="N7" s="19">
         <v>20000</v>
       </c>
       <c r="O7" s="19">
         <v>20000</v>
       </c>
       <c r="P7" s="19">
         <v>20000</v>
       </c>
       <c r="Q7" s="19">
         <v>20000</v>
       </c>
       <c r="R7" s="16">
         <f t="shared" si="1"/>
         <v>240000</v>
       </c>
     </row>
     <row r="8" spans="2:18" ht="12" customHeight="1">
       <c r="B8" s="17">
         <v>1</v>
       </c>
       <c r="C8" s="18" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="D8" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E8" s="18"/>
       <c r="F8" s="19">
         <v>10000</v>
       </c>
       <c r="G8" s="19">
         <v>10000</v>
       </c>
       <c r="H8" s="19">
         <v>10000</v>
       </c>
       <c r="I8" s="19">
         <v>10000</v>
       </c>
       <c r="J8" s="19">
         <v>10000</v>
       </c>
       <c r="K8" s="19">
         <v>10000</v>
       </c>
       <c r="L8" s="19">
         <v>10000</v>
       </c>
       <c r="M8" s="19">
         <v>10000</v>
       </c>
       <c r="N8" s="19">
         <v>10000</v>
       </c>
       <c r="O8" s="19">
         <v>10000</v>
       </c>
       <c r="P8" s="19">
         <v>10000</v>
       </c>
       <c r="Q8" s="19">
         <v>10000</v>
       </c>
       <c r="R8" s="16">
         <f t="shared" si="1"/>
         <v>120000</v>
       </c>
     </row>
     <row r="9" spans="2:18" ht="12" customHeight="1">
       <c r="B9" s="17">
         <v>3</v>
       </c>
       <c r="C9" s="18" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="D9" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E9" s="18"/>
       <c r="F9" s="19">
         <v>10000</v>
       </c>
       <c r="G9" s="19">
         <v>10000</v>
       </c>
       <c r="H9" s="19">
         <v>10000</v>
       </c>
       <c r="I9" s="19">
         <v>10000</v>
       </c>
       <c r="J9" s="19">
         <v>10000</v>
       </c>
       <c r="K9" s="19">
         <v>10000</v>
       </c>
       <c r="L9" s="19">
         <v>10000</v>
       </c>
       <c r="M9" s="19">
         <v>10000</v>
       </c>
       <c r="N9" s="19">
         <v>10000</v>
       </c>
       <c r="O9" s="19">
         <v>10000</v>
       </c>
       <c r="P9" s="19">
         <v>10000</v>
       </c>
       <c r="Q9" s="19">
         <v>10000</v>
       </c>
       <c r="R9" s="16">
         <f t="shared" si="1"/>
         <v>120000</v>
       </c>
     </row>
     <row r="10" spans="2:18" ht="12" customHeight="1">
       <c r="B10" s="17">
         <v>1</v>
       </c>
       <c r="C10" s="18" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="D10" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E10" s="18"/>
       <c r="F10" s="19">
         <v>10000</v>
       </c>
       <c r="G10" s="19">
         <v>10000</v>
       </c>
       <c r="H10" s="19">
         <v>10000</v>
       </c>
       <c r="I10" s="19">
         <v>10000</v>
       </c>
       <c r="J10" s="19">
         <v>10000</v>
       </c>
       <c r="K10" s="19">
         <v>10000</v>
       </c>
       <c r="L10" s="19">
         <v>10000</v>
       </c>
       <c r="M10" s="19">
         <v>10000</v>
       </c>
       <c r="N10" s="19">
         <v>10000</v>
       </c>
       <c r="O10" s="19">
         <v>10000</v>
       </c>
       <c r="P10" s="19">
         <v>10000</v>
       </c>
       <c r="Q10" s="19">
         <v>10000</v>
       </c>
       <c r="R10" s="16">
         <f t="shared" si="1"/>
         <v>120000</v>
       </c>
     </row>
     <row r="11" spans="2:18" ht="12" customHeight="1">
       <c r="B11" s="17">
         <v>1</v>
       </c>
       <c r="C11" s="18" t="s">
-        <v>263</v>
+        <v>256</v>
       </c>
       <c r="D11" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E11" s="18"/>
       <c r="F11" s="20">
         <v>7000</v>
       </c>
       <c r="G11" s="20">
         <v>10000</v>
       </c>
       <c r="H11" s="20">
         <v>10000</v>
       </c>
       <c r="I11" s="20">
         <v>10000</v>
       </c>
       <c r="J11" s="20">
         <v>10000</v>
       </c>
       <c r="K11" s="20">
         <v>10000</v>
       </c>
       <c r="L11" s="20">
         <v>10000</v>
       </c>
       <c r="M11" s="20">
         <v>5000</v>
       </c>
       <c r="N11" s="20">
         <v>5000</v>
       </c>
       <c r="O11" s="20">
         <v>5000</v>
       </c>
       <c r="P11" s="20">
         <v>5000</v>
       </c>
       <c r="Q11" s="20">
         <v>5000</v>
       </c>
       <c r="R11" s="16">
         <f t="shared" si="1"/>
         <v>92000</v>
       </c>
     </row>
     <row r="12" spans="2:18" ht="12" customHeight="1">
       <c r="B12" s="17">
         <v>1</v>
       </c>
       <c r="C12" s="18" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="D12" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E12" s="18"/>
       <c r="F12" s="20">
         <v>7000</v>
       </c>
       <c r="G12" s="20">
         <v>10000</v>
       </c>
       <c r="H12" s="20">
         <v>10000</v>
       </c>
       <c r="I12" s="20">
         <v>10000</v>
       </c>
       <c r="J12" s="20">
         <v>10000</v>
       </c>
       <c r="K12" s="20">
         <v>10000</v>
       </c>
       <c r="L12" s="20">
         <v>10000</v>
       </c>
       <c r="M12" s="20">
         <v>10000</v>
       </c>
       <c r="N12" s="20">
         <v>10000</v>
       </c>
       <c r="O12" s="20">
         <v>10000</v>
       </c>
       <c r="P12" s="20">
         <v>10000</v>
       </c>
       <c r="Q12" s="20">
         <v>10000</v>
       </c>
       <c r="R12" s="16">
         <f t="shared" si="1"/>
         <v>117000</v>
       </c>
     </row>
     <row r="13" spans="2:18" ht="12" customHeight="1">
       <c r="B13" s="17">
         <v>1</v>
       </c>
       <c r="C13" s="18" t="s">
-        <v>265</v>
+        <v>258</v>
       </c>
       <c r="D13" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E13" s="18"/>
       <c r="F13" s="20">
         <v>20000</v>
       </c>
       <c r="G13" s="20"/>
       <c r="H13" s="20">
         <v>20000</v>
       </c>
       <c r="I13" s="20"/>
       <c r="J13" s="20">
         <v>20000</v>
       </c>
       <c r="K13" s="20"/>
       <c r="L13" s="20">
         <v>20000</v>
       </c>
       <c r="M13" s="20"/>
       <c r="N13" s="20">
         <v>20000</v>
       </c>
       <c r="O13" s="20"/>
       <c r="P13" s="20">
         <v>20000</v>
       </c>
       <c r="Q13" s="20"/>
       <c r="R13" s="16">
         <f>SUM(F13:Q13)</f>
         <v>120000</v>
       </c>
     </row>
     <row r="14" spans="2:18" ht="12" customHeight="1">
       <c r="B14" s="17">
         <v>1</v>
       </c>
       <c r="C14" s="18" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="D14" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E14" s="18"/>
       <c r="F14" s="19">
         <v>4000</v>
       </c>
       <c r="G14" s="19">
         <v>4000</v>
       </c>
       <c r="H14" s="19">
         <v>4000</v>
       </c>
       <c r="I14" s="19">
         <v>4000</v>
       </c>
       <c r="J14" s="19">
         <v>4000</v>
       </c>
       <c r="K14" s="19">
         <v>4000</v>
       </c>
       <c r="L14" s="19">
         <v>4000</v>
       </c>
       <c r="M14" s="19">
         <v>4000</v>
       </c>
       <c r="N14" s="19">
         <v>4000</v>
       </c>
       <c r="O14" s="19">
         <v>4000</v>
       </c>
       <c r="P14" s="19">
         <v>4000</v>
       </c>
       <c r="Q14" s="19">
         <v>4000</v>
       </c>
       <c r="R14" s="16">
         <f t="shared" si="1"/>
         <v>48000</v>
       </c>
     </row>
     <row r="15" spans="2:18" ht="12" customHeight="1">
       <c r="B15" s="17">
         <v>1</v>
       </c>
       <c r="C15" s="18" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="D15" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E15" s="18"/>
       <c r="F15" s="19">
         <v>5000</v>
       </c>
       <c r="G15" s="19">
         <v>5000</v>
       </c>
       <c r="H15" s="19">
         <v>5000</v>
       </c>
       <c r="I15" s="19">
         <v>5000</v>
       </c>
       <c r="J15" s="19">
         <v>5000</v>
       </c>
       <c r="K15" s="19">
         <v>5000</v>
       </c>
       <c r="L15" s="19">
         <v>5000</v>
       </c>
       <c r="M15" s="19">
         <v>5000</v>
       </c>
       <c r="N15" s="19">
         <v>5000</v>
       </c>
       <c r="O15" s="19">
         <v>5000</v>
       </c>
       <c r="P15" s="19">
         <v>5000</v>
       </c>
       <c r="Q15" s="19">
         <v>5000</v>
       </c>
       <c r="R15" s="16">
         <f t="shared" si="1"/>
         <v>60000</v>
       </c>
     </row>
     <row r="16" spans="2:18" ht="12" customHeight="1">
       <c r="B16" s="17">
         <v>5</v>
       </c>
       <c r="C16" s="18" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="D16" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E16" s="18"/>
       <c r="F16" s="19"/>
       <c r="G16" s="19"/>
       <c r="H16" s="19"/>
       <c r="I16" s="19"/>
       <c r="J16" s="19"/>
       <c r="K16" s="19"/>
       <c r="L16" s="20">
         <v>35000</v>
       </c>
       <c r="M16" s="20"/>
       <c r="N16" s="20">
         <v>50000</v>
       </c>
       <c r="O16" s="19"/>
       <c r="P16" s="19"/>
       <c r="Q16" s="19"/>
       <c r="R16" s="16">
         <f t="shared" si="1"/>
         <v>85000</v>
       </c>
     </row>
     <row r="17" spans="2:18" ht="12" customHeight="1">
       <c r="B17" s="17">
         <v>1</v>
       </c>
       <c r="C17" s="18" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="D17" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E17" s="18"/>
       <c r="F17" s="19"/>
       <c r="G17" s="19"/>
       <c r="H17" s="19"/>
       <c r="I17" s="19"/>
       <c r="J17" s="19"/>
       <c r="K17" s="20">
         <v>80000</v>
       </c>
       <c r="L17" s="20"/>
       <c r="M17" s="20"/>
       <c r="N17" s="20"/>
       <c r="O17" s="20"/>
       <c r="P17" s="20">
         <v>80000</v>
       </c>
       <c r="Q17" s="19"/>
       <c r="R17" s="16">
         <f t="shared" si="1"/>
         <v>160000</v>
       </c>
     </row>
     <row r="18" spans="2:18" ht="12" customHeight="1">
       <c r="B18" s="17">
         <v>4</v>
       </c>
       <c r="C18" s="18" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="D18" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E18" s="18"/>
       <c r="F18" s="19">
         <v>4000</v>
       </c>
       <c r="G18" s="19">
         <v>4000</v>
       </c>
       <c r="H18" s="19">
         <v>4000</v>
       </c>
       <c r="I18" s="19">
         <v>4000</v>
       </c>
       <c r="J18" s="19">
         <v>4000</v>
       </c>
       <c r="K18" s="19">
         <v>4000</v>
       </c>
       <c r="L18" s="19">
         <v>4000</v>
       </c>
       <c r="M18" s="19">
         <v>4000</v>
@@ -14323,403 +14369,403 @@
       <c r="N18" s="19">
         <v>4000</v>
       </c>
       <c r="O18" s="19">
         <v>4000</v>
       </c>
       <c r="P18" s="19">
         <v>4000</v>
       </c>
       <c r="Q18" s="19">
         <v>4000</v>
       </c>
       <c r="R18" s="16">
         <f t="shared" si="1"/>
         <v>48000</v>
       </c>
     </row>
     <row r="19" spans="2:18" ht="12" customHeight="1">
       <c r="B19" s="17">
         <v>1</v>
       </c>
       <c r="C19" s="18" t="s">
         <v>12</v>
       </c>
       <c r="D19" s="18" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="E19" s="18"/>
       <c r="F19" s="20"/>
       <c r="G19" s="20"/>
       <c r="H19" s="20"/>
       <c r="I19" s="20"/>
       <c r="J19" s="20"/>
       <c r="K19" s="20"/>
       <c r="L19" s="20"/>
       <c r="M19" s="20"/>
       <c r="N19" s="20"/>
       <c r="O19" s="20"/>
       <c r="P19" s="20"/>
       <c r="Q19" s="20"/>
       <c r="R19" s="16">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:18" ht="12" customHeight="1">
       <c r="B20" s="17">
         <v>2</v>
       </c>
       <c r="C20" s="18" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="D20" s="18" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="E20" s="18" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="F20" s="19">
         <v>50000</v>
       </c>
       <c r="G20" s="19">
         <v>50000</v>
       </c>
       <c r="H20" s="19">
         <v>50000</v>
       </c>
       <c r="I20" s="19">
         <v>50000</v>
       </c>
       <c r="J20" s="19">
         <v>50000</v>
       </c>
       <c r="K20" s="19">
         <v>250000</v>
       </c>
       <c r="L20" s="19">
         <v>50000</v>
       </c>
       <c r="M20" s="19">
         <v>50000</v>
       </c>
       <c r="N20" s="19">
         <v>50000</v>
       </c>
       <c r="O20" s="19">
         <v>50000</v>
       </c>
       <c r="P20" s="19">
         <v>50000</v>
       </c>
       <c r="Q20" s="19">
         <v>250000</v>
       </c>
       <c r="R20" s="16">
         <f t="shared" si="0"/>
         <v>1000000</v>
       </c>
     </row>
     <row r="21" spans="2:18" ht="12" customHeight="1">
       <c r="B21" s="17">
         <v>2</v>
       </c>
       <c r="C21" s="18" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="D21" s="18" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="E21" s="18" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
       <c r="F21" s="19">
         <v>25000</v>
       </c>
       <c r="G21" s="19">
         <v>25000</v>
       </c>
       <c r="H21" s="19">
         <v>25000</v>
       </c>
       <c r="I21" s="19">
         <v>25000</v>
       </c>
       <c r="J21" s="19">
         <v>25000</v>
       </c>
       <c r="K21" s="19">
         <v>25000</v>
       </c>
       <c r="L21" s="19">
         <v>25000</v>
       </c>
       <c r="M21" s="19">
         <v>25000</v>
       </c>
       <c r="N21" s="19">
         <v>25000</v>
       </c>
       <c r="O21" s="19">
         <v>25000</v>
       </c>
       <c r="P21" s="19">
         <v>25000</v>
       </c>
       <c r="Q21" s="19">
         <v>25000</v>
       </c>
       <c r="R21" s="16">
         <f t="shared" si="0"/>
         <v>300000</v>
       </c>
     </row>
     <row r="22" spans="2:18" ht="12" customHeight="1">
       <c r="B22" s="17">
         <v>2</v>
       </c>
       <c r="C22" s="18" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="D22" s="18" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="E22" s="18" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="F22" s="19">
         <v>0</v>
       </c>
       <c r="G22" s="19">
         <v>25000</v>
       </c>
       <c r="H22" s="19">
         <v>0</v>
       </c>
       <c r="I22" s="19">
         <v>25000</v>
       </c>
       <c r="J22" s="19">
         <v>0</v>
       </c>
       <c r="K22" s="19">
         <v>0</v>
       </c>
       <c r="L22" s="19">
         <v>25000</v>
       </c>
       <c r="M22" s="19">
         <v>0</v>
       </c>
       <c r="N22" s="19">
         <v>0</v>
       </c>
       <c r="O22" s="19">
         <v>0</v>
       </c>
       <c r="P22" s="19">
         <v>0</v>
       </c>
       <c r="Q22" s="19">
         <v>25000</v>
       </c>
       <c r="R22" s="16">
         <f t="shared" si="0"/>
         <v>100000</v>
       </c>
     </row>
     <row r="23" spans="2:18" ht="12" customHeight="1">
       <c r="B23" s="17">
         <v>3</v>
       </c>
       <c r="C23" s="18" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="D23" s="18" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="E23" s="18" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="F23" s="19">
         <v>35000</v>
       </c>
       <c r="G23" s="19">
         <v>35000</v>
       </c>
       <c r="H23" s="19">
         <v>35000</v>
       </c>
       <c r="I23" s="19">
         <v>35000</v>
       </c>
       <c r="J23" s="19">
         <v>35000</v>
       </c>
       <c r="K23" s="19">
         <v>35000</v>
       </c>
       <c r="L23" s="19">
         <v>35000</v>
       </c>
       <c r="M23" s="19">
         <v>35000</v>
       </c>
       <c r="N23" s="19">
         <v>35000</v>
       </c>
       <c r="O23" s="19">
         <v>35000</v>
       </c>
       <c r="P23" s="19">
         <v>35000</v>
       </c>
       <c r="Q23" s="19">
         <v>35000</v>
       </c>
       <c r="R23" s="16">
         <f t="shared" si="0"/>
         <v>420000</v>
       </c>
     </row>
     <row r="24" spans="2:18" ht="12" customHeight="1">
       <c r="B24" s="17">
         <v>4</v>
       </c>
       <c r="C24" s="18" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="D24" s="18" t="s">
+        <v>268</v>
+      </c>
+      <c r="E24" s="18" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>282</v>
       </c>
       <c r="F24" s="19">
         <v>2000</v>
       </c>
       <c r="G24" s="19">
         <v>2000</v>
       </c>
       <c r="H24" s="19">
         <v>2000</v>
       </c>
       <c r="I24" s="19">
         <v>2000</v>
       </c>
       <c r="J24" s="19">
         <v>2000</v>
       </c>
       <c r="K24" s="19">
         <v>2000</v>
       </c>
       <c r="L24" s="19">
         <v>2000</v>
       </c>
       <c r="M24" s="19">
         <v>2000</v>
       </c>
       <c r="N24" s="19">
         <v>2000</v>
       </c>
       <c r="O24" s="19">
         <v>2000</v>
       </c>
       <c r="P24" s="19">
         <v>2000</v>
       </c>
       <c r="Q24" s="19">
         <v>2000</v>
       </c>
       <c r="R24" s="16">
         <f t="shared" si="0"/>
         <v>24000</v>
       </c>
     </row>
     <row r="25" spans="2:18" ht="12" customHeight="1">
       <c r="B25" s="17">
         <v>4</v>
       </c>
       <c r="C25" s="18" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="D25" s="18" t="s">
-        <v>277</v>
+        <v>270</v>
       </c>
       <c r="E25" s="18" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
       <c r="F25" s="19">
         <v>4000</v>
       </c>
       <c r="G25" s="19">
         <v>4000</v>
       </c>
       <c r="H25" s="19">
         <v>4000</v>
       </c>
       <c r="I25" s="19">
         <v>4000</v>
       </c>
       <c r="J25" s="19">
         <v>4000</v>
       </c>
       <c r="K25" s="19">
         <v>4000</v>
       </c>
       <c r="L25" s="19">
         <v>4000</v>
       </c>
       <c r="M25" s="19">
         <v>4000</v>
       </c>
       <c r="N25" s="19">
         <v>4000</v>
       </c>
       <c r="O25" s="19">
         <v>4000</v>
       </c>
       <c r="P25" s="19">
         <v>4000</v>
       </c>
       <c r="Q25" s="19">
         <v>4000</v>
       </c>
       <c r="R25" s="16">
         <f t="shared" si="0"/>
         <v>48000</v>
       </c>
     </row>
     <row r="26" spans="2:18" ht="12" customHeight="1">
       <c r="B26" s="17">
         <v>1</v>
       </c>
       <c r="C26" s="18" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="D26" s="18" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="E26" s="18"/>
       <c r="F26" s="19">
         <v>5000</v>
       </c>
       <c r="G26" s="19">
         <v>5000</v>
       </c>
       <c r="H26" s="19">
         <v>5000</v>
       </c>
       <c r="I26" s="19">
         <v>5000</v>
       </c>
       <c r="J26" s="19">
         <v>5000</v>
       </c>
       <c r="K26" s="19">
         <v>5000</v>
       </c>
       <c r="L26" s="19">
         <v>5000</v>
       </c>
       <c r="M26" s="19">
         <v>5000</v>
@@ -14727,79 +14773,79 @@
       <c r="N26" s="19">
         <v>5000</v>
       </c>
       <c r="O26" s="19">
         <v>5000</v>
       </c>
       <c r="P26" s="19">
         <v>5000</v>
       </c>
       <c r="Q26" s="19">
         <v>5000</v>
       </c>
       <c r="R26" s="16">
         <f t="shared" si="0"/>
         <v>60000</v>
       </c>
     </row>
     <row r="27" spans="2:18" ht="12" customHeight="1">
       <c r="B27" s="17">
         <v>1</v>
       </c>
       <c r="C27" s="18" t="s">
         <v>12</v>
       </c>
       <c r="D27" s="18" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="E27" s="18"/>
       <c r="F27" s="19"/>
       <c r="G27" s="19"/>
       <c r="H27" s="19"/>
       <c r="I27" s="19"/>
       <c r="J27" s="19"/>
       <c r="K27" s="19"/>
       <c r="L27" s="19"/>
       <c r="M27" s="19"/>
       <c r="N27" s="19"/>
       <c r="O27" s="19"/>
       <c r="P27" s="19"/>
       <c r="Q27" s="19"/>
       <c r="R27" s="16">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:18" ht="12" customHeight="1">
       <c r="B28" s="17">
         <v>6</v>
       </c>
       <c r="C28" s="18" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
       <c r="D28" s="18" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="E28" s="18"/>
       <c r="F28" s="19">
         <v>30000</v>
       </c>
       <c r="G28" s="19">
         <v>30000</v>
       </c>
       <c r="H28" s="19">
         <v>30000</v>
       </c>
       <c r="I28" s="19">
         <v>30000</v>
       </c>
       <c r="J28" s="19">
         <v>30000</v>
       </c>
       <c r="K28" s="19">
         <v>30000</v>
       </c>
       <c r="L28" s="19">
         <v>30000</v>
       </c>
       <c r="M28" s="19">
         <v>30000</v>
@@ -14822,202 +14868,202 @@
       </c>
     </row>
     <row r="29" spans="2:18" ht="12" customHeight="1">
       <c r="B29" s="17"/>
       <c r="C29" s="18"/>
       <c r="D29" s="18"/>
       <c r="E29" s="18"/>
       <c r="F29" s="19"/>
       <c r="G29" s="19"/>
       <c r="H29" s="19"/>
       <c r="I29" s="19"/>
       <c r="J29" s="19"/>
       <c r="K29" s="19"/>
       <c r="L29" s="19"/>
       <c r="M29" s="19"/>
       <c r="N29" s="19"/>
       <c r="O29" s="19"/>
       <c r="P29" s="19"/>
       <c r="Q29" s="19"/>
       <c r="R29" s="16">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:18" ht="12" customHeight="1">
-      <c r="B30" s="250"/>
-[...14 lines deleted...]
-      <c r="Q30" s="252"/>
+      <c r="B30" s="173"/>
+      <c r="C30" s="174"/>
+      <c r="D30" s="174"/>
+      <c r="E30" s="174"/>
+      <c r="F30" s="175"/>
+      <c r="G30" s="175"/>
+      <c r="H30" s="175"/>
+      <c r="I30" s="175"/>
+      <c r="J30" s="175"/>
+      <c r="K30" s="175"/>
+      <c r="L30" s="175"/>
+      <c r="M30" s="175"/>
+      <c r="N30" s="175"/>
+      <c r="O30" s="175"/>
+      <c r="P30" s="175"/>
+      <c r="Q30" s="175"/>
       <c r="R30" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:18" ht="12" customHeight="1">
-      <c r="B31" s="253"/>
-[...2 lines deleted...]
-      <c r="E31" s="254" t="s">
+      <c r="B31" s="176"/>
+      <c r="C31" s="177"/>
+      <c r="D31" s="177"/>
+      <c r="E31" s="177" t="s">
         <v>26</v>
       </c>
-      <c r="F31" s="255">
+      <c r="F31" s="178">
         <f t="shared" ref="F31:R31" si="2">SUM(F3:F30)</f>
         <v>403000</v>
       </c>
-      <c r="G31" s="255">
+      <c r="G31" s="178">
         <f t="shared" si="2"/>
         <v>414000</v>
       </c>
-      <c r="H31" s="255">
+      <c r="H31" s="178">
         <f t="shared" si="2"/>
         <v>409000</v>
       </c>
-      <c r="I31" s="255">
+      <c r="I31" s="178">
         <f t="shared" si="2"/>
         <v>414000</v>
       </c>
-      <c r="J31" s="255">
+      <c r="J31" s="178">
         <f t="shared" si="2"/>
         <v>409000</v>
       </c>
-      <c r="K31" s="255">
+      <c r="K31" s="178">
         <f t="shared" si="2"/>
         <v>669000</v>
       </c>
-      <c r="L31" s="255">
+      <c r="L31" s="178">
         <f t="shared" si="2"/>
         <v>469000</v>
       </c>
-      <c r="M31" s="255">
+      <c r="M31" s="178">
         <f t="shared" si="2"/>
         <v>384000</v>
       </c>
-      <c r="N31" s="255">
+      <c r="N31" s="178">
         <f t="shared" si="2"/>
         <v>454000</v>
       </c>
-      <c r="O31" s="255">
+      <c r="O31" s="178">
         <f t="shared" si="2"/>
         <v>384000</v>
       </c>
-      <c r="P31" s="255">
+      <c r="P31" s="178">
         <f t="shared" si="2"/>
         <v>484000</v>
       </c>
-      <c r="Q31" s="255">
+      <c r="Q31" s="178">
         <f t="shared" si="2"/>
         <v>609000</v>
       </c>
       <c r="R31" s="24">
         <f t="shared" si="2"/>
         <v>5502000</v>
       </c>
     </row>
     <row r="32" spans="2:18" ht="12" customHeight="1">
       <c r="B32" s="9"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
       <c r="J32" s="4"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="P32" s="4"/>
       <c r="Q32" s="4"/>
       <c r="R32" s="4"/>
     </row>
     <row r="33" spans="2:18" ht="12" customHeight="1">
       <c r="B33" s="25" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="C33" s="9"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
       <c r="F33" s="9" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G33" s="9" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H33" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I33" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="J33" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="K33" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="L33" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="M33" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="I33" s="9" t="s">
+      <c r="N33" s="9" t="s">
         <v>151</v>
       </c>
-      <c r="J33" s="9" t="s">
+      <c r="O33" s="9" t="s">
         <v>152</v>
       </c>
-      <c r="K33" s="9" t="s">
+      <c r="P33" s="9" t="s">
         <v>153</v>
       </c>
-      <c r="L33" s="9" t="s">
+      <c r="Q33" s="9" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="R33" s="9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="34" spans="2:18" ht="12" customHeight="1">
-      <c r="B34" s="247" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="247"/>
+      <c r="B34" s="277" t="s">
+        <v>249</v>
+      </c>
+      <c r="C34" s="277"/>
       <c r="D34" s="47"/>
       <c r="E34" s="47"/>
       <c r="F34" s="27">
         <f t="shared" ref="F34:R41" si="3">SUMIF($D$3:$D$30,$B34,F$3:F$30)</f>
         <v>115000</v>
       </c>
       <c r="G34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="H34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="I34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="J34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="K34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
@@ -15030,54 +15076,54 @@
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="N34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="O34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="P34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="Q34" s="27">
         <f t="shared" si="3"/>
         <v>115000</v>
       </c>
       <c r="R34" s="28">
         <f t="shared" si="3"/>
         <v>1380000</v>
       </c>
     </row>
     <row r="35" spans="2:18" ht="12" customHeight="1">
-      <c r="B35" s="243" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="243"/>
+      <c r="B35" s="273" t="s">
+        <v>280</v>
+      </c>
+      <c r="C35" s="273"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
       <c r="F35" s="30">
         <f t="shared" si="3"/>
         <v>142000</v>
       </c>
       <c r="G35" s="30">
         <f t="shared" si="3"/>
         <v>128000</v>
       </c>
       <c r="H35" s="30">
         <f t="shared" si="3"/>
         <v>148000</v>
       </c>
       <c r="I35" s="30">
         <f t="shared" si="3"/>
         <v>128000</v>
       </c>
       <c r="J35" s="30">
         <f t="shared" si="3"/>
         <v>148000</v>
       </c>
       <c r="K35" s="30">
         <f t="shared" si="3"/>
         <v>208000</v>
@@ -15090,54 +15136,54 @@
         <f t="shared" si="3"/>
         <v>123000</v>
       </c>
       <c r="N35" s="30">
         <f t="shared" si="3"/>
         <v>193000</v>
       </c>
       <c r="O35" s="30">
         <f t="shared" si="3"/>
         <v>123000</v>
       </c>
       <c r="P35" s="30">
         <f t="shared" si="3"/>
         <v>223000</v>
       </c>
       <c r="Q35" s="30">
         <f t="shared" si="3"/>
         <v>123000</v>
       </c>
       <c r="R35" s="31">
         <f t="shared" si="3"/>
         <v>1870000</v>
       </c>
     </row>
     <row r="36" spans="2:18" ht="12" customHeight="1">
-      <c r="B36" s="243" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="243"/>
+      <c r="B36" s="273" t="s">
+        <v>265</v>
+      </c>
+      <c r="C36" s="273"/>
       <c r="D36" s="15"/>
       <c r="E36" s="15"/>
       <c r="F36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="G36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="H36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="I36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="J36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="K36" s="30">
         <f t="shared" si="3"/>
         <v>280000</v>
@@ -15150,54 +15196,54 @@
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="N36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="O36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="P36" s="30">
         <f t="shared" si="3"/>
         <v>80000</v>
       </c>
       <c r="Q36" s="30">
         <f t="shared" si="3"/>
         <v>280000</v>
       </c>
       <c r="R36" s="31">
         <f t="shared" si="3"/>
         <v>1360000</v>
       </c>
     </row>
     <row r="37" spans="2:18" ht="12" customHeight="1">
-      <c r="B37" s="243" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="243"/>
+      <c r="B37" s="273" t="s">
+        <v>270</v>
+      </c>
+      <c r="C37" s="273"/>
       <c r="D37" s="15"/>
       <c r="E37" s="15"/>
       <c r="F37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="G37" s="30">
         <f t="shared" si="3"/>
         <v>29000</v>
       </c>
       <c r="H37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="I37" s="30">
         <f t="shared" si="3"/>
         <v>29000</v>
       </c>
       <c r="J37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="K37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
@@ -15210,54 +15256,54 @@
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="N37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="O37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="P37" s="30">
         <f t="shared" si="3"/>
         <v>4000</v>
       </c>
       <c r="Q37" s="30">
         <f t="shared" si="3"/>
         <v>29000</v>
       </c>
       <c r="R37" s="31">
         <f t="shared" si="3"/>
         <v>148000</v>
       </c>
     </row>
     <row r="38" spans="2:18" ht="12" customHeight="1">
-      <c r="B38" s="243" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="243"/>
+      <c r="B38" s="273" t="s">
+        <v>268</v>
+      </c>
+      <c r="C38" s="273"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
       <c r="F38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="G38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="H38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="I38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="J38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="K38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
@@ -15270,54 +15316,54 @@
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="N38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="O38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="P38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="Q38" s="30">
         <f t="shared" si="3"/>
         <v>62000</v>
       </c>
       <c r="R38" s="31">
         <f t="shared" si="3"/>
         <v>744000</v>
       </c>
     </row>
     <row r="39" spans="2:18" ht="12" customHeight="1">
-      <c r="B39" s="243" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="243"/>
+      <c r="B39" s="273" t="s">
+        <v>281</v>
+      </c>
+      <c r="C39" s="273"/>
       <c r="D39" s="15"/>
       <c r="E39" s="15"/>
       <c r="F39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -15330,54 +15376,54 @@
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="O39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="P39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Q39" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R39" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:18" ht="12" customHeight="1">
-      <c r="B40" s="243" t="s">
+      <c r="B40" s="273" t="s">
         <v>12</v>
       </c>
-      <c r="C40" s="243"/>
+      <c r="C40" s="273"/>
       <c r="D40" s="15"/>
       <c r="E40" s="15"/>
       <c r="F40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -15390,52 +15436,52 @@
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="N40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="O40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="P40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="Q40" s="30">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="R40" s="31">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:18" ht="12" customHeight="1">
-      <c r="B41" s="244"/>
-      <c r="C41" s="244"/>
+      <c r="B41" s="274"/>
+      <c r="C41" s="274"/>
       <c r="D41" s="22"/>
       <c r="E41" s="22"/>
       <c r="F41" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="G41" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="H41" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="I41" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="J41" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
       <c r="K41" s="33">
         <f t="shared" si="3"/>
         <v>0</v>
@@ -15528,90 +15574,90 @@
         <f t="shared" si="4"/>
         <v>5502000</v>
       </c>
     </row>
     <row r="43" spans="2:18" ht="12" customHeight="1">
       <c r="B43" s="9"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="4"/>
       <c r="Q43" s="4"/>
       <c r="R43" s="4"/>
     </row>
     <row r="44" spans="2:18" ht="12" customHeight="1">
       <c r="B44" s="25" t="s">
-        <v>289</v>
+        <v>282</v>
       </c>
       <c r="C44" s="9"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="9" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H44" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="I44" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="J44" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="K44" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="L44" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="M44" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="I44" s="9" t="s">
+      <c r="N44" s="9" t="s">
         <v>151</v>
       </c>
-      <c r="J44" s="9" t="s">
+      <c r="O44" s="9" t="s">
         <v>152</v>
       </c>
-      <c r="K44" s="9" t="s">
+      <c r="P44" s="9" t="s">
         <v>153</v>
       </c>
-      <c r="L44" s="9" t="s">
+      <c r="Q44" s="9" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="R44" s="9" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="45" spans="2:18" ht="12" customHeight="1">
       <c r="B45" s="38">
         <v>1</v>
       </c>
       <c r="C45" s="26" t="s">
         <v>17</v>
       </c>
       <c r="D45" s="26"/>
       <c r="E45" s="26"/>
       <c r="F45" s="27">
         <f t="shared" ref="F45:R50" si="5">SUMIF($B$3:$B$30,$B45,F$3:F$30)</f>
         <v>243000</v>
       </c>
       <c r="G45" s="27">
         <f t="shared" si="5"/>
         <v>229000</v>
       </c>
       <c r="H45" s="27">
         <f t="shared" si="5"/>
         <v>249000</v>
@@ -15640,51 +15686,51 @@
         <f t="shared" si="5"/>
         <v>244000</v>
       </c>
       <c r="O45" s="27">
         <f t="shared" si="5"/>
         <v>224000</v>
       </c>
       <c r="P45" s="27">
         <f t="shared" si="5"/>
         <v>324000</v>
       </c>
       <c r="Q45" s="27">
         <f t="shared" si="5"/>
         <v>224000</v>
       </c>
       <c r="R45" s="28">
         <f t="shared" si="5"/>
         <v>2997000</v>
       </c>
     </row>
     <row r="46" spans="2:18" ht="12" customHeight="1">
       <c r="B46" s="39">
         <v>2</v>
       </c>
       <c r="C46" s="29" t="s">
-        <v>290</v>
+        <v>283</v>
       </c>
       <c r="D46" s="29"/>
       <c r="E46" s="29"/>
       <c r="F46" s="30">
         <f t="shared" si="5"/>
         <v>75000</v>
       </c>
       <c r="G46" s="30">
         <f t="shared" si="5"/>
         <v>100000</v>
       </c>
       <c r="H46" s="30">
         <f t="shared" si="5"/>
         <v>75000</v>
       </c>
       <c r="I46" s="30">
         <f t="shared" si="5"/>
         <v>100000</v>
       </c>
       <c r="J46" s="30">
         <f t="shared" si="5"/>
         <v>75000</v>
       </c>
       <c r="K46" s="30">
         <f t="shared" si="5"/>
@@ -15764,51 +15810,51 @@
         <f t="shared" si="5"/>
         <v>45000</v>
       </c>
       <c r="O47" s="30">
         <f t="shared" si="5"/>
         <v>45000</v>
       </c>
       <c r="P47" s="30">
         <f t="shared" si="5"/>
         <v>45000</v>
       </c>
       <c r="Q47" s="30">
         <f t="shared" si="5"/>
         <v>45000</v>
       </c>
       <c r="R47" s="31">
         <f t="shared" si="5"/>
         <v>540000</v>
       </c>
     </row>
     <row r="48" spans="2:18" ht="12" customHeight="1">
       <c r="B48" s="39">
         <v>4</v>
       </c>
       <c r="C48" s="29" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="D48" s="29"/>
       <c r="E48" s="29"/>
       <c r="F48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="G48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="H48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="I48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="J48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="K48" s="30">
         <f t="shared" si="5"/>
@@ -15826,51 +15872,51 @@
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="O48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="P48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="Q48" s="30">
         <f t="shared" si="5"/>
         <v>10000</v>
       </c>
       <c r="R48" s="31">
         <f t="shared" si="5"/>
         <v>120000</v>
       </c>
     </row>
     <row r="49" spans="2:18" ht="12" customHeight="1">
       <c r="B49" s="170">
         <v>5</v>
       </c>
       <c r="C49" s="29" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="D49" s="171"/>
       <c r="E49" s="171"/>
       <c r="F49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="G49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="H49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="I49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="J49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="K49" s="30">
         <f t="shared" si="5"/>
@@ -15888,51 +15934,51 @@
         <f t="shared" si="5"/>
         <v>50000</v>
       </c>
       <c r="O49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="P49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="Q49" s="30">
         <f t="shared" si="5"/>
         <v>0</v>
       </c>
       <c r="R49" s="172">
         <f t="shared" si="5"/>
         <v>85000</v>
       </c>
     </row>
     <row r="50" spans="2:18" ht="12" customHeight="1">
       <c r="B50" s="40">
         <v>6</v>
       </c>
       <c r="C50" s="32" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="D50" s="32"/>
       <c r="E50" s="32"/>
       <c r="F50" s="33">
         <f t="shared" si="5"/>
         <v>30000</v>
       </c>
       <c r="G50" s="33">
         <f t="shared" si="5"/>
         <v>30000</v>
       </c>
       <c r="H50" s="33">
         <f t="shared" si="5"/>
         <v>30000</v>
       </c>
       <c r="I50" s="33">
         <f t="shared" si="5"/>
         <v>30000</v>
       </c>
       <c r="J50" s="33">
         <f t="shared" si="5"/>
         <v>30000</v>
       </c>
       <c r="K50" s="33">
         <f t="shared" si="5"/>
@@ -16045,434 +16091,434 @@
       <c r="P52" s="4"/>
       <c r="Q52" s="4"/>
       <c r="R52" s="4"/>
     </row>
     <row r="53" spans="2:18" ht="12" customHeight="1">
       <c r="B53" s="9"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
       <c r="O53" s="4"/>
       <c r="P53" s="4"/>
       <c r="Q53" s="4"/>
       <c r="R53" s="4"/>
     </row>
     <row r="54" spans="2:18" ht="12" customHeight="1">
       <c r="B54" s="41" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="C54" s="42"/>
       <c r="D54" s="42"/>
       <c r="F54" s="43" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G54" s="43" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H54" s="43" t="s">
+        <v>145</v>
+      </c>
+      <c r="I54" s="43" t="s">
+        <v>146</v>
+      </c>
+      <c r="J54" s="43" t="s">
+        <v>147</v>
+      </c>
+      <c r="K54" s="43" t="s">
+        <v>148</v>
+      </c>
+      <c r="L54" s="43" t="s">
+        <v>149</v>
+      </c>
+      <c r="M54" s="43" t="s">
         <v>150</v>
       </c>
-      <c r="I54" s="43" t="s">
+      <c r="N54" s="43" t="s">
         <v>151</v>
       </c>
-      <c r="J54" s="43" t="s">
+      <c r="O54" s="43" t="s">
         <v>152</v>
       </c>
-      <c r="K54" s="43" t="s">
+      <c r="P54" s="43" t="s">
         <v>153</v>
       </c>
-      <c r="L54" s="43" t="s">
+      <c r="Q54" s="43" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="R54" s="44" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="55" spans="2:18" ht="12" customHeight="1">
       <c r="B55" s="45"/>
-      <c r="C55" s="256" t="s">
-        <v>294</v>
+      <c r="C55" s="179" t="s">
+        <v>287</v>
       </c>
       <c r="D55" s="46"/>
       <c r="E55" s="47"/>
       <c r="F55" s="48">
         <v>250000</v>
       </c>
       <c r="G55" s="48">
         <v>250000</v>
       </c>
       <c r="H55" s="48">
         <v>330000</v>
       </c>
       <c r="I55" s="48">
         <v>250000</v>
       </c>
       <c r="J55" s="48">
         <v>250000</v>
       </c>
       <c r="K55" s="48">
         <v>250000</v>
       </c>
       <c r="L55" s="48">
         <v>250000</v>
       </c>
       <c r="M55" s="48">
         <v>250000</v>
       </c>
       <c r="N55" s="48">
         <v>330000</v>
       </c>
       <c r="O55" s="48">
         <v>250000</v>
       </c>
       <c r="P55" s="48">
         <v>250000</v>
       </c>
       <c r="Q55" s="48">
         <v>250000</v>
       </c>
       <c r="R55" s="49">
         <f t="shared" ref="R55:R62" si="7">SUM(F55:Q55)</f>
         <v>3160000</v>
       </c>
     </row>
     <row r="56" spans="2:18" ht="12" customHeight="1">
       <c r="B56" s="50"/>
-      <c r="C56" s="257" t="s">
-        <v>295</v>
+      <c r="C56" s="180" t="s">
+        <v>288</v>
       </c>
       <c r="D56" s="51"/>
       <c r="E56" s="15"/>
       <c r="F56" s="52">
         <v>0</v>
       </c>
       <c r="G56" s="52">
         <v>0</v>
       </c>
       <c r="H56" s="52">
         <v>0</v>
       </c>
       <c r="I56" s="52">
         <v>0</v>
       </c>
       <c r="J56" s="52">
         <v>0</v>
       </c>
       <c r="K56" s="52">
         <v>400000</v>
       </c>
       <c r="L56" s="52">
         <v>0</v>
       </c>
       <c r="M56" s="52">
         <v>0</v>
       </c>
       <c r="N56" s="52">
         <v>0</v>
       </c>
       <c r="O56" s="52">
         <v>0</v>
       </c>
       <c r="P56" s="52">
         <v>0</v>
       </c>
       <c r="Q56" s="52">
         <v>600000</v>
       </c>
       <c r="R56" s="53">
         <f t="shared" si="7"/>
         <v>1000000</v>
       </c>
     </row>
     <row r="57" spans="2:18" ht="12" customHeight="1">
       <c r="B57" s="50"/>
-      <c r="C57" s="257" t="s">
-        <v>296</v>
+      <c r="C57" s="180" t="s">
+        <v>289</v>
       </c>
       <c r="D57" s="51"/>
       <c r="E57" s="15"/>
       <c r="F57" s="52">
         <v>0</v>
       </c>
       <c r="G57" s="52">
         <v>40000</v>
       </c>
       <c r="H57" s="52">
         <v>0</v>
       </c>
       <c r="I57" s="52">
         <v>0</v>
       </c>
       <c r="J57" s="52">
         <v>0</v>
       </c>
       <c r="K57" s="52">
         <v>40000</v>
       </c>
       <c r="L57" s="52">
         <v>0</v>
       </c>
       <c r="M57" s="52">
         <v>0</v>
       </c>
       <c r="N57" s="52">
         <v>0</v>
       </c>
       <c r="O57" s="52">
         <v>40000</v>
       </c>
       <c r="P57" s="52">
         <v>0</v>
       </c>
       <c r="Q57" s="52">
         <v>0</v>
       </c>
       <c r="R57" s="53">
         <f t="shared" si="7"/>
         <v>120000</v>
       </c>
     </row>
     <row r="58" spans="2:18" ht="12" customHeight="1">
-      <c r="B58" s="258"/>
-[...5 lines deleted...]
-      <c r="F58" s="262">
+      <c r="B58" s="181"/>
+      <c r="C58" s="182" t="s">
+        <v>290</v>
+      </c>
+      <c r="D58" s="183"/>
+      <c r="E58" s="184"/>
+      <c r="F58" s="185">
         <v>200000</v>
       </c>
-      <c r="G58" s="262">
+      <c r="G58" s="185">
         <v>200000</v>
       </c>
-      <c r="H58" s="262">
+      <c r="H58" s="185">
         <v>200000</v>
       </c>
-      <c r="I58" s="262">
+      <c r="I58" s="185">
         <v>200000</v>
       </c>
-      <c r="J58" s="262">
+      <c r="J58" s="185">
         <v>200000</v>
       </c>
-      <c r="K58" s="262">
+      <c r="K58" s="185">
         <v>200000</v>
       </c>
-      <c r="L58" s="262">
+      <c r="L58" s="185">
         <v>200000</v>
       </c>
-      <c r="M58" s="262">
+      <c r="M58" s="185">
         <v>200000</v>
       </c>
-      <c r="N58" s="262">
+      <c r="N58" s="185">
         <v>200000</v>
       </c>
-      <c r="O58" s="262">
+      <c r="O58" s="185">
         <v>200000</v>
       </c>
-      <c r="P58" s="262">
+      <c r="P58" s="185">
         <v>200000</v>
       </c>
-      <c r="Q58" s="262">
+      <c r="Q58" s="185">
         <v>200000</v>
       </c>
       <c r="R58" s="53">
         <f t="shared" si="7"/>
         <v>2400000</v>
       </c>
     </row>
     <row r="59" spans="2:18" ht="12" customHeight="1">
-      <c r="B59" s="258"/>
-[...5 lines deleted...]
-      <c r="F59" s="262">
+      <c r="B59" s="181"/>
+      <c r="C59" s="182" t="s">
+        <v>291</v>
+      </c>
+      <c r="D59" s="183"/>
+      <c r="E59" s="184"/>
+      <c r="F59" s="185">
         <v>0</v>
       </c>
-      <c r="G59" s="262">
+      <c r="G59" s="185">
         <v>0</v>
       </c>
-      <c r="H59" s="262">
+      <c r="H59" s="185">
         <v>0</v>
       </c>
-      <c r="I59" s="262">
+      <c r="I59" s="185">
         <v>0</v>
       </c>
-      <c r="J59" s="262">
+      <c r="J59" s="185">
         <v>0</v>
       </c>
-      <c r="K59" s="262">
+      <c r="K59" s="185">
         <v>0</v>
       </c>
-      <c r="L59" s="262">
+      <c r="L59" s="185">
         <v>0</v>
       </c>
-      <c r="M59" s="262">
+      <c r="M59" s="185">
         <v>0</v>
       </c>
-      <c r="N59" s="262">
+      <c r="N59" s="185">
         <v>0</v>
       </c>
-      <c r="O59" s="262">
+      <c r="O59" s="185">
         <v>0</v>
       </c>
-      <c r="P59" s="262">
+      <c r="P59" s="185">
         <v>0</v>
       </c>
-      <c r="Q59" s="262">
+      <c r="Q59" s="185">
         <v>0</v>
       </c>
       <c r="R59" s="53">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="60" spans="2:18" ht="12" customHeight="1">
-      <c r="B60" s="258"/>
-[...5 lines deleted...]
-      <c r="F60" s="262">
+      <c r="B60" s="181"/>
+      <c r="C60" s="182" t="s">
+        <v>292</v>
+      </c>
+      <c r="D60" s="183"/>
+      <c r="E60" s="184"/>
+      <c r="F60" s="185">
         <v>0</v>
       </c>
-      <c r="G60" s="262">
+      <c r="G60" s="185">
         <v>0</v>
       </c>
-      <c r="H60" s="262">
+      <c r="H60" s="185">
         <v>0</v>
       </c>
-      <c r="I60" s="262">
+      <c r="I60" s="185">
         <v>0</v>
       </c>
-      <c r="J60" s="262">
+      <c r="J60" s="185">
         <v>0</v>
       </c>
-      <c r="K60" s="262">
+      <c r="K60" s="185">
         <v>0</v>
       </c>
-      <c r="L60" s="262">
+      <c r="L60" s="185">
         <v>0</v>
       </c>
-      <c r="M60" s="262">
+      <c r="M60" s="185">
         <v>0</v>
       </c>
-      <c r="N60" s="262">
+      <c r="N60" s="185">
         <v>0</v>
       </c>
-      <c r="O60" s="262">
+      <c r="O60" s="185">
         <v>0</v>
       </c>
-      <c r="P60" s="262">
+      <c r="P60" s="185">
         <v>0</v>
       </c>
-      <c r="Q60" s="262">
+      <c r="Q60" s="185">
         <v>0</v>
       </c>
       <c r="R60" s="53">
         <f t="shared" si="7"/>
         <v>0</v>
       </c>
     </row>
     <row r="61" spans="2:18" ht="12" customHeight="1">
       <c r="B61" s="54"/>
-      <c r="C61" s="263" t="s">
-        <v>300</v>
+      <c r="C61" s="186" t="s">
+        <v>293</v>
       </c>
       <c r="D61" s="55"/>
       <c r="E61" s="22"/>
       <c r="F61" s="56">
         <v>0</v>
       </c>
       <c r="G61" s="56">
         <v>40000</v>
       </c>
       <c r="H61" s="56">
         <v>0</v>
       </c>
       <c r="I61" s="56">
         <v>0</v>
       </c>
       <c r="J61" s="56">
         <v>0</v>
       </c>
       <c r="K61" s="56">
         <v>40000</v>
       </c>
       <c r="L61" s="56">
         <v>0</v>
       </c>
       <c r="M61" s="56">
         <v>0</v>
       </c>
       <c r="N61" s="56">
         <v>0</v>
       </c>
       <c r="O61" s="56">
         <v>40000</v>
       </c>
       <c r="P61" s="56">
         <v>0</v>
       </c>
       <c r="Q61" s="56">
         <v>200000</v>
       </c>
       <c r="R61" s="57">
         <f t="shared" si="7"/>
         <v>320000</v>
       </c>
     </row>
     <row r="62" spans="2:18" ht="12" customHeight="1">
       <c r="B62" s="58"/>
       <c r="C62" s="59" t="s">
-        <v>301</v>
+        <v>294</v>
       </c>
       <c r="D62" s="60"/>
       <c r="E62" s="61"/>
       <c r="F62" s="62">
         <f>SUM(F55:F61)</f>
         <v>450000</v>
       </c>
       <c r="G62" s="62">
         <f t="shared" ref="G62:Q62" si="8">SUM(G55:G61)</f>
         <v>530000</v>
       </c>
       <c r="H62" s="62">
         <f t="shared" si="8"/>
         <v>530000</v>
       </c>
       <c r="I62" s="62">
         <f t="shared" si="8"/>
         <v>450000</v>
       </c>
       <c r="J62" s="62">
         <f t="shared" si="8"/>
         <v>450000</v>
       </c>
       <c r="K62" s="62">
         <f t="shared" si="8"/>
@@ -16486,152 +16532,152 @@
         <f t="shared" si="8"/>
         <v>450000</v>
       </c>
       <c r="N62" s="62">
         <f t="shared" si="8"/>
         <v>530000</v>
       </c>
       <c r="O62" s="62">
         <f t="shared" si="8"/>
         <v>530000</v>
       </c>
       <c r="P62" s="62">
         <f t="shared" si="8"/>
         <v>450000</v>
       </c>
       <c r="Q62" s="62">
         <f t="shared" si="8"/>
         <v>1250000</v>
       </c>
       <c r="R62" s="63">
         <f t="shared" si="7"/>
         <v>7000000</v>
       </c>
     </row>
     <row r="63" spans="2:18" ht="42.75" customHeight="1">
-      <c r="B63" s="264"/>
-[...6 lines deleted...]
-      <c r="G63" s="267" t="s">
+      <c r="B63" s="187"/>
+      <c r="C63" s="187" t="s">
+        <v>242</v>
+      </c>
+      <c r="D63" s="187"/>
+      <c r="E63" s="188"/>
+      <c r="F63" s="189"/>
+      <c r="G63" s="190" t="s">
+        <v>289</v>
+      </c>
+      <c r="H63" s="190" t="s">
+        <v>295</v>
+      </c>
+      <c r="I63" s="190"/>
+      <c r="J63" s="190"/>
+      <c r="K63" s="190" t="s">
+        <v>289</v>
+      </c>
+      <c r="L63" s="190"/>
+      <c r="M63" s="190"/>
+      <c r="N63" s="190" t="s">
+        <v>295</v>
+      </c>
+      <c r="O63" s="190" t="s">
+        <v>289</v>
+      </c>
+      <c r="P63" s="189"/>
+      <c r="Q63" s="189" t="s">
         <v>296</v>
       </c>
-      <c r="H63" s="267" t="s">
-[...19 lines deleted...]
-      <c r="R63" s="268"/>
+      <c r="R63" s="191"/>
     </row>
     <row r="64" spans="2:18" ht="12" customHeight="1">
       <c r="B64" s="9"/>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
       <c r="E64" s="4"/>
       <c r="F64" s="64"/>
       <c r="G64" s="64"/>
       <c r="H64" s="64"/>
       <c r="I64" s="64"/>
       <c r="J64" s="64"/>
       <c r="K64" s="64"/>
       <c r="L64" s="64"/>
       <c r="M64" s="64"/>
       <c r="N64" s="64"/>
       <c r="O64" s="64"/>
       <c r="P64" s="64"/>
       <c r="Q64" s="64"/>
       <c r="R64" s="64"/>
     </row>
     <row r="65" spans="2:18" ht="12" customHeight="1">
       <c r="B65" s="25" t="s">
-        <v>304</v>
+        <v>297</v>
       </c>
       <c r="C65" s="4"/>
       <c r="D65" s="4"/>
       <c r="E65" s="4"/>
       <c r="F65" s="43" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G65" s="43" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H65" s="43" t="s">
+        <v>145</v>
+      </c>
+      <c r="I65" s="43" t="s">
+        <v>146</v>
+      </c>
+      <c r="J65" s="43" t="s">
+        <v>147</v>
+      </c>
+      <c r="K65" s="43" t="s">
+        <v>148</v>
+      </c>
+      <c r="L65" s="43" t="s">
+        <v>149</v>
+      </c>
+      <c r="M65" s="43" t="s">
         <v>150</v>
       </c>
-      <c r="I65" s="43" t="s">
+      <c r="N65" s="43" t="s">
         <v>151</v>
       </c>
-      <c r="J65" s="43" t="s">
+      <c r="O65" s="43" t="s">
         <v>152</v>
       </c>
-      <c r="K65" s="43" t="s">
+      <c r="P65" s="43" t="s">
         <v>153</v>
       </c>
-      <c r="L65" s="43" t="s">
+      <c r="Q65" s="43" t="s">
         <v>154</v>
       </c>
-      <c r="M65" s="43" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R65" s="65" t="s">
-        <v>305</v>
+        <v>298</v>
       </c>
     </row>
     <row r="66" spans="2:18" ht="12" customHeight="1">
       <c r="B66" s="66"/>
       <c r="C66" s="67" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="D66" s="67"/>
       <c r="E66" s="67"/>
       <c r="F66" s="68">
         <f t="shared" ref="F66:R66" si="9">F62-F51</f>
         <v>47000</v>
       </c>
       <c r="G66" s="68">
         <f t="shared" si="9"/>
         <v>116000</v>
       </c>
       <c r="H66" s="68">
         <f t="shared" si="9"/>
         <v>121000</v>
       </c>
       <c r="I66" s="68">
         <f t="shared" si="9"/>
         <v>36000</v>
       </c>
       <c r="J66" s="68">
         <f t="shared" si="9"/>
         <v>41000</v>
       </c>
       <c r="K66" s="68">
         <f t="shared" si="9"/>
@@ -16647,51 +16693,51 @@
       </c>
       <c r="N66" s="68">
         <f t="shared" si="9"/>
         <v>76000</v>
       </c>
       <c r="O66" s="68">
         <f t="shared" si="9"/>
         <v>146000</v>
       </c>
       <c r="P66" s="68">
         <f t="shared" si="9"/>
         <v>-34000</v>
       </c>
       <c r="Q66" s="68">
         <f t="shared" si="9"/>
         <v>641000</v>
       </c>
       <c r="R66" s="68">
         <f t="shared" si="9"/>
         <v>1498000</v>
       </c>
     </row>
     <row r="67" spans="2:18" ht="12" customHeight="1">
       <c r="B67" s="66"/>
       <c r="C67" s="67" t="s">
-        <v>307</v>
+        <v>300</v>
       </c>
       <c r="D67" s="67"/>
       <c r="E67" s="67"/>
       <c r="F67" s="68">
         <f>D78+F66</f>
         <v>4147000</v>
       </c>
       <c r="G67" s="68">
         <f>F67+G66</f>
         <v>4263000</v>
       </c>
       <c r="H67" s="68">
         <f t="shared" ref="H67:Q67" si="10">G67+H66</f>
         <v>4384000</v>
       </c>
       <c r="I67" s="68">
         <f t="shared" si="10"/>
         <v>4420000</v>
       </c>
       <c r="J67" s="68">
         <f t="shared" si="10"/>
         <v>4461000</v>
       </c>
       <c r="K67" s="68">
         <f t="shared" si="10"/>
@@ -16700,305 +16746,305 @@
       <c r="L67" s="68">
         <f t="shared" si="10"/>
         <v>4703000</v>
       </c>
       <c r="M67" s="68">
         <f t="shared" si="10"/>
         <v>4769000</v>
       </c>
       <c r="N67" s="68">
         <f t="shared" si="10"/>
         <v>4845000</v>
       </c>
       <c r="O67" s="68">
         <f t="shared" si="10"/>
         <v>4991000</v>
       </c>
       <c r="P67" s="68">
         <f t="shared" si="10"/>
         <v>4957000</v>
       </c>
       <c r="Q67" s="69">
         <f t="shared" si="10"/>
         <v>5598000</v>
       </c>
       <c r="R67" s="66" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="68" spans="2:18" ht="12" customHeight="1">
       <c r="B68" s="9"/>
       <c r="C68" s="4"/>
       <c r="D68" s="4"/>
       <c r="E68" s="4"/>
       <c r="F68" s="4"/>
       <c r="G68" s="4"/>
       <c r="H68" s="4"/>
       <c r="I68" s="4"/>
       <c r="J68" s="4"/>
       <c r="K68" s="4"/>
       <c r="L68" s="4"/>
       <c r="M68" s="4"/>
       <c r="N68" s="4"/>
       <c r="O68" s="4"/>
       <c r="P68" s="4"/>
       <c r="Q68" s="4"/>
       <c r="R68" s="4"/>
     </row>
     <row r="69" spans="2:18" ht="12" customHeight="1">
       <c r="B69" s="25" t="s">
-        <v>309</v>
+        <v>302</v>
       </c>
       <c r="C69" s="4"/>
       <c r="D69" s="9" t="s">
-        <v>310</v>
+        <v>303</v>
       </c>
       <c r="E69" s="4"/>
       <c r="F69" s="43" t="s">
-        <v>253</v>
+        <v>246</v>
       </c>
       <c r="G69" s="43" t="s">
-        <v>254</v>
+        <v>247</v>
       </c>
       <c r="H69" s="43" t="s">
+        <v>145</v>
+      </c>
+      <c r="I69" s="43" t="s">
+        <v>146</v>
+      </c>
+      <c r="J69" s="43" t="s">
+        <v>147</v>
+      </c>
+      <c r="K69" s="43" t="s">
+        <v>148</v>
+      </c>
+      <c r="L69" s="43" t="s">
+        <v>149</v>
+      </c>
+      <c r="M69" s="43" t="s">
         <v>150</v>
       </c>
-      <c r="I69" s="43" t="s">
+      <c r="N69" s="43" t="s">
         <v>151</v>
       </c>
-      <c r="J69" s="43" t="s">
+      <c r="O69" s="43" t="s">
         <v>152</v>
       </c>
-      <c r="K69" s="43" t="s">
+      <c r="P69" s="43" t="s">
         <v>153</v>
       </c>
-      <c r="L69" s="43" t="s">
+      <c r="Q69" s="43" t="s">
         <v>154</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="R69" s="4"/>
     </row>
     <row r="70" spans="2:18" ht="12" customHeight="1">
       <c r="B70" s="70"/>
       <c r="C70" s="71" t="s">
-        <v>311</v>
+        <v>304</v>
       </c>
       <c r="D70" s="72">
         <v>2000000</v>
       </c>
       <c r="E70" s="47"/>
       <c r="F70" s="47"/>
       <c r="G70" s="47"/>
       <c r="H70" s="47"/>
       <c r="I70" s="47"/>
       <c r="J70" s="47"/>
       <c r="K70" s="47"/>
       <c r="L70" s="47"/>
       <c r="M70" s="47"/>
       <c r="N70" s="47"/>
       <c r="O70" s="47"/>
       <c r="P70" s="47"/>
       <c r="Q70" s="47"/>
       <c r="R70" s="38" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="71" spans="2:18" ht="12" customHeight="1">
       <c r="B71" s="14"/>
       <c r="C71" s="73" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="D71" s="74">
         <v>200000</v>
       </c>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15"/>
       <c r="L71" s="15"/>
       <c r="M71" s="15"/>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
       <c r="R71" s="39" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="72" spans="2:18" ht="12" customHeight="1">
       <c r="B72" s="14"/>
       <c r="C72" s="73" t="s">
-        <v>313</v>
+        <v>306</v>
       </c>
       <c r="D72" s="74">
         <v>300000</v>
       </c>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15"/>
       <c r="L72" s="15"/>
       <c r="M72" s="15"/>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
       <c r="R72" s="39" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="73" spans="2:18" ht="12" customHeight="1">
       <c r="B73" s="14"/>
       <c r="C73" s="73" t="s">
-        <v>312</v>
+        <v>305</v>
       </c>
       <c r="D73" s="74">
         <v>100000</v>
       </c>
       <c r="E73" s="15"/>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15"/>
       <c r="L73" s="15"/>
       <c r="M73" s="15"/>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
       <c r="R73" s="39" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="74" spans="2:18" ht="12" customHeight="1">
       <c r="B74" s="14"/>
       <c r="C74" s="73" t="s">
-        <v>314</v>
+        <v>307</v>
       </c>
       <c r="D74" s="75">
         <v>1500000</v>
       </c>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
       <c r="R74" s="39" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="75" spans="2:18" ht="12" customHeight="1">
       <c r="B75" s="14"/>
       <c r="C75" s="73"/>
       <c r="D75" s="75"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
       <c r="R75" s="39" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="76" spans="2:18" ht="12" customHeight="1">
       <c r="B76" s="14"/>
       <c r="C76" s="73"/>
       <c r="D76" s="75"/>
       <c r="E76" s="15"/>
       <c r="F76" s="15"/>
       <c r="G76" s="15"/>
       <c r="H76" s="15"/>
       <c r="I76" s="15"/>
       <c r="J76" s="15"/>
       <c r="K76" s="15"/>
       <c r="L76" s="15"/>
       <c r="M76" s="15"/>
       <c r="N76" s="15"/>
       <c r="O76" s="15"/>
       <c r="P76" s="15"/>
       <c r="Q76" s="15"/>
       <c r="R76" s="39" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="77" spans="2:18" ht="12" customHeight="1">
       <c r="B77" s="21"/>
       <c r="C77" s="76"/>
       <c r="D77" s="77"/>
       <c r="E77" s="22"/>
       <c r="F77" s="22"/>
       <c r="G77" s="22"/>
       <c r="H77" s="22"/>
       <c r="I77" s="22"/>
       <c r="J77" s="22"/>
       <c r="K77" s="22"/>
       <c r="L77" s="22"/>
       <c r="M77" s="22"/>
       <c r="N77" s="22"/>
       <c r="O77" s="22"/>
       <c r="P77" s="22"/>
       <c r="Q77" s="22"/>
       <c r="R77" s="40" t="s">
-        <v>308</v>
+        <v>301</v>
       </c>
     </row>
     <row r="78" spans="2:18" ht="12" customHeight="1">
       <c r="B78" s="9"/>
       <c r="C78" s="4"/>
       <c r="D78" s="78">
         <f>SUM(D70:D77)</f>
         <v>4100000</v>
       </c>
       <c r="E78" s="4"/>
       <c r="F78" s="4">
         <f>SUM(F70:F77)</f>
         <v>0</v>
       </c>
       <c r="G78" s="4">
         <f t="shared" ref="G78:Q78" si="11">SUM(G70:G77)</f>
         <v>0</v>
       </c>
       <c r="H78" s="4">
         <f t="shared" si="11"/>
         <v>0</v>
       </c>
       <c r="I78" s="4">
         <f t="shared" si="11"/>
         <v>0</v>
@@ -17036,51 +17082,51 @@
         <v>0</v>
       </c>
       <c r="R78" s="4"/>
     </row>
     <row r="79" spans="2:18" ht="12" customHeight="1">
       <c r="B79" s="9"/>
       <c r="C79" s="4"/>
       <c r="D79" s="78"/>
       <c r="E79" s="4"/>
       <c r="F79" s="4"/>
       <c r="G79" s="4"/>
       <c r="H79" s="4"/>
       <c r="I79" s="4"/>
       <c r="J79" s="4"/>
       <c r="K79" s="4"/>
       <c r="L79" s="4"/>
       <c r="M79" s="4"/>
       <c r="N79" s="4"/>
       <c r="O79" s="4"/>
       <c r="P79" s="4"/>
       <c r="Q79" s="4"/>
       <c r="R79" s="4"/>
     </row>
     <row r="80" spans="2:18" ht="12" customHeight="1">
       <c r="B80" s="79" t="s">
-        <v>315</v>
+        <v>308</v>
       </c>
       <c r="C80" s="80"/>
       <c r="D80" s="80"/>
       <c r="E80" s="80"/>
       <c r="F80" s="81" t="str">
         <f>IF(F78=0,"",F67-F78)</f>
         <v/>
       </c>
       <c r="G80" s="81" t="str">
         <f>IF(G78=0,"",G67-G78)</f>
         <v/>
       </c>
       <c r="H80" s="81" t="str">
         <f t="shared" ref="H80:Q80" si="12">IF(H78=0,"",H67-H78)</f>
         <v/>
       </c>
       <c r="I80" s="81" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="J80" s="81" t="str">
         <f t="shared" si="12"/>
         <v/>
       </c>
       <c r="K80" s="81" t="str">
@@ -17112,804 +17158,804 @@
         <v/>
       </c>
       <c r="R80" s="80"/>
     </row>
     <row r="81" spans="2:18" ht="12" customHeight="1">
       <c r="B81" s="9"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
       <c r="I81" s="4"/>
       <c r="J81" s="4"/>
       <c r="K81" s="4"/>
       <c r="L81" s="4"/>
       <c r="M81" s="4"/>
       <c r="N81" s="4"/>
       <c r="O81" s="4"/>
       <c r="P81" s="4"/>
       <c r="Q81" s="4"/>
       <c r="R81" s="4"/>
     </row>
     <row r="82" spans="2:18" ht="12" customHeight="1">
       <c r="B82" s="25" t="s">
-        <v>316</v>
+        <v>309</v>
       </c>
       <c r="C82" s="4"/>
       <c r="D82" s="4"/>
       <c r="E82" s="4"/>
       <c r="F82" s="4"/>
       <c r="G82" s="4"/>
       <c r="H82" s="4" t="s">
-        <v>317</v>
+        <v>310</v>
       </c>
       <c r="J82" s="4"/>
       <c r="K82" s="4"/>
       <c r="L82" s="4"/>
       <c r="M82" s="4"/>
       <c r="N82" s="4"/>
       <c r="O82" s="4"/>
       <c r="P82" s="4"/>
       <c r="Q82" s="4"/>
       <c r="R82" s="4"/>
     </row>
     <row r="83" spans="2:18" ht="21">
-      <c r="B83" s="269"/>
-      <c r="C83" s="270"/>
+      <c r="B83" s="192"/>
+      <c r="C83" s="193"/>
       <c r="D83" s="70" t="s">
-        <v>318</v>
-[...2 lines deleted...]
-        <v>319</v>
+        <v>311</v>
+      </c>
+      <c r="E83" s="194" t="s">
+        <v>312</v>
       </c>
       <c r="F83" s="70" t="s">
-        <v>320</v>
+        <v>313</v>
       </c>
       <c r="G83" s="161"/>
       <c r="H83" s="157"/>
       <c r="I83" s="158"/>
       <c r="J83" s="158"/>
       <c r="K83" s="158"/>
       <c r="L83" s="158"/>
       <c r="M83" s="158"/>
       <c r="N83" s="158"/>
       <c r="O83" s="158"/>
       <c r="P83" s="158"/>
       <c r="Q83" s="158"/>
       <c r="R83" s="159"/>
     </row>
     <row r="84" spans="2:18" ht="12" customHeight="1">
-      <c r="B84" s="272">
+      <c r="B84" s="195">
         <v>1</v>
       </c>
-      <c r="C84" s="273" t="s">
-[...2 lines deleted...]
-      <c r="D84" s="274">
+      <c r="C84" s="196" t="s">
+        <v>314</v>
+      </c>
+      <c r="D84" s="197">
         <v>300000</v>
       </c>
-      <c r="E84" s="274">
+      <c r="E84" s="197">
         <v>600000</v>
       </c>
-      <c r="F84" s="274">
+      <c r="F84" s="197">
         <f>E84-D84</f>
         <v>300000</v>
       </c>
       <c r="G84" s="161"/>
       <c r="H84" s="160"/>
       <c r="I84" s="161"/>
       <c r="J84" s="161"/>
       <c r="K84" s="161"/>
       <c r="L84" s="161"/>
       <c r="M84" s="161"/>
       <c r="N84" s="161"/>
       <c r="O84" s="161"/>
       <c r="P84" s="161"/>
       <c r="Q84" s="161"/>
       <c r="R84" s="162"/>
     </row>
     <row r="85" spans="2:18" ht="12" customHeight="1">
-      <c r="B85" s="275">
+      <c r="B85" s="198">
         <v>2</v>
       </c>
-      <c r="C85" s="273" t="s">
-[...2 lines deleted...]
-      <c r="D85" s="274">
+      <c r="C85" s="196" t="s">
+        <v>315</v>
+      </c>
+      <c r="D85" s="197">
         <v>300000</v>
       </c>
-      <c r="E85" s="274">
+      <c r="E85" s="197">
         <v>600000</v>
       </c>
-      <c r="F85" s="274">
+      <c r="F85" s="197">
         <f>E85-D85</f>
         <v>300000</v>
       </c>
       <c r="G85" s="161"/>
       <c r="H85" s="160"/>
       <c r="I85" s="161"/>
       <c r="J85" s="161"/>
       <c r="K85" s="161"/>
       <c r="L85" s="161"/>
       <c r="M85" s="161"/>
       <c r="N85" s="161"/>
       <c r="O85" s="161"/>
       <c r="P85" s="161"/>
       <c r="Q85" s="161"/>
       <c r="R85" s="162"/>
     </row>
     <row r="86" spans="2:18" ht="12" customHeight="1">
-      <c r="B86" s="275">
+      <c r="B86" s="198">
         <v>3</v>
       </c>
-      <c r="C86" s="273" t="s">
-[...2 lines deleted...]
-      <c r="D86" s="274">
+      <c r="C86" s="196" t="s">
+        <v>316</v>
+      </c>
+      <c r="D86" s="197">
         <v>0</v>
       </c>
-      <c r="E86" s="274">
+      <c r="E86" s="197">
         <v>0</v>
       </c>
-      <c r="F86" s="274">
+      <c r="F86" s="197">
         <f>E86-D86</f>
         <v>0</v>
       </c>
       <c r="G86" s="161"/>
       <c r="H86" s="160"/>
       <c r="I86" s="161"/>
       <c r="J86" s="161"/>
       <c r="K86" s="161"/>
       <c r="L86" s="161"/>
       <c r="M86" s="161"/>
       <c r="N86" s="161"/>
       <c r="O86" s="161"/>
       <c r="P86" s="161"/>
       <c r="Q86" s="161"/>
       <c r="R86" s="162"/>
     </row>
     <row r="87" spans="2:18" ht="12" customHeight="1">
-      <c r="B87" s="275">
+      <c r="B87" s="198">
         <v>4</v>
       </c>
-      <c r="C87" s="273"/>
-[...2 lines deleted...]
-      <c r="F87" s="274">
+      <c r="C87" s="196"/>
+      <c r="D87" s="197"/>
+      <c r="E87" s="197"/>
+      <c r="F87" s="197">
         <f>E87-D87</f>
         <v>0</v>
       </c>
       <c r="G87" s="161"/>
       <c r="H87" s="160"/>
       <c r="I87" s="161"/>
       <c r="J87" s="161"/>
       <c r="K87" s="161"/>
       <c r="L87" s="161"/>
       <c r="M87" s="161"/>
       <c r="N87" s="161"/>
       <c r="O87" s="161"/>
       <c r="P87" s="161"/>
       <c r="Q87" s="161"/>
       <c r="R87" s="162"/>
     </row>
     <row r="88" spans="2:18" ht="12" customHeight="1">
-      <c r="B88" s="276">
+      <c r="B88" s="199">
         <v>5</v>
       </c>
-      <c r="C88" s="277"/>
-[...2 lines deleted...]
-      <c r="F88" s="278">
+      <c r="C88" s="200"/>
+      <c r="D88" s="201"/>
+      <c r="E88" s="201"/>
+      <c r="F88" s="201">
         <f>E88-D88</f>
         <v>0</v>
       </c>
       <c r="G88" s="161"/>
       <c r="H88" s="160"/>
       <c r="I88" s="161"/>
       <c r="J88" s="161"/>
       <c r="K88" s="161"/>
       <c r="L88" s="161"/>
       <c r="M88" s="161"/>
       <c r="N88" s="161"/>
       <c r="O88" s="161"/>
       <c r="P88" s="161"/>
       <c r="Q88" s="161"/>
       <c r="R88" s="162"/>
     </row>
     <row r="89" spans="2:18" ht="12" customHeight="1">
       <c r="B89" s="161"/>
       <c r="C89" s="161" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="D89" s="279">
+        <v>317</v>
+      </c>
+      <c r="D89" s="202">
         <f>SUM(D84:D88)</f>
         <v>600000</v>
       </c>
-      <c r="E89" s="279">
+      <c r="E89" s="202">
         <f>SUM(E84:E88)</f>
         <v>1200000</v>
       </c>
-      <c r="F89" s="279">
+      <c r="F89" s="202">
         <f>SUM(F84:F88)</f>
         <v>600000</v>
       </c>
       <c r="G89" s="161"/>
       <c r="H89" s="163"/>
       <c r="I89" s="164"/>
       <c r="J89" s="164"/>
       <c r="K89" s="164"/>
       <c r="L89" s="164"/>
       <c r="M89" s="164"/>
       <c r="N89" s="164"/>
       <c r="O89" s="164"/>
       <c r="P89" s="164"/>
       <c r="Q89" s="164"/>
       <c r="R89" s="165"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="Q1:R1"/>
+    <mergeCell ref="B34:C34"/>
+    <mergeCell ref="B35:C35"/>
+    <mergeCell ref="B36:C36"/>
+    <mergeCell ref="B37:C37"/>
     <mergeCell ref="B38:C38"/>
     <mergeCell ref="B39:C39"/>
     <mergeCell ref="B40:C40"/>
     <mergeCell ref="B41:C41"/>
     <mergeCell ref="B1:C1"/>
-    <mergeCell ref="Q1:R1"/>
-[...3 lines deleted...]
-    <mergeCell ref="B37:C37"/>
   </mergeCells>
   <phoneticPr fontId="32"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D3:D30" xr:uid="{076862F4-F6F6-4000-B765-C267FB7A3E8F}">
       <formula1>$B$34:$B$41</formula1>
     </dataValidation>
   </dataValidations>
   <printOptions horizontalCentered="1"/>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="95" fitToHeight="2" orientation="landscape" r:id="rId1"/>
   <rowBreaks count="1" manualBreakCount="1">
     <brk id="51" max="16383" man="1"/>
   </rowBreaks>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B2:O37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="1.875" style="86" customWidth="1"/>
     <col min="2" max="2" width="16.75" style="86" customWidth="1"/>
     <col min="3" max="3" width="9" style="86"/>
     <col min="4" max="4" width="5.625" style="86" customWidth="1"/>
     <col min="5" max="5" width="7.375" style="88" customWidth="1"/>
     <col min="6" max="6" width="5.875" style="86" customWidth="1"/>
     <col min="7" max="9" width="9" style="86"/>
     <col min="10" max="10" width="5.875" style="86" customWidth="1"/>
     <col min="11" max="16384" width="9" style="86"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="14.25">
       <c r="B2" s="87" t="s">
-        <v>220</v>
+        <v>215</v>
       </c>
     </row>
     <row r="3" spans="2:15">
       <c r="B3" s="86" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
     </row>
     <row r="4" spans="2:15">
       <c r="C4" s="129"/>
       <c r="D4" s="86" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="5" spans="2:15">
       <c r="G5" s="89" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="K5" s="86" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="L5" s="86" t="s">
-        <v>175</v>
+        <v>170</v>
       </c>
     </row>
     <row r="6" spans="2:15">
       <c r="B6" s="90" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="C6" s="125">
         <v>600</v>
       </c>
       <c r="D6" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E6" s="88" t="s">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="G6" s="91" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="H6" s="92" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="I6" s="93" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="K6" s="94">
         <v>0</v>
       </c>
       <c r="L6" s="95">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="2:15">
       <c r="B7" s="96" t="s">
-        <v>181</v>
+        <v>176</v>
       </c>
       <c r="C7" s="126" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="G7" s="97">
         <v>0</v>
       </c>
       <c r="H7" s="98">
         <v>0.4</v>
       </c>
       <c r="I7" s="99">
         <v>-10</v>
       </c>
       <c r="K7" s="100">
         <v>1096</v>
       </c>
       <c r="L7" s="99">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="2:15">
       <c r="B8" s="96" t="s">
-        <v>182</v>
+        <v>177</v>
       </c>
       <c r="C8" s="127">
         <v>200</v>
       </c>
       <c r="D8" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G8" s="97">
         <v>181</v>
       </c>
       <c r="H8" s="98">
         <v>0.3</v>
       </c>
       <c r="I8" s="99">
         <v>8</v>
       </c>
       <c r="K8" s="100">
         <v>1146</v>
       </c>
       <c r="L8" s="99">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="2:15">
       <c r="B9" s="96" t="s">
-        <v>183</v>
+        <v>178</v>
       </c>
       <c r="C9" s="127">
         <v>0</v>
       </c>
       <c r="D9" s="86" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="G9" s="97">
         <v>361</v>
       </c>
       <c r="H9" s="98">
         <v>0.2</v>
       </c>
       <c r="I9" s="99">
         <v>44</v>
       </c>
       <c r="K9" s="101">
         <v>1196</v>
       </c>
       <c r="L9" s="102">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="2:15">
       <c r="B10" s="96" t="s">
-        <v>185</v>
+        <v>180</v>
       </c>
       <c r="C10" s="127">
         <v>0</v>
       </c>
       <c r="D10" s="86" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="G10" s="97">
         <v>661</v>
       </c>
       <c r="H10" s="98">
         <v>0.1</v>
       </c>
       <c r="I10" s="99">
         <v>110</v>
       </c>
     </row>
     <row r="11" spans="2:15">
       <c r="B11" s="96" t="s">
-        <v>186</v>
+        <v>181</v>
       </c>
       <c r="C11" s="127">
         <v>0</v>
       </c>
       <c r="D11" s="86" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="G11" s="103">
         <v>851</v>
       </c>
       <c r="H11" s="104">
         <v>0</v>
       </c>
       <c r="I11" s="102">
         <v>195</v>
       </c>
       <c r="K11" s="86" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
     </row>
     <row r="12" spans="2:15">
       <c r="B12" s="96" t="s">
-        <v>188</v>
+        <v>183</v>
       </c>
       <c r="C12" s="127">
         <v>0</v>
       </c>
       <c r="D12" s="86" t="s">
-        <v>184</v>
+        <v>179</v>
       </c>
       <c r="K12" s="91"/>
-      <c r="L12" s="248" t="s">
-[...4 lines deleted...]
-      <c r="O12" s="249"/>
+      <c r="L12" s="278" t="s">
+        <v>169</v>
+      </c>
+      <c r="M12" s="278"/>
+      <c r="N12" s="278"/>
+      <c r="O12" s="279"/>
     </row>
     <row r="13" spans="2:15">
       <c r="K13" s="105" t="s">
-        <v>189</v>
+        <v>184</v>
       </c>
       <c r="L13" s="106">
         <v>0</v>
       </c>
       <c r="M13" s="107">
         <v>1096</v>
       </c>
       <c r="N13" s="107">
         <v>1146</v>
       </c>
       <c r="O13" s="108">
         <v>1196</v>
       </c>
     </row>
     <row r="14" spans="2:15">
       <c r="B14" s="90" t="s">
-        <v>190</v>
+        <v>185</v>
       </c>
       <c r="C14" s="90">
         <f>IF(C6*VLOOKUP(C6,G7:I11,2,TRUE)+VLOOKUP(C6,G7:I11,3,TRUE)&lt;55,55,C6*VLOOKUP(C6,G7:I11,2,TRUE)+VLOOKUP(C6,G7:I11,3,TRUE))</f>
         <v>164</v>
       </c>
       <c r="D14" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E14" s="109"/>
       <c r="K14" s="110">
         <v>0</v>
       </c>
       <c r="L14" s="111">
         <v>38</v>
       </c>
       <c r="M14" s="111">
         <v>26</v>
       </c>
       <c r="N14" s="111">
         <v>13</v>
       </c>
       <c r="O14" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:15">
       <c r="B15" s="96" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="C15" s="112">
         <f>C6*15%</f>
         <v>90</v>
       </c>
       <c r="D15" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E15" s="109" t="s">
-        <v>192</v>
+        <v>187</v>
       </c>
       <c r="K15" s="113">
         <v>151</v>
       </c>
       <c r="L15" s="111">
         <v>36</v>
       </c>
       <c r="M15" s="111">
         <v>24</v>
       </c>
       <c r="N15" s="111">
         <v>12</v>
       </c>
       <c r="O15" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:15">
       <c r="B16" s="96" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
       <c r="C16" s="96">
         <f>VLOOKUP(C6,G30:H33,2,TRUE)</f>
         <v>48</v>
       </c>
       <c r="D16" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G16" s="89" t="s">
-        <v>194</v>
+        <v>189</v>
       </c>
       <c r="K16" s="113">
         <v>156</v>
       </c>
       <c r="L16" s="111">
         <v>31</v>
       </c>
       <c r="M16" s="111">
         <v>21</v>
       </c>
       <c r="N16" s="111">
         <v>11</v>
       </c>
       <c r="O16" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:15">
       <c r="B17" s="96" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="C17" s="96">
         <f>IF(C7="あり",VLOOKUP(C8,K14:O23,VLOOKUP(C6,K6:L9,2,TRUE),TRUE),0)</f>
         <v>0</v>
       </c>
       <c r="D17" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G17" s="91" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="H17" s="92" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="I17" s="93" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
       <c r="K17" s="113">
         <v>161</v>
       </c>
       <c r="L17" s="111">
         <v>26</v>
       </c>
       <c r="M17" s="111">
         <v>18</v>
       </c>
       <c r="N17" s="111">
         <v>9</v>
       </c>
       <c r="O17" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="18" spans="2:15">
       <c r="B18" s="96" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C18" s="96">
         <f>C9*38+C10*63+C11*48+C12*58</f>
         <v>0</v>
       </c>
       <c r="D18" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G18" s="97">
         <v>0</v>
       </c>
       <c r="H18" s="114">
         <v>0.05</v>
       </c>
       <c r="I18" s="99">
         <v>0</v>
       </c>
       <c r="K18" s="113">
         <v>166</v>
       </c>
       <c r="L18" s="111">
         <v>21</v>
       </c>
       <c r="M18" s="111">
         <v>14</v>
       </c>
       <c r="N18" s="111">
         <v>7</v>
       </c>
       <c r="O18" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="19" spans="2:15">
       <c r="B19" s="96" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="C19" s="127">
         <v>5</v>
       </c>
       <c r="D19" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G19" s="97">
         <v>196</v>
       </c>
       <c r="H19" s="114">
         <v>0.1</v>
       </c>
       <c r="I19" s="99">
         <v>-9.75</v>
       </c>
       <c r="K19" s="113">
         <v>175</v>
       </c>
       <c r="L19" s="111">
         <v>16</v>
       </c>
       <c r="M19" s="111">
         <v>11</v>
       </c>
       <c r="N19" s="111">
         <v>6</v>
       </c>
       <c r="O19" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="20" spans="2:15">
       <c r="B20" s="96" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="C20" s="127">
         <v>0</v>
       </c>
       <c r="D20" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G20" s="97">
         <v>331</v>
       </c>
       <c r="H20" s="114">
         <v>0.2</v>
       </c>
       <c r="I20" s="99">
         <v>-42.75</v>
       </c>
       <c r="K20" s="113">
         <v>183</v>
       </c>
       <c r="L20" s="111">
         <v>11</v>
       </c>
       <c r="M20" s="111">
         <v>8</v>
       </c>
       <c r="N20" s="111">
         <v>4</v>
       </c>
       <c r="O20" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="21" spans="2:15">
       <c r="B21" s="115" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C21" s="128">
         <v>0</v>
       </c>
       <c r="D21" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="G21" s="97">
         <v>696</v>
       </c>
       <c r="H21" s="114">
         <v>0.23</v>
       </c>
       <c r="I21" s="99">
         <v>-63.6</v>
       </c>
       <c r="K21" s="113">
         <v>190</v>
       </c>
       <c r="L21" s="111">
         <v>6</v>
       </c>
       <c r="M21" s="111">
         <v>4</v>
       </c>
       <c r="N21" s="111">
         <v>2</v>
       </c>
       <c r="O21" s="99">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:15">
       <c r="B22" s="86" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
       <c r="C22" s="116">
         <f>SUM(C14:C21)</f>
         <v>307</v>
       </c>
       <c r="D22" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E22" s="88" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="G22" s="97">
         <v>901</v>
       </c>
       <c r="H22" s="114">
         <v>0.33</v>
       </c>
       <c r="I22" s="99">
         <v>-153.6</v>
       </c>
       <c r="K22" s="113">
         <v>197</v>
       </c>
       <c r="L22" s="111">
         <v>3</v>
       </c>
       <c r="M22" s="111">
         <v>2</v>
       </c>
       <c r="N22" s="111">
         <v>1</v>
       </c>
       <c r="O22" s="99">
         <v>0</v>
       </c>
@@ -17920,216 +17966,216 @@
       </c>
       <c r="H23" s="114">
         <v>0.4</v>
       </c>
       <c r="I23" s="99">
         <v>-279.60000000000002</v>
       </c>
       <c r="K23" s="117">
         <v>201</v>
       </c>
       <c r="L23" s="118">
         <v>0</v>
       </c>
       <c r="M23" s="118">
         <v>0</v>
       </c>
       <c r="N23" s="118">
         <v>0</v>
       </c>
       <c r="O23" s="102">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:15">
       <c r="B24" s="90" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C24" s="125">
         <v>0</v>
       </c>
       <c r="D24" s="86" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G24" s="103">
         <v>4001</v>
       </c>
       <c r="H24" s="119">
         <v>0.45</v>
       </c>
       <c r="I24" s="102">
         <v>-479.6</v>
       </c>
     </row>
     <row r="26" spans="2:15">
       <c r="B26" s="90" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C26" s="90">
         <f>IF(C6-C22&gt;0,C6-C22,0)</f>
         <v>293</v>
       </c>
       <c r="D26" s="86" t="s">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="E26" s="88" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
     </row>
     <row r="27" spans="2:15">
       <c r="B27" s="96" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="C27" s="112">
         <f>C26*(VLOOKUP(C26,G18:I24,2,TRUE))+VLOOKUP(C26,G18:I24,3,TRUE)</f>
         <v>19.55</v>
       </c>
       <c r="D27" s="86" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
     </row>
     <row r="28" spans="2:15">
       <c r="B28" s="96" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="C28" s="112">
         <f>IF(C26*10%&gt;0,C26*10%,0)+1-C24+0.2</f>
         <v>30.5</v>
       </c>
       <c r="D28" s="86" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="G28" s="89" t="s">
-        <v>193</v>
+        <v>188</v>
       </c>
     </row>
     <row r="29" spans="2:15">
       <c r="B29" s="96" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C29" s="112">
         <f>SUM(C27:C28)</f>
         <v>50.05</v>
       </c>
       <c r="D29" s="86" t="s">
+        <v>199</v>
+      </c>
+      <c r="E29" s="88" t="s">
         <v>204</v>
       </c>
-      <c r="E29" s="88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G29" s="91" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="H29" s="93" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
     </row>
     <row r="30" spans="2:15">
       <c r="B30" s="90" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C30" s="120">
         <f>C29/C6*100</f>
         <v>8.3416666666666668</v>
       </c>
       <c r="D30" s="86" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="G30" s="121">
         <v>0</v>
       </c>
       <c r="H30" s="99">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="2:15">
       <c r="B31" s="122" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="C31" s="123">
         <f>C6-C15-C29</f>
         <v>459.95</v>
       </c>
       <c r="D31" s="86" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="E31" s="88" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
       <c r="G31" s="121">
         <v>2596</v>
       </c>
       <c r="H31" s="99">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="2:15">
       <c r="B32" s="86" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="C32" s="116">
         <f>C31/C6*100</f>
         <v>76.658333333333331</v>
       </c>
       <c r="D32" s="86" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="G32" s="121">
         <v>2646</v>
       </c>
       <c r="H32" s="99">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="2:8">
       <c r="G33" s="124">
         <v>2696</v>
       </c>
       <c r="H33" s="102">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:8">
       <c r="B34" s="86" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="G34" s="89"/>
     </row>
     <row r="35" spans="2:8">
       <c r="B35" s="86" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
       <c r="G35" s="89"/>
     </row>
     <row r="36" spans="2:8">
       <c r="B36" s="86" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
     </row>
     <row r="37" spans="2:8">
       <c r="B37" s="86" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="L12:O12"/>
   </mergeCells>
   <phoneticPr fontId="10"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C7" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"あり,なし"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">