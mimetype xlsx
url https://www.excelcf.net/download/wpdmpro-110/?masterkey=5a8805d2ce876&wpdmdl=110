--- v1 (2026-01-29)
+++ v2 (2026-03-15)
@@ -1,507 +1,487 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/comments3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/comments4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28129"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\suenaga\Desktop\excelcf\コンサル\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\SS186-088\Desktop\excelcf\コンサル\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{91E867FC-DB6F-4CB1-8623-911075FE9AFB}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C558FD12-95F2-4485-9902-6082473F162F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="1905" yWindow="135" windowWidth="20025" windowHeight="15375" tabRatio="843" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" tabRatio="843" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ヒアリングシート（入力必須）" sheetId="29" r:id="rId1"/>
     <sheet name="保険一覧（できれば入力）" sheetId="30" r:id="rId2"/>
-    <sheet name="年間収支（できれば入力）" sheetId="33" r:id="rId3"/>
+    <sheet name="年間収支（できれば入力）" sheetId="31" r:id="rId3"/>
     <sheet name="手取額計算" sheetId="32" r:id="rId4"/>
   </sheets>
-  <externalReferences>
-[...2 lines deleted...]
-  </externalReferences>
   <definedNames>
-    <definedName name="age" localSheetId="2">OFFSET([1]CF表!$D$3,0,0,1,COUNTA([1]CF表!$D$3:$BX$3))</definedName>
-[...6 lines deleted...]
-    <definedName name="nomal">OFFSET([2]CF表!$D$31,0,0,1,COUNTA([2]CF表!$D$31:$BX$31))</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'ヒアリングシート（入力必須）'!$B:$V</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">'保険一覧（できれば入力）'!$B$4:$K$63</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="W11" i="29" l="1"/>
-[...315 lines deleted...]
-  <c r="N24" i="29"/>
+  <c r="N24" i="29" l="1"/>
   <c r="K24" i="29"/>
-  <c r="I66" i="33" l="1"/>
-[...18 lines deleted...]
-  <c r="F34" i="29"/>
+  <c r="H45" i="31"/>
+  <c r="I45" i="31"/>
+  <c r="J45" i="31"/>
+  <c r="K45" i="31"/>
+  <c r="L45" i="31"/>
+  <c r="M45" i="31"/>
+  <c r="N45" i="31"/>
+  <c r="O45" i="31"/>
+  <c r="P45" i="31"/>
+  <c r="Q45" i="31"/>
+  <c r="H46" i="31"/>
+  <c r="I46" i="31"/>
+  <c r="J46" i="31"/>
+  <c r="K46" i="31"/>
+  <c r="L46" i="31"/>
+  <c r="M46" i="31"/>
+  <c r="N46" i="31"/>
+  <c r="O46" i="31"/>
+  <c r="P46" i="31"/>
+  <c r="Q46" i="31"/>
+  <c r="H47" i="31"/>
+  <c r="I47" i="31"/>
+  <c r="J47" i="31"/>
+  <c r="K47" i="31"/>
+  <c r="L47" i="31"/>
+  <c r="M47" i="31"/>
+  <c r="N47" i="31"/>
+  <c r="O47" i="31"/>
+  <c r="P47" i="31"/>
+  <c r="Q47" i="31"/>
+  <c r="H48" i="31"/>
+  <c r="I48" i="31"/>
+  <c r="J48" i="31"/>
+  <c r="K48" i="31"/>
+  <c r="L48" i="31"/>
+  <c r="M48" i="31"/>
+  <c r="N48" i="31"/>
+  <c r="O48" i="31"/>
+  <c r="P48" i="31"/>
+  <c r="Q48" i="31"/>
+  <c r="H49" i="31"/>
+  <c r="I49" i="31"/>
+  <c r="J49" i="31"/>
+  <c r="K49" i="31"/>
+  <c r="L49" i="31"/>
+  <c r="M49" i="31"/>
+  <c r="N49" i="31"/>
+  <c r="O49" i="31"/>
+  <c r="P49" i="31"/>
+  <c r="Q49" i="31"/>
+  <c r="H50" i="31"/>
+  <c r="I50" i="31"/>
+  <c r="J50" i="31"/>
+  <c r="K50" i="31"/>
+  <c r="L50" i="31"/>
+  <c r="M50" i="31"/>
+  <c r="N50" i="31"/>
+  <c r="O50" i="31"/>
+  <c r="P50" i="31"/>
+  <c r="Q50" i="31"/>
+  <c r="G50" i="31"/>
+  <c r="G49" i="31"/>
+  <c r="G48" i="31"/>
+  <c r="G47" i="31"/>
+  <c r="G46" i="31"/>
+  <c r="G45" i="31"/>
+  <c r="F46" i="31"/>
+  <c r="F47" i="31"/>
+  <c r="F48" i="31"/>
+  <c r="F49" i="31"/>
+  <c r="F50" i="31"/>
+  <c r="F45" i="31"/>
+  <c r="F34" i="31"/>
+  <c r="G34" i="31"/>
+  <c r="H34" i="31"/>
+  <c r="I34" i="31"/>
+  <c r="J34" i="31"/>
+  <c r="K34" i="31"/>
+  <c r="L34" i="31"/>
+  <c r="M34" i="31"/>
+  <c r="N34" i="31"/>
+  <c r="O34" i="31"/>
+  <c r="P34" i="31"/>
+  <c r="Q34" i="31"/>
+  <c r="G35" i="31"/>
+  <c r="H35" i="31"/>
+  <c r="I35" i="31"/>
+  <c r="J35" i="31"/>
+  <c r="K35" i="31"/>
+  <c r="L35" i="31"/>
+  <c r="M35" i="31"/>
+  <c r="N35" i="31"/>
+  <c r="O35" i="31"/>
+  <c r="P35" i="31"/>
+  <c r="Q35" i="31"/>
+  <c r="G36" i="31"/>
+  <c r="H36" i="31"/>
+  <c r="I36" i="31"/>
+  <c r="J36" i="31"/>
+  <c r="K36" i="31"/>
+  <c r="L36" i="31"/>
+  <c r="M36" i="31"/>
+  <c r="N36" i="31"/>
+  <c r="O36" i="31"/>
+  <c r="P36" i="31"/>
+  <c r="Q36" i="31"/>
+  <c r="G37" i="31"/>
+  <c r="H37" i="31"/>
+  <c r="I37" i="31"/>
+  <c r="J37" i="31"/>
+  <c r="K37" i="31"/>
+  <c r="L37" i="31"/>
+  <c r="M37" i="31"/>
+  <c r="N37" i="31"/>
+  <c r="O37" i="31"/>
+  <c r="P37" i="31"/>
+  <c r="Q37" i="31"/>
+  <c r="G38" i="31"/>
+  <c r="H38" i="31"/>
+  <c r="I38" i="31"/>
+  <c r="J38" i="31"/>
+  <c r="K38" i="31"/>
+  <c r="L38" i="31"/>
+  <c r="M38" i="31"/>
+  <c r="N38" i="31"/>
+  <c r="O38" i="31"/>
+  <c r="P38" i="31"/>
+  <c r="Q38" i="31"/>
+  <c r="G39" i="31"/>
+  <c r="H39" i="31"/>
+  <c r="I39" i="31"/>
+  <c r="J39" i="31"/>
+  <c r="K39" i="31"/>
+  <c r="L39" i="31"/>
+  <c r="M39" i="31"/>
+  <c r="N39" i="31"/>
+  <c r="O39" i="31"/>
+  <c r="P39" i="31"/>
+  <c r="Q39" i="31"/>
+  <c r="G40" i="31"/>
+  <c r="H40" i="31"/>
+  <c r="I40" i="31"/>
+  <c r="J40" i="31"/>
+  <c r="K40" i="31"/>
+  <c r="L40" i="31"/>
+  <c r="M40" i="31"/>
+  <c r="N40" i="31"/>
+  <c r="O40" i="31"/>
+  <c r="P40" i="31"/>
+  <c r="Q40" i="31"/>
+  <c r="G41" i="31"/>
+  <c r="H41" i="31"/>
+  <c r="I41" i="31"/>
+  <c r="J41" i="31"/>
+  <c r="K41" i="31"/>
+  <c r="L41" i="31"/>
+  <c r="M41" i="31"/>
+  <c r="N41" i="31"/>
+  <c r="O41" i="31"/>
+  <c r="P41" i="31"/>
+  <c r="Q41" i="31"/>
+  <c r="F41" i="31"/>
+  <c r="F40" i="31"/>
+  <c r="F39" i="31"/>
+  <c r="F38" i="31"/>
+  <c r="F37" i="31"/>
+  <c r="F36" i="31"/>
+  <c r="F35" i="31"/>
+  <c r="L31" i="31"/>
+  <c r="R40" i="31"/>
+  <c r="R39" i="31"/>
+  <c r="F34" i="29" l="1"/>
   <c r="T57" i="29"/>
   <c r="C18" i="32"/>
   <c r="C17" i="32"/>
   <c r="C16" i="32"/>
   <c r="C15" i="32"/>
   <c r="C14" i="32"/>
+  <c r="F59" i="31"/>
+  <c r="Q77" i="31"/>
+  <c r="Q79" i="31" s="1"/>
+  <c r="P77" i="31"/>
+  <c r="P79" i="31" s="1"/>
+  <c r="O77" i="31"/>
+  <c r="O79" i="31" s="1"/>
+  <c r="N77" i="31"/>
+  <c r="N79" i="31" s="1"/>
+  <c r="M77" i="31"/>
+  <c r="M79" i="31" s="1"/>
+  <c r="L77" i="31"/>
+  <c r="L79" i="31" s="1"/>
+  <c r="K77" i="31"/>
+  <c r="K79" i="31" s="1"/>
+  <c r="J77" i="31"/>
+  <c r="J79" i="31" s="1"/>
+  <c r="I77" i="31"/>
+  <c r="I79" i="31" s="1"/>
+  <c r="H77" i="31"/>
+  <c r="H79" i="31" s="1"/>
+  <c r="G77" i="31"/>
+  <c r="G79" i="31" s="1"/>
+  <c r="F77" i="31"/>
+  <c r="F79" i="31" s="1"/>
+  <c r="D77" i="31"/>
+  <c r="Q59" i="31"/>
+  <c r="P59" i="31"/>
+  <c r="O59" i="31"/>
+  <c r="N59" i="31"/>
+  <c r="M59" i="31"/>
+  <c r="L59" i="31"/>
+  <c r="K59" i="31"/>
+  <c r="J59" i="31"/>
+  <c r="I59" i="31"/>
+  <c r="H59" i="31"/>
+  <c r="G59" i="31"/>
+  <c r="R58" i="31"/>
+  <c r="R57" i="31"/>
+  <c r="R56" i="31"/>
+  <c r="R55" i="31"/>
+  <c r="L51" i="31"/>
+  <c r="F51" i="31"/>
+  <c r="R41" i="31"/>
+  <c r="L42" i="31"/>
+  <c r="Q31" i="31"/>
+  <c r="P31" i="31"/>
+  <c r="O31" i="31"/>
+  <c r="N31" i="31"/>
+  <c r="M31" i="31"/>
+  <c r="K31" i="31"/>
+  <c r="J31" i="31"/>
+  <c r="I31" i="31"/>
+  <c r="H31" i="31"/>
+  <c r="G31" i="31"/>
+  <c r="F31" i="31"/>
+  <c r="R30" i="31"/>
+  <c r="R29" i="31"/>
+  <c r="R28" i="31"/>
+  <c r="R27" i="31"/>
+  <c r="R26" i="31"/>
+  <c r="R25" i="31"/>
+  <c r="R24" i="31"/>
+  <c r="R23" i="31"/>
+  <c r="R22" i="31"/>
+  <c r="R21" i="31"/>
+  <c r="R37" i="31" s="1"/>
+  <c r="R20" i="31"/>
+  <c r="R19" i="31"/>
+  <c r="R36" i="31" s="1"/>
+  <c r="R18" i="31"/>
+  <c r="R17" i="31"/>
+  <c r="R16" i="31"/>
+  <c r="R15" i="31"/>
+  <c r="R49" i="31" s="1"/>
+  <c r="R14" i="31"/>
+  <c r="R13" i="31"/>
+  <c r="R12" i="31"/>
+  <c r="R11" i="31"/>
+  <c r="R10" i="31"/>
+  <c r="R9" i="31"/>
+  <c r="R8" i="31"/>
+  <c r="R7" i="31"/>
+  <c r="R6" i="31"/>
+  <c r="R5" i="31"/>
+  <c r="R4" i="31"/>
+  <c r="R3" i="31"/>
+  <c r="Q1" i="31"/>
   <c r="K125" i="30"/>
   <c r="K94" i="30"/>
   <c r="K63" i="30"/>
   <c r="K32" i="30"/>
   <c r="K2" i="30"/>
-  <c r="X57" i="29" l="1"/>
+  <c r="R35" i="31" l="1"/>
+  <c r="R38" i="31"/>
+  <c r="R34" i="31"/>
+  <c r="R31" i="31"/>
+  <c r="L65" i="31"/>
+  <c r="X57" i="29"/>
+  <c r="R50" i="31"/>
+  <c r="N42" i="31"/>
+  <c r="R48" i="31"/>
+  <c r="O42" i="31"/>
+  <c r="K51" i="31"/>
+  <c r="K65" i="31" s="1"/>
+  <c r="G42" i="31"/>
+  <c r="R46" i="31"/>
+  <c r="J42" i="31"/>
+  <c r="H51" i="31"/>
+  <c r="H65" i="31" s="1"/>
+  <c r="F65" i="31"/>
+  <c r="F66" i="31" s="1"/>
   <c r="C22" i="32"/>
   <c r="C26" i="32" s="1"/>
   <c r="C27" i="32" s="1"/>
+  <c r="R47" i="31"/>
+  <c r="K42" i="31"/>
+  <c r="G51" i="31"/>
+  <c r="G65" i="31" s="1"/>
+  <c r="O51" i="31"/>
+  <c r="O65" i="31" s="1"/>
+  <c r="P51" i="31"/>
+  <c r="P65" i="31" s="1"/>
+  <c r="I51" i="31"/>
+  <c r="I65" i="31" s="1"/>
+  <c r="N51" i="31"/>
+  <c r="N65" i="31" s="1"/>
+  <c r="H42" i="31"/>
+  <c r="P42" i="31"/>
+  <c r="M51" i="31"/>
+  <c r="M65" i="31" s="1"/>
+  <c r="F42" i="31"/>
+  <c r="Q51" i="31"/>
+  <c r="Q65" i="31" s="1"/>
+  <c r="R59" i="31"/>
+  <c r="I42" i="31"/>
+  <c r="Q42" i="31"/>
+  <c r="M42" i="31"/>
+  <c r="J51" i="31"/>
+  <c r="J65" i="31" s="1"/>
+  <c r="R45" i="31"/>
   <c r="C28" i="32" l="1"/>
+  <c r="R51" i="31"/>
+  <c r="G66" i="31"/>
+  <c r="H66" i="31" s="1"/>
+  <c r="I66" i="31" s="1"/>
+  <c r="J66" i="31" s="1"/>
+  <c r="K66" i="31" s="1"/>
+  <c r="L66" i="31" s="1"/>
+  <c r="M66" i="31" s="1"/>
+  <c r="N66" i="31" s="1"/>
+  <c r="O66" i="31" s="1"/>
+  <c r="P66" i="31" s="1"/>
+  <c r="Q66" i="31" s="1"/>
   <c r="C29" i="32"/>
   <c r="C30" i="32" s="1"/>
+  <c r="R65" i="31"/>
+  <c r="R42" i="31"/>
   <c r="C31" i="32" l="1"/>
   <c r="C32" i="32" s="1"/>
 </calcChain>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>ss</author>
   </authors>
   <commentList>
     <comment ref="C14" authorId="0" shapeId="0" xr:uid="{EE9399FE-1D49-4863-B5CD-ED0E811BBFD0}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>行が足りなければ適宜行の挿入で追加ください。</t>
         </r>
       </text>
     </comment>
     <comment ref="F14" authorId="0" shapeId="0" xr:uid="{B0B77D71-976B-425A-8DF2-789D1C961F7C}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>普通預金、定期預金、NISA、iDeCo、株　など</t>
         </r>
       </text>
     </comment>
     <comment ref="K14" authorId="0" shapeId="0" xr:uid="{44DF994E-1493-439F-805D-4ADCA1BF8722}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
-          <t>2025年末の残高を記入ください（単位：万円）</t>
+          <t>2024年末の残高を記入ください（単位：万円）</t>
         </r>
       </text>
     </comment>
     <comment ref="N14" authorId="0" shapeId="0" xr:uid="{3E912514-66AC-42BF-AE3B-02A55771C528}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>つみたてNISAなど定期的に積立ているものがあれば記入ください。</t>
         </r>
       </text>
     </comment>
     <comment ref="F51" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0000-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
@@ -522,139 +502,110 @@
   </authors>
   <commentList>
     <comment ref="B27" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0100-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>ライフプラン作成依頼時は個人情報保護の観点から入力しないでください。</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments3.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>ss</author>
     <author>suenaga</author>
-    <author>SS186-088</author>
   </authors>
   <commentList>
-    <comment ref="L16" authorId="0" shapeId="0" xr:uid="{B796675C-E8F7-4CA3-8AF8-EACE5CB70EFD}">
+    <comment ref="L15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t xml:space="preserve">車税
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="N16" authorId="0" shapeId="0" xr:uid="{0857F438-9FD2-4B73-8CE1-E97EAE5EC8C0}">
+    <comment ref="N15" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000002000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t xml:space="preserve">車保険
 </t>
         </r>
       </text>
     </comment>
-    <comment ref="H55" authorId="1" shapeId="0" xr:uid="{9DBA2472-846E-45AC-AC77-63C43F963020}">
+    <comment ref="N55" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0200-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="ＭＳ Ｐゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>定期代含む</t>
         </r>
       </text>
     </comment>
-    <comment ref="N55" authorId="1" shapeId="0" xr:uid="{120656D9-07AF-4D2D-8B64-C92B4C05D0B2}">
-[...13 lines deleted...]
-    <comment ref="Q67" authorId="0" shapeId="0" xr:uid="{1C96E8BE-DCF0-483C-8CAD-87797FF55593}">
+    <comment ref="Q66" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0200-000004000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>202X年は
 XXX万円
 以上維持
 など</t>
-        </r>
-[...12 lines deleted...]
-          <t>0にならない場合は収入か支出の入力に誤りあり</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/comments4.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
     <author>suenaga</author>
   </authors>
   <commentList>
     <comment ref="C9" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-000001000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t xml:space="preserve">・被扶養者の年齢は当年12/31時点。
 ・ダブルカウントしない。
@@ -674,51 +625,51 @@
           </rPr>
           <t>0～12万円
 必要に応じて変更ください。</t>
         </r>
       </text>
     </comment>
     <comment ref="C24" authorId="0" shapeId="0" xr:uid="{00000000-0006-0000-0300-000003000000}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="MS P ゴシック"/>
             <family val="3"/>
             <charset val="128"/>
           </rPr>
           <t>年収に応じた節税限度額を上限に入力ください。</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="635" uniqueCount="326">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="625" uniqueCount="321">
   <si>
     <t>家族１</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>家族２</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>家族３</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>家族４</t>
     <rPh sb="0" eb="2">
       <t>カゾク</t>
@@ -1454,74 +1405,110 @@
   <si>
     <t>□□損保</t>
     <rPh sb="2" eb="4">
       <t>ソンポ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>△△生命</t>
     <rPh sb="2" eb="4">
       <t>セイメイ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>保険期間</t>
     <rPh sb="0" eb="2">
       <t>ホケン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
+    <t>自2016.5.1
+至2040.4.30</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自2016.6.1
+至　終身</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <rPh sb="12" eb="14">
+      <t>シュウシン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>毎年5.1
 　～1年更新</t>
     <rPh sb="0" eb="2">
       <t>マイトシ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ネン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>コウシン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>毎年1.1
 　～1年更新</t>
     <rPh sb="0" eb="2">
       <t>マイトシ</t>
     </rPh>
     <rPh sb="9" eb="10">
       <t>ネン</t>
     </rPh>
     <rPh sb="10" eb="12">
       <t>コウシン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>自2016.2.1
+至2045.1.31</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>生命
 保険</t>
     <rPh sb="0" eb="2">
       <t>セイメイ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ホケン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>死亡保険金額（一時金）</t>
     <rPh sb="0" eb="2">
       <t>シボウ</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホケン</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>キンガク</t>
     </rPh>
@@ -1814,64 +1801,78 @@
     <rPh sb="4" eb="5">
       <t>ツキ</t>
     </rPh>
     <rPh sb="5" eb="6">
       <t>ハラ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>保険料払込期間</t>
     <rPh sb="0" eb="2">
       <t>ホケン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>リョウ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ハライコミ</t>
     </rPh>
     <rPh sb="5" eb="7">
       <t>キカン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
+    <t>2040年まで</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>終身</t>
     <rPh sb="0" eb="2">
       <t>シュウシン</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>退職まで</t>
     <rPh sb="0" eb="2">
       <t>タイショク</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
+    <t>2045年まで</t>
+    <rPh sb="4" eb="5">
+      <t>ネン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>年間保険料</t>
     <rPh sb="0" eb="2">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホケン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>リョウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>証券番号</t>
     <rPh sb="0" eb="2">
       <t>ショウケン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>バンゴウ</t>
     </rPh>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>問合窓口</t>
     <rPh sb="0" eb="2">
@@ -1984,84 +1985,633 @@
   <si>
     <t>③</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>④</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>⑤</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>⑦</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>⑧</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>がん</t>
     <phoneticPr fontId="5"/>
   </si>
   <si>
+    <t>１．支出項目</t>
+    <rPh sb="2" eb="4">
+      <t>シシュツ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>コウモク</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>（決済手段）</t>
+    <rPh sb="1" eb="3">
+      <t>ケッサイ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>シュダン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>（引落日等）</t>
+    <rPh sb="1" eb="3">
+      <t>ヒキオトシ</t>
+    </rPh>
+    <rPh sb="3" eb="4">
+      <t>ビ</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ナド</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>1月</t>
+    <rPh sb="1" eb="2">
+      <t>ガツ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>2月</t>
+    <rPh sb="1" eb="2">
+      <t>ガツ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>3月</t>
   </si>
   <si>
     <t>4月</t>
   </si>
   <si>
     <t>5月</t>
   </si>
   <si>
     <t>6月</t>
   </si>
   <si>
     <t>7月</t>
   </si>
   <si>
     <t>8月</t>
   </si>
   <si>
     <t>9月</t>
   </si>
   <si>
     <t>10月</t>
   </si>
   <si>
     <t>11月</t>
   </si>
   <si>
     <t>12月</t>
   </si>
   <si>
+    <t>合計</t>
+    <rPh sb="0" eb="2">
+      <t>ゴウケイ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>食費・日用品等</t>
+    <rPh sb="0" eb="2">
+      <t>ショクヒ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ニチヨウ</t>
+    </rPh>
+    <rPh sb="5" eb="6">
+      <t>ヒン</t>
+    </rPh>
+    <rPh sb="6" eb="7">
+      <t>ナド</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>現金</t>
+    <rPh sb="0" eb="2">
+      <t>ゲンキン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>夫こづかい</t>
+    <rPh sb="0" eb="1">
+      <t>オット</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>カード</t>
   </si>
   <si>
+    <t>家具家電</t>
+    <rPh sb="0" eb="2">
+      <t>カグ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>カデン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>娯楽レジャー</t>
+    <rPh sb="0" eb="2">
+      <t>ゴラク</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>被服費</t>
+    <rPh sb="0" eb="2">
+      <t>ヒフク</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>習い事</t>
+    <rPh sb="0" eb="1">
+      <t>ナラ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ゴト</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>通信・携帯</t>
+    <rPh sb="0" eb="2">
+      <t>ツウシン</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ケイタイ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>ガス</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>電気</t>
+    <rPh sb="0" eb="2">
+      <t>デンキ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>新聞</t>
+    <rPh sb="0" eb="2">
+      <t>シンブン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>ガソリン</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>車関連</t>
+    <rPh sb="0" eb="1">
+      <t>クルマ</t>
+    </rPh>
+    <rPh sb="1" eb="3">
+      <t>カンレン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>通勤定期</t>
+    <rPh sb="0" eb="2">
+      <t>ツウキン</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>テイキ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>保険１</t>
+    <rPh sb="0" eb="2">
+      <t>ホケン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>その他</t>
+    <rPh sb="2" eb="3">
+      <t>タ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>住宅ローン</t>
+    <rPh sb="0" eb="2">
+      <t>ジュウタク</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>口振(XX銀行)</t>
+    <rPh sb="0" eb="2">
+      <t>コウフリ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>26日</t>
+    <rPh sb="2" eb="3">
+      <t>ニチ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>管理修繕等</t>
+    <rPh sb="0" eb="2">
+      <t>カンリ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シュウゼン</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>トウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>口振(YY銀行)</t>
+    <rPh sb="0" eb="2">
+      <t>コウフリ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>26日</t>
+  </si>
+  <si>
+    <t>固定資産税</t>
+    <rPh sb="0" eb="2">
+      <t>コテイ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>シサン</t>
+    </rPh>
+    <rPh sb="4" eb="5">
+      <t>ゼイ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>口振(AA銀行)</t>
+    <rPh sb="0" eb="2">
+      <t>コウフリ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>2.4.7.12末</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>5日</t>
+    <rPh sb="1" eb="2">
+      <t>ニチ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>保険２</t>
+    <rPh sb="0" eb="2">
+      <t>ホケン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>27日</t>
+    <rPh sb="2" eb="3">
+      <t>ニチ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>保険３</t>
+    <rPh sb="0" eb="2">
+      <t>ホケン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>上下水道</t>
+    <rPh sb="0" eb="2">
+      <t>ジョウゲ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>スイドウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>月末</t>
+    <rPh sb="0" eb="2">
+      <t>ゲツマツ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>医療費</t>
+    <rPh sb="0" eb="3">
+      <t>イリョウヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>２．決済手段</t>
+    <rPh sb="2" eb="4">
+      <t>ケッサイ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>シュダン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>カード</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>口振(ZZ銀行)</t>
+    <rPh sb="0" eb="2">
+      <t>コウフリ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>３．区分</t>
+    <rPh sb="2" eb="4">
+      <t>クブン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>基本生活費</t>
+    <rPh sb="0" eb="2">
+      <t>キホン</t>
+    </rPh>
+    <rPh sb="2" eb="5">
+      <t>セイカツヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>住宅費</t>
+    <rPh sb="0" eb="2">
+      <t>ジュウタク</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>教育費</t>
+    <rPh sb="0" eb="3">
+      <t>キョウイクヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>保険</t>
+    <rPh sb="0" eb="2">
+      <t>ホケン</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>４．手取収入</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>給与手取り</t>
+    <rPh sb="0" eb="2">
+      <t>キュウヨ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>テド</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>ボーナス手取り</t>
+    <rPh sb="4" eb="6">
+      <t>テド</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>児童手当</t>
+    <rPh sb="0" eb="2">
+      <t>ジドウ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>テアテ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>他</t>
+    <rPh sb="0" eb="1">
+      <t>ホカ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>収入計</t>
+    <rPh sb="0" eb="2">
+      <t>シュウニュウ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ケイ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>定期代</t>
+    <rPh sb="0" eb="2">
+      <t>テイキ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>所得税還付</t>
+    <rPh sb="0" eb="3">
+      <t>ショトクゼイ</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>カンプ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>５．収支／残高</t>
+    <rPh sb="2" eb="4">
+      <t>シュウシ</t>
+    </rPh>
+    <rPh sb="5" eb="7">
+      <t>ザンダカ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>収支合計</t>
+    <rPh sb="0" eb="2">
+      <t>シュウシ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>ゴウケイ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>収支</t>
+    <rPh sb="0" eb="2">
+      <t>シュウシ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>残高</t>
+    <rPh sb="0" eb="2">
+      <t>ザンダカ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>-</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>６．口座残高</t>
+    <rPh sb="2" eb="4">
+      <t>コウザ</t>
+    </rPh>
+    <rPh sb="4" eb="6">
+      <t>ザンダカ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>前年末</t>
+    <rPh sb="0" eb="2">
+      <t>ゼンネン</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>マツ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>XX銀行</t>
+    <rPh sb="2" eb="4">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>AA銀行</t>
+    <rPh sb="2" eb="4">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>ZZ銀行</t>
+    <rPh sb="2" eb="4">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>BB銀行</t>
+    <rPh sb="2" eb="4">
+      <t>ギンコウ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>記録と残高の差額（０になること→）</t>
+    <rPh sb="0" eb="2">
+      <t>キロク</t>
+    </rPh>
+    <rPh sb="3" eb="5">
+      <t>ザンダカ</t>
+    </rPh>
+    <rPh sb="6" eb="8">
+      <t>サガク</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
+    <t>[メモ]</t>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>例：自動車ローン残り2年、年50万円返済など</t>
     <rPh sb="0" eb="1">
       <t>レイ</t>
     </rPh>
     <rPh sb="2" eb="5">
       <t>ジドウシャ</t>
     </rPh>
     <rPh sb="8" eb="9">
       <t>ノコ</t>
     </rPh>
     <rPh sb="11" eb="12">
       <t>ネン</t>
     </rPh>
     <rPh sb="13" eb="14">
       <t>ネン</t>
     </rPh>
     <rPh sb="16" eb="18">
       <t>マンエン</t>
     </rPh>
     <rPh sb="18" eb="20">
       <t>ヘンサイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
@@ -2743,50 +3293,67 @@
       <t>ジュウミンゼイ</t>
     </rPh>
     <rPh sb="20" eb="21">
       <t>ガク</t>
     </rPh>
     <rPh sb="24" eb="26">
       <t>ｍ</t>
     </rPh>
     <rPh sb="28" eb="30">
       <t>ケイサン</t>
     </rPh>
     <phoneticPr fontId="11"/>
   </si>
   <si>
     <t>※住宅ローン控除は考慮せず。</t>
     <rPh sb="1" eb="3">
       <t>ジュウタク</t>
     </rPh>
     <rPh sb="6" eb="8">
       <t>コウジョ</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>コウリョ</t>
     </rPh>
     <phoneticPr fontId="11"/>
+  </si>
+  <si>
+    <t>定期代</t>
+    <rPh sb="0" eb="2">
+      <t>テイキ</t>
+    </rPh>
+    <rPh sb="2" eb="3">
+      <t>ダイ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>学費</t>
+    <rPh sb="0" eb="2">
+      <t>ガクヒ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
   </si>
   <si>
     <t>年収から手取り額を簡易計算（会社員向け）2020.4～</t>
     <rPh sb="0" eb="2">
       <t>ネンシュウ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>テド</t>
     </rPh>
     <rPh sb="7" eb="8">
       <t>ガク</t>
     </rPh>
     <rPh sb="9" eb="11">
       <t>カンイ</t>
     </rPh>
     <rPh sb="11" eb="13">
       <t>ケイサン</t>
     </rPh>
     <rPh sb="14" eb="17">
       <t>カイシャイン</t>
     </rPh>
     <rPh sb="17" eb="18">
       <t>ム</t>
     </rPh>
     <phoneticPr fontId="11"/>
@@ -3048,64 +3615,86 @@
   <si>
     <t>夫</t>
     <rPh sb="0" eb="1">
       <t>オット</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>終身保険</t>
     <rPh sb="0" eb="2">
       <t>シュウシン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ホケン</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>〇〇生命</t>
     <rPh sb="2" eb="4">
       <t>セイメイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
+    <t>自2010.1.1
+至2040.1.1</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
     <t>1000万円</t>
     <rPh sb="4" eb="6">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>60歳まで</t>
     <rPh sb="2" eb="3">
       <t>サイ</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
+    <t>自2010.1.1
+至2040.12.31</t>
+    <rPh sb="0" eb="1">
+      <t>ジ</t>
+    </rPh>
+    <rPh sb="10" eb="11">
+      <t>イタ</t>
+    </rPh>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>300万円</t>
     <rPh sb="3" eb="5">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>60歳時200万円</t>
     <rPh sb="2" eb="4">
       <t>サイジ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>満期・解約払戻金の予定</t>
     <rPh sb="0" eb="2">
       <t>マンキ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>カイヤク</t>
     </rPh>
     <rPh sb="5" eb="8">
@@ -3118,825 +3707,130 @@
   </si>
   <si>
     <t>60歳時600万円</t>
     <rPh sb="2" eb="4">
       <t>サイジ</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>m</t>
     </rPh>
     <phoneticPr fontId="4"/>
   </si>
   <si>
     <t>（単位：万円/年間）</t>
     <rPh sb="1" eb="3">
       <t>タンイ</t>
     </rPh>
     <rPh sb="4" eb="6">
       <t>マンエン</t>
     </rPh>
     <rPh sb="7" eb="9">
       <t>ネンカン</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
+    <t>積立投資</t>
+    <rPh sb="0" eb="2">
+      <t>ツミタテ</t>
+    </rPh>
+    <rPh sb="2" eb="4">
+      <t>トウシ</t>
+    </rPh>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>NISA</t>
+    <phoneticPr fontId="4"/>
+  </si>
+  <si>
+    <t>NISA</t>
+    <phoneticPr fontId="5"/>
+  </si>
+  <si>
     <t>金融資産名</t>
     <rPh sb="0" eb="4">
       <t>キンユウシサン</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>メイ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>前年末残高</t>
     <rPh sb="0" eb="2">
       <t>ゼンネン</t>
     </rPh>
     <rPh sb="2" eb="3">
       <t>マツ</t>
     </rPh>
     <rPh sb="3" eb="5">
       <t>ザンダカ</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>年間積立額</t>
     <rPh sb="0" eb="2">
       <t>ネンカン</t>
     </rPh>
     <rPh sb="2" eb="4">
       <t>ツミタテ</t>
     </rPh>
     <rPh sb="4" eb="5">
       <t>ガク</t>
     </rPh>
     <phoneticPr fontId="1"/>
   </si>
   <si>
     <t>備考</t>
     <rPh sb="0" eb="2">
       <t>ビコウ</t>
     </rPh>
     <phoneticPr fontId="1"/>
-  </si>
-[...711 lines deleted...]
-    <phoneticPr fontId="4"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="12">
     <numFmt numFmtId="176" formatCode="###,###&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="177" formatCode="###&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="178" formatCode="###,###&quot;円&quot;"/>
     <numFmt numFmtId="179" formatCode="#,##0_ "/>
     <numFmt numFmtId="180" formatCode="#,##0_);[Red]\(#,##0\)"/>
     <numFmt numFmtId="181" formatCode="0&quot;～&quot;"/>
     <numFmt numFmtId="182" formatCode="#&quot;～&quot;"/>
     <numFmt numFmtId="183" formatCode="0.0"/>
     <numFmt numFmtId="184" formatCode="#,##0&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="185" formatCode="##0&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="186" formatCode="#0&quot;万&quot;&quot;円&quot;"/>
     <numFmt numFmtId="187" formatCode="#,###&quot;万&quot;&quot;円&quot;"/>
   </numFmts>
-  <fonts count="33">
+  <fonts count="32">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="6"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="ＭＳ Ｐゴシック"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="HGｺﾞｼｯｸM"/>
       <family val="3"/>
       <charset val="128"/>
@@ -4125,57 +4019,50 @@
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <i/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
     </font>
     <font>
       <b/>
       <i/>
       <u val="double"/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Meiryo UI"/>
       <family val="3"/>
       <charset val="128"/>
-    </font>
-[...5 lines deleted...]
-      <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="13">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
@@ -4759,51 +4646,51 @@
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="9" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="13" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="282">
+  <cellXfs count="266">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="4" borderId="0" xfId="0" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1">
@@ -4813,79 +4700,97 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="0" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="7" fillId="5" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="38" fontId="15" fillId="4" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="38" fontId="7" fillId="5" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="38" fontId="7" fillId="4" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="38" fontId="7" fillId="0" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="38" fontId="15" fillId="4" borderId="16" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="38" fontId="7" fillId="5" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1">
+      <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="7" fillId="5" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="4" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="5" borderId="14" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="4" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="5" borderId="15" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
@@ -4985,50 +4890,86 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="7" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="7" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="20" fillId="7" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="179" fontId="20" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="center" shrinkToFit="1"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="6" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <alignment vertical="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="4" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="179" fontId="20" fillId="6" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment vertical="center" wrapText="1" shrinkToFit="1"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="8" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="8" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="179" fontId="15" fillId="9" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <alignment vertical="center"/>
       <protection locked="0"/>
@@ -5334,210 +5275,104 @@
     <xf numFmtId="0" fontId="15" fillId="4" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment vertical="top"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="41" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="38" fontId="15" fillId="5" borderId="17" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" shrinkToFit="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="38" fontId="15" fillId="4" borderId="27" xfId="2" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-      <protection locked="0"/>
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    </xf>
+    <xf numFmtId="186" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1">
-[...57 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    </xf>
+    <xf numFmtId="176" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="177" fontId="14" fillId="2" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...7 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...25 lines deleted...]
-      <protection locked="0"/>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="185" fontId="14" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="185" fontId="14" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="185" fontId="14" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="28" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...3 lines deleted...]
-      <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
+    <xf numFmtId="176" fontId="3" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="186" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="184" fontId="3" fillId="2" borderId="28" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="184" fontId="3" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="184" fontId="3" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" shrinkToFit="1"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -5572,77 +5407,74 @@
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="187" fontId="3" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="187" fontId="3" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="28" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -5658,79 +5490,73 @@
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="3" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="14" fontId="15" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="right" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="4" borderId="14" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left" vertical="center"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left" vertical="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="14" fontId="15" fillId="4" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="23" fillId="11" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="11" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="14" fontId="14" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="パーセント" xfId="1" builtinId="5"/>
     <cellStyle name="桁区切り" xfId="2" builtinId="6"/>
     <cellStyle name="標準" xfId="0" builtinId="0"/>
     <cellStyle name="標準 2" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="38">
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
@@ -5788,55 +5614,55 @@
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -5858,55 +5684,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -5928,55 +5754,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -5998,55 +5824,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6068,55 +5894,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6138,55 +5964,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6208,55 +6034,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6278,55 +6104,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6348,55 +6174,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6418,55 +6244,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6488,55 +6314,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6558,55 +6384,55 @@
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6625,57 +6451,51 @@
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
-      <fill>
-[...5 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6693,57 +6513,51 @@
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
-      <fill>
-[...5 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6761,57 +6575,51 @@
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
-      <fill>
-[...5 lines deleted...]
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6829,58 +6637,52 @@
       <border diagonalUp="0" diagonalDown="0" outline="0">
         <left/>
         <right/>
         <top/>
         <bottom/>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
-      <fill>
-[...4 lines deleted...]
-      </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
-      <border diagonalUp="0" diagonalDown="0" outline="0">
+      <border diagonalUp="0" diagonalDown="0">
         <left/>
         <right/>
         <top style="hair">
           <color indexed="64"/>
         </top>
         <bottom style="hair">
           <color indexed="64"/>
         </bottom>
       </border>
       <protection locked="0" hidden="0"/>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
@@ -6909,112 +6711,108 @@
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color theme="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="188" formatCode="##&quot;月&quot;"/>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor indexed="65"/>
         </patternFill>
       </fill>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="1" readingOrder="0"/>
     </dxf>
     <dxf>
       <border outline="0">
         <bottom style="thin">
           <color indexed="64"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <font>
         <b val="0"/>
         <i val="0"/>
         <strike val="0"/>
         <condense val="0"/>
         <extend val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="8"/>
         <color auto="1"/>
         <name val="HGｺﾞｼｯｸM"/>
         <family val="3"/>
         <charset val="128"/>
         <scheme val="none"/>
       </font>
       <numFmt numFmtId="188" formatCode="##&quot;月&quot;"/>
       <fill>
-        <patternFill patternType="none">
+        <patternFill patternType="solid">
           <fgColor indexed="64"/>
-          <bgColor auto="1"/>
+          <bgColor theme="0"/>
         </patternFill>
       </fill>
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#&#25163;&#21462;&#38989;&#35336;&#31639;!A1"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="#'&#24180;&#38291;&#21454;&#25903;&#65288;&#12391;&#12365;&#12428;&#12400;&#20837;&#21147;&#65289;'!A1"/></Relationships>
-</file>
-[...2 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>22</xdr:col>
       <xdr:colOff>127635</xdr:colOff>
       <xdr:row>45</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>29</xdr:col>
       <xdr:colOff>89535</xdr:colOff>
       <xdr:row>49</xdr:row>
       <xdr:rowOff>57150</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="吹き出し: 角を丸めた四角形 1">
           <a:hlinkClick xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B5092E8A-6604-EED1-2C93-9895CE9A4E62}"/>
             </a:ext>
@@ -7132,103 +6930,155 @@
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
         <a:p>
           <a:pPr algn="l">
             <a:lnSpc>
               <a:spcPts val="1300"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
             <a:t>手取り額がよく分からない場合は、「手取額計算シート」をご利用ください。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>10</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>95250</xdr:rowOff>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>520065</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>66675</xdr:rowOff>
     </xdr:from>
     <xdr:to>
-      <xdr:col>16</xdr:col>
-[...2 lines deleted...]
-      <xdr:rowOff>85725</xdr:rowOff>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>310515</xdr:colOff>
+      <xdr:row>31</xdr:row>
+      <xdr:rowOff>142875</xdr:rowOff>
     </xdr:to>
     <xdr:sp macro="" textlink="">
       <xdr:nvSpPr>
         <xdr:cNvPr id="2" name="正方形/長方形 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60EF4D7C-BF03-49F7-B560-C0B3A93594AD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BF5FD98-1C10-E0BD-5BC3-F16975BE688E}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvSpPr/>
       </xdr:nvSpPr>
       <xdr:spPr>
         <a:xfrm>
-          <a:off x="6273165" y="790575"/>
-          <a:ext cx="3813810" cy="3952875"/>
+          <a:off x="5149215" y="371475"/>
+          <a:ext cx="3562350" cy="4495800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:ln>
           <a:noFill/>
         </a:ln>
       </xdr:spPr>
       <xdr:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1">
             <a:shade val="50000"/>
           </a:schemeClr>
         </a:lnRef>
         <a:fillRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="lt1"/>
         </a:fontRef>
       </xdr:style>
       <xdr:txBody>
         <a:bodyPr vertOverflow="clip" horzOverflow="clip" rtlCol="0" anchor="t"/>
         <a:lstStyle/>
+        <a:p>
+          <a:pPr algn="l"/>
+          <a:r>
+            <a:rPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" u="sng">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>※</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1000" u="sng">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>より実態に近いライフプラン表を作成したい場合は、この年間収支表もひとつの参考にお使いいただければと思います。</a:t>
+          </a:r>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1000" u="sng">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+        <a:p>
+          <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+            <a:lnSpc>
+              <a:spcPct val="100000"/>
+            </a:lnSpc>
+            <a:spcBef>
+              <a:spcPts val="0"/>
+            </a:spcBef>
+            <a:spcAft>
+              <a:spcPts val="0"/>
+            </a:spcAft>
+            <a:buClrTx/>
+            <a:buSzTx/>
+            <a:buFontTx/>
+            <a:buNone/>
+            <a:tabLst/>
+            <a:defRPr/>
+          </a:pPr>
+          <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100">
+            <a:solidFill>
+              <a:schemeClr val="lt1"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:latin typeface="+mn-lt"/>
+            <a:ea typeface="+mn-ea"/>
+            <a:cs typeface="+mn-cs"/>
+          </a:endParaRPr>
+        </a:p>
         <a:p>
           <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="ctr" defTabSz="914400" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
             <a:lnSpc>
               <a:spcPct val="100000"/>
             </a:lnSpc>
             <a:spcBef>
               <a:spcPts val="0"/>
             </a:spcBef>
             <a:spcAft>
               <a:spcPts val="0"/>
             </a:spcAft>
             <a:buClrTx/>
             <a:buSzTx/>
             <a:buFontTx/>
             <a:buNone/>
             <a:tabLst/>
             <a:defRPr/>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="ja-JP" sz="1100">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
               <a:effectLst/>
               <a:latin typeface="+mn-lt"/>
@@ -7326,2093 +7176,73 @@
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
             <a:t>６．予想される年間収支が分かります。</a:t>
           </a:r>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100"/>
         </a:p>
         <a:p>
           <a:pPr algn="l"/>
           <a:endParaRPr kumimoji="1" lang="en-US" altLang="ja-JP" sz="1100"/>
         </a:p>
         <a:p>
           <a:pPr algn="l">
             <a:lnSpc>
               <a:spcPts val="1300"/>
             </a:lnSpc>
           </a:pPr>
           <a:r>
             <a:rPr kumimoji="1" lang="ja-JP" altLang="en-US" sz="1100"/>
             <a:t>７．毎月、実態に沿って数字をメンテナンスします。これで高度かつ最もシンプルな家計簿（年間収支）が見える化されます。</a:t>
           </a:r>
         </a:p>
       </xdr:txBody>
     </xdr:sp>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
-  <xdr:twoCellAnchor editAs="oneCell">
-[...172 lines deleted...]
-  </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...1844 lines deleted...]
-
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{00A0A1B6-997B-4ADD-9B42-438752DC4E37}" name="テーブル13" displayName="テーブル13" ref="B3:R30" headerRowCount="0" totalsRowShown="0" headerRowDxfId="37" dataDxfId="35" headerRowBorderDxfId="36" tableBorderDxfId="34" dataCellStyle="桁区切り">
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{00000000-000C-0000-FFFF-FFFF00000000}" name="テーブル1" displayName="テーブル1" ref="B3:R30" headerRowCount="0" totalsRowShown="0" headerRowDxfId="37" dataDxfId="35" headerRowBorderDxfId="36" tableBorderDxfId="34" dataCellStyle="桁区切り">
   <tableColumns count="17">
-    <tableColumn id="1" xr3:uid="{FD86BB2D-46AF-47CF-B3A6-EB9AFF59BA83}" name="区分" headerRowDxfId="33" dataDxfId="32"/>
-[...15 lines deleted...]
-    <tableColumn id="17" xr3:uid="{008A323A-C326-4D45-ADE2-20CD3A0E0DF2}" name="合計" headerRowDxfId="1" dataDxfId="0" dataCellStyle="桁区切り">
+    <tableColumn id="1" xr3:uid="{00000000-0010-0000-0000-000001000000}" name="区分" headerRowDxfId="33" dataDxfId="32"/>
+    <tableColumn id="2" xr3:uid="{00000000-0010-0000-0000-000002000000}" name="費目" headerRowDxfId="31" dataDxfId="30"/>
+    <tableColumn id="3" xr3:uid="{00000000-0010-0000-0000-000003000000}" name="決済手段" headerRowDxfId="29" dataDxfId="28"/>
+    <tableColumn id="4" xr3:uid="{00000000-0010-0000-0000-000004000000}" name="支払日等" headerRowDxfId="27" dataDxfId="26"/>
+    <tableColumn id="5" xr3:uid="{00000000-0010-0000-0000-000005000000}" name="1月" headerRowDxfId="25" dataDxfId="24" dataCellStyle="桁区切り"/>
+    <tableColumn id="6" xr3:uid="{00000000-0010-0000-0000-000006000000}" name="2月" headerRowDxfId="23" dataDxfId="22" dataCellStyle="桁区切り"/>
+    <tableColumn id="7" xr3:uid="{00000000-0010-0000-0000-000007000000}" name="3月" headerRowDxfId="21" dataDxfId="20" dataCellStyle="桁区切り"/>
+    <tableColumn id="8" xr3:uid="{00000000-0010-0000-0000-000008000000}" name="4月" headerRowDxfId="19" dataDxfId="18" dataCellStyle="桁区切り"/>
+    <tableColumn id="9" xr3:uid="{00000000-0010-0000-0000-000009000000}" name="5月" headerRowDxfId="17" dataDxfId="16" dataCellStyle="桁区切り"/>
+    <tableColumn id="10" xr3:uid="{00000000-0010-0000-0000-00000A000000}" name="6月" headerRowDxfId="15" dataDxfId="14" dataCellStyle="桁区切り"/>
+    <tableColumn id="11" xr3:uid="{00000000-0010-0000-0000-00000B000000}" name="7月" headerRowDxfId="13" dataDxfId="12" dataCellStyle="桁区切り"/>
+    <tableColumn id="12" xr3:uid="{00000000-0010-0000-0000-00000C000000}" name="8月" headerRowDxfId="11" dataDxfId="10" dataCellStyle="桁区切り"/>
+    <tableColumn id="13" xr3:uid="{00000000-0010-0000-0000-00000D000000}" name="9月" headerRowDxfId="9" dataDxfId="8" dataCellStyle="桁区切り"/>
+    <tableColumn id="14" xr3:uid="{00000000-0010-0000-0000-00000E000000}" name="10月" headerRowDxfId="7" dataDxfId="6" dataCellStyle="桁区切り"/>
+    <tableColumn id="15" xr3:uid="{00000000-0010-0000-0000-00000F000000}" name="11月" headerRowDxfId="5" dataDxfId="4" dataCellStyle="桁区切り"/>
+    <tableColumn id="16" xr3:uid="{00000000-0010-0000-0000-000010000000}" name="12月" headerRowDxfId="3" dataDxfId="2" dataCellStyle="桁区切り"/>
+    <tableColumn id="17" xr3:uid="{00000000-0010-0000-0000-000011000000}" name="合計" headerRowDxfId="1" dataDxfId="0" dataCellStyle="桁区切り">
       <calculatedColumnFormula>SUM(F3:Q3)</calculatedColumnFormula>
     </tableColumn>
   </tableColumns>
   <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
@@ -9682,1769 +7512,1734 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing3.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing4.vml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="B1:AA87"/>
+  <dimension ref="B2:AA87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection activeCell="Q3" sqref="Q3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="3.875" defaultRowHeight="17.25" customHeight="1"/>
   <cols>
     <col min="1" max="1" width="1" style="1" customWidth="1"/>
     <col min="2" max="16384" width="3.875" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="2:23" ht="17.25" customHeight="1">
-[...8 lines deleted...]
-      <c r="B2" s="247" t="s">
+    <row r="2" spans="2:22" ht="17.25" customHeight="1">
+      <c r="B2" s="231" t="s">
         <v>42</v>
       </c>
-      <c r="C2" s="247"/>
-[...20 lines deleted...]
-    <row r="3" spans="2:23" ht="17.25" customHeight="1">
+      <c r="C2" s="231"/>
+      <c r="D2" s="231"/>
+      <c r="E2" s="231"/>
+      <c r="F2" s="231"/>
+      <c r="G2" s="231"/>
+      <c r="H2" s="231"/>
+      <c r="I2" s="231"/>
+      <c r="J2" s="231"/>
+      <c r="K2" s="231"/>
+      <c r="L2" s="231"/>
+      <c r="M2" s="231"/>
+      <c r="N2" s="231"/>
+      <c r="O2" s="231"/>
+      <c r="P2" s="231"/>
+      <c r="Q2" s="231"/>
+      <c r="R2" s="231"/>
+      <c r="S2" s="231"/>
+      <c r="T2" s="231"/>
+      <c r="U2" s="231"/>
+      <c r="V2" s="231"/>
+    </row>
+    <row r="3" spans="2:22" ht="17.25" customHeight="1">
       <c r="Q3" s="2"/>
       <c r="R3" s="1" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="4" spans="2:23" ht="17.25" customHeight="1">
+    <row r="4" spans="2:22" ht="17.25" customHeight="1">
       <c r="B4" s="1" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="5" spans="2:23" ht="17.25" customHeight="1">
+    <row r="5" spans="2:22" ht="17.25" customHeight="1">
       <c r="F5" s="1" t="s">
         <v>9</v>
       </c>
       <c r="K5" s="1" t="s">
         <v>44</v>
       </c>
       <c r="N5" s="1" t="s">
         <v>10</v>
       </c>
       <c r="P5" s="1" t="s">
         <v>8</v>
       </c>
-      <c r="W5" s="1" t="s">
-[...21 lines deleted...]
-      <c r="N6" s="243" t="s">
+    </row>
+    <row r="6" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C6" s="190" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="191"/>
+      <c r="E6" s="192"/>
+      <c r="F6" s="209" t="s">
+        <v>289</v>
+      </c>
+      <c r="G6" s="210"/>
+      <c r="H6" s="210"/>
+      <c r="I6" s="210"/>
+      <c r="J6" s="211"/>
+      <c r="K6" s="232">
+        <v>31778</v>
+      </c>
+      <c r="L6" s="232"/>
+      <c r="M6" s="232"/>
+      <c r="N6" s="230" t="s">
         <v>46</v>
       </c>
-      <c r="O6" s="243"/>
-      <c r="P6" s="211" t="s">
+      <c r="O6" s="230"/>
+      <c r="P6" s="204" t="s">
         <v>45</v>
       </c>
-      <c r="Q6" s="211"/>
-[...11 lines deleted...]
-      <c r="C7" s="209" t="s">
+      <c r="Q6" s="204"/>
+      <c r="R6" s="204"/>
+      <c r="S6" s="204"/>
+      <c r="T6" s="204"/>
+      <c r="U6" s="204"/>
+      <c r="V6" s="204"/>
+    </row>
+    <row r="7" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C7" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="D7" s="210"/>
-[...9 lines deleted...]
-      <c r="N7" s="243" t="s">
+      <c r="D7" s="191"/>
+      <c r="E7" s="192"/>
+      <c r="F7" s="209"/>
+      <c r="G7" s="210"/>
+      <c r="H7" s="210"/>
+      <c r="I7" s="210"/>
+      <c r="J7" s="211"/>
+      <c r="K7" s="232"/>
+      <c r="L7" s="232"/>
+      <c r="M7" s="232"/>
+      <c r="N7" s="230" t="s">
         <v>47</v>
       </c>
-      <c r="O7" s="243"/>
-      <c r="P7" s="211" t="s">
+      <c r="O7" s="230"/>
+      <c r="P7" s="204" t="s">
         <v>45</v>
       </c>
-      <c r="Q7" s="211"/>
-[...11 lines deleted...]
-      <c r="C8" s="209" t="s">
+      <c r="Q7" s="204"/>
+      <c r="R7" s="204"/>
+      <c r="S7" s="204"/>
+      <c r="T7" s="204"/>
+      <c r="U7" s="204"/>
+      <c r="V7" s="204"/>
+    </row>
+    <row r="8" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C8" s="190" t="s">
         <v>2</v>
       </c>
-      <c r="D8" s="210"/>
-[...28 lines deleted...]
-      <c r="C9" s="209" t="s">
+      <c r="D8" s="191"/>
+      <c r="E8" s="192"/>
+      <c r="F8" s="209"/>
+      <c r="G8" s="210"/>
+      <c r="H8" s="210"/>
+      <c r="I8" s="210"/>
+      <c r="J8" s="211"/>
+      <c r="K8" s="232"/>
+      <c r="L8" s="232"/>
+      <c r="M8" s="232"/>
+      <c r="N8" s="230" t="s">
+        <v>296</v>
+      </c>
+      <c r="O8" s="230"/>
+      <c r="P8" s="204" t="s">
+        <v>297</v>
+      </c>
+      <c r="Q8" s="204"/>
+      <c r="R8" s="204"/>
+      <c r="S8" s="204"/>
+      <c r="T8" s="204"/>
+      <c r="U8" s="204"/>
+      <c r="V8" s="204"/>
+    </row>
+    <row r="9" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C9" s="190" t="s">
         <v>3</v>
       </c>
-      <c r="D9" s="210"/>
-[...28 lines deleted...]
-      <c r="C10" s="209" t="s">
+      <c r="D9" s="191"/>
+      <c r="E9" s="192"/>
+      <c r="F9" s="209"/>
+      <c r="G9" s="210"/>
+      <c r="H9" s="210"/>
+      <c r="I9" s="210"/>
+      <c r="J9" s="211"/>
+      <c r="K9" s="232"/>
+      <c r="L9" s="232"/>
+      <c r="M9" s="232"/>
+      <c r="N9" s="230" t="s">
+        <v>296</v>
+      </c>
+      <c r="O9" s="230"/>
+      <c r="P9" s="204" t="s">
+        <v>295</v>
+      </c>
+      <c r="Q9" s="204"/>
+      <c r="R9" s="204"/>
+      <c r="S9" s="204"/>
+      <c r="T9" s="204"/>
+      <c r="U9" s="204"/>
+      <c r="V9" s="204"/>
+    </row>
+    <row r="10" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C10" s="190" t="s">
         <v>4</v>
       </c>
-      <c r="D10" s="210"/>
-[...24 lines deleted...]
-      <c r="C11" s="209" t="s">
+      <c r="D10" s="191"/>
+      <c r="E10" s="192"/>
+      <c r="F10" s="209"/>
+      <c r="G10" s="210"/>
+      <c r="H10" s="210"/>
+      <c r="I10" s="210"/>
+      <c r="J10" s="211"/>
+      <c r="K10" s="232"/>
+      <c r="L10" s="232"/>
+      <c r="M10" s="232"/>
+      <c r="N10" s="230"/>
+      <c r="O10" s="230"/>
+      <c r="P10" s="204"/>
+      <c r="Q10" s="204"/>
+      <c r="R10" s="204"/>
+      <c r="S10" s="204"/>
+      <c r="T10" s="204"/>
+      <c r="U10" s="204"/>
+      <c r="V10" s="204"/>
+    </row>
+    <row r="11" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C11" s="190" t="s">
         <v>43</v>
       </c>
-      <c r="D11" s="210"/>
-[...23 lines deleted...]
-    <row r="13" spans="2:23" ht="17.25" customHeight="1">
+      <c r="D11" s="191"/>
+      <c r="E11" s="192"/>
+      <c r="F11" s="209"/>
+      <c r="G11" s="210"/>
+      <c r="H11" s="210"/>
+      <c r="I11" s="210"/>
+      <c r="J11" s="211"/>
+      <c r="K11" s="232"/>
+      <c r="L11" s="232"/>
+      <c r="M11" s="232"/>
+      <c r="N11" s="230"/>
+      <c r="O11" s="230"/>
+      <c r="P11" s="204"/>
+      <c r="Q11" s="204"/>
+      <c r="R11" s="204"/>
+      <c r="S11" s="204"/>
+      <c r="T11" s="204"/>
+      <c r="U11" s="204"/>
+      <c r="V11" s="204"/>
+    </row>
+    <row r="13" spans="2:22" ht="17.25" customHeight="1">
       <c r="B13" s="1" t="s">
         <v>15</v>
       </c>
       <c r="V13" s="3" t="s">
         <v>28</v>
       </c>
     </row>
-    <row r="14" spans="2:23" ht="17.25" customHeight="1">
-      <c r="C14" s="225" t="s">
+    <row r="14" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C14" s="212" t="s">
         <v>11</v>
       </c>
-      <c r="D14" s="226"/>
-[...69 lines deleted...]
-      <c r="V16" s="251"/>
+      <c r="D14" s="213"/>
+      <c r="E14" s="214"/>
+      <c r="F14" s="233" t="s">
+        <v>317</v>
+      </c>
+      <c r="G14" s="233"/>
+      <c r="H14" s="233"/>
+      <c r="I14" s="233"/>
+      <c r="J14" s="233"/>
+      <c r="K14" s="233" t="s">
+        <v>318</v>
+      </c>
+      <c r="L14" s="233"/>
+      <c r="M14" s="233"/>
+      <c r="N14" s="233" t="s">
+        <v>319</v>
+      </c>
+      <c r="O14" s="233"/>
+      <c r="P14" s="233"/>
+      <c r="Q14" s="233" t="s">
+        <v>320</v>
+      </c>
+      <c r="R14" s="233"/>
+      <c r="S14" s="233"/>
+      <c r="T14" s="233"/>
+      <c r="U14" s="233"/>
+      <c r="V14" s="233"/>
+    </row>
+    <row r="15" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C15" s="215"/>
+      <c r="D15" s="216"/>
+      <c r="E15" s="217"/>
+      <c r="F15" s="237"/>
+      <c r="G15" s="237"/>
+      <c r="H15" s="237"/>
+      <c r="I15" s="237"/>
+      <c r="J15" s="237"/>
+      <c r="K15" s="238"/>
+      <c r="L15" s="238"/>
+      <c r="M15" s="238"/>
+      <c r="N15" s="238"/>
+      <c r="O15" s="238"/>
+      <c r="P15" s="238"/>
+      <c r="Q15" s="237"/>
+      <c r="R15" s="237"/>
+      <c r="S15" s="237"/>
+      <c r="T15" s="237"/>
+      <c r="U15" s="237"/>
+      <c r="V15" s="237"/>
+    </row>
+    <row r="16" spans="2:22" ht="17.25" customHeight="1">
+      <c r="C16" s="215"/>
+      <c r="D16" s="216"/>
+      <c r="E16" s="217"/>
+      <c r="F16" s="237"/>
+      <c r="G16" s="237"/>
+      <c r="H16" s="237"/>
+      <c r="I16" s="237"/>
+      <c r="J16" s="237"/>
+      <c r="K16" s="238"/>
+      <c r="L16" s="238"/>
+      <c r="M16" s="238"/>
+      <c r="N16" s="238"/>
+      <c r="O16" s="238"/>
+      <c r="P16" s="238"/>
+      <c r="Q16" s="237"/>
+      <c r="R16" s="237"/>
+      <c r="S16" s="237"/>
+      <c r="T16" s="237"/>
+      <c r="U16" s="237"/>
+      <c r="V16" s="237"/>
     </row>
     <row r="17" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C17" s="228"/>
-[...18 lines deleted...]
-      <c r="V17" s="251"/>
+      <c r="C17" s="215"/>
+      <c r="D17" s="216"/>
+      <c r="E17" s="217"/>
+      <c r="F17" s="237"/>
+      <c r="G17" s="237"/>
+      <c r="H17" s="237"/>
+      <c r="I17" s="237"/>
+      <c r="J17" s="237"/>
+      <c r="K17" s="238"/>
+      <c r="L17" s="238"/>
+      <c r="M17" s="238"/>
+      <c r="N17" s="238"/>
+      <c r="O17" s="238"/>
+      <c r="P17" s="238"/>
+      <c r="Q17" s="237"/>
+      <c r="R17" s="237"/>
+      <c r="S17" s="237"/>
+      <c r="T17" s="237"/>
+      <c r="U17" s="237"/>
+      <c r="V17" s="237"/>
     </row>
     <row r="18" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C18" s="228"/>
-[...18 lines deleted...]
-      <c r="V18" s="251"/>
+      <c r="C18" s="215"/>
+      <c r="D18" s="216"/>
+      <c r="E18" s="217"/>
+      <c r="F18" s="237"/>
+      <c r="G18" s="237"/>
+      <c r="H18" s="237"/>
+      <c r="I18" s="237"/>
+      <c r="J18" s="237"/>
+      <c r="K18" s="238"/>
+      <c r="L18" s="238"/>
+      <c r="M18" s="238"/>
+      <c r="N18" s="238"/>
+      <c r="O18" s="238"/>
+      <c r="P18" s="238"/>
+      <c r="Q18" s="237"/>
+      <c r="R18" s="237"/>
+      <c r="S18" s="237"/>
+      <c r="T18" s="237"/>
+      <c r="U18" s="237"/>
+      <c r="V18" s="237"/>
     </row>
     <row r="19" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C19" s="228"/>
-[...18 lines deleted...]
-      <c r="V19" s="251"/>
+      <c r="C19" s="215"/>
+      <c r="D19" s="216"/>
+      <c r="E19" s="217"/>
+      <c r="F19" s="237"/>
+      <c r="G19" s="237"/>
+      <c r="H19" s="237"/>
+      <c r="I19" s="237"/>
+      <c r="J19" s="237"/>
+      <c r="K19" s="238"/>
+      <c r="L19" s="238"/>
+      <c r="M19" s="238"/>
+      <c r="N19" s="238"/>
+      <c r="O19" s="238"/>
+      <c r="P19" s="238"/>
+      <c r="Q19" s="237"/>
+      <c r="R19" s="237"/>
+      <c r="S19" s="237"/>
+      <c r="T19" s="237"/>
+      <c r="U19" s="237"/>
+      <c r="V19" s="237"/>
     </row>
     <row r="20" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C20" s="228"/>
-[...18 lines deleted...]
-      <c r="V20" s="251"/>
+      <c r="C20" s="215"/>
+      <c r="D20" s="216"/>
+      <c r="E20" s="217"/>
+      <c r="F20" s="237"/>
+      <c r="G20" s="237"/>
+      <c r="H20" s="237"/>
+      <c r="I20" s="237"/>
+      <c r="J20" s="237"/>
+      <c r="K20" s="238"/>
+      <c r="L20" s="238"/>
+      <c r="M20" s="238"/>
+      <c r="N20" s="238"/>
+      <c r="O20" s="238"/>
+      <c r="P20" s="238"/>
+      <c r="Q20" s="237"/>
+      <c r="R20" s="237"/>
+      <c r="S20" s="237"/>
+      <c r="T20" s="237"/>
+      <c r="U20" s="237"/>
+      <c r="V20" s="237"/>
     </row>
     <row r="21" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C21" s="228"/>
-[...18 lines deleted...]
-      <c r="V21" s="251"/>
+      <c r="C21" s="215"/>
+      <c r="D21" s="216"/>
+      <c r="E21" s="217"/>
+      <c r="F21" s="237"/>
+      <c r="G21" s="237"/>
+      <c r="H21" s="237"/>
+      <c r="I21" s="237"/>
+      <c r="J21" s="237"/>
+      <c r="K21" s="238"/>
+      <c r="L21" s="238"/>
+      <c r="M21" s="238"/>
+      <c r="N21" s="238"/>
+      <c r="O21" s="238"/>
+      <c r="P21" s="238"/>
+      <c r="Q21" s="237"/>
+      <c r="R21" s="237"/>
+      <c r="S21" s="237"/>
+      <c r="T21" s="237"/>
+      <c r="U21" s="237"/>
+      <c r="V21" s="237"/>
     </row>
     <row r="22" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C22" s="228"/>
-[...18 lines deleted...]
-      <c r="V22" s="251"/>
+      <c r="C22" s="215"/>
+      <c r="D22" s="216"/>
+      <c r="E22" s="217"/>
+      <c r="F22" s="237"/>
+      <c r="G22" s="237"/>
+      <c r="H22" s="237"/>
+      <c r="I22" s="237"/>
+      <c r="J22" s="237"/>
+      <c r="K22" s="238"/>
+      <c r="L22" s="238"/>
+      <c r="M22" s="238"/>
+      <c r="N22" s="238"/>
+      <c r="O22" s="238"/>
+      <c r="P22" s="238"/>
+      <c r="Q22" s="237"/>
+      <c r="R22" s="237"/>
+      <c r="S22" s="237"/>
+      <c r="T22" s="237"/>
+      <c r="U22" s="237"/>
+      <c r="V22" s="237"/>
     </row>
     <row r="23" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C23" s="228"/>
-[...18 lines deleted...]
-      <c r="V23" s="251"/>
+      <c r="C23" s="215"/>
+      <c r="D23" s="216"/>
+      <c r="E23" s="217"/>
+      <c r="F23" s="237"/>
+      <c r="G23" s="237"/>
+      <c r="H23" s="237"/>
+      <c r="I23" s="237"/>
+      <c r="J23" s="237"/>
+      <c r="K23" s="238"/>
+      <c r="L23" s="238"/>
+      <c r="M23" s="238"/>
+      <c r="N23" s="238"/>
+      <c r="O23" s="238"/>
+      <c r="P23" s="238"/>
+      <c r="Q23" s="237"/>
+      <c r="R23" s="237"/>
+      <c r="S23" s="237"/>
+      <c r="T23" s="237"/>
+      <c r="U23" s="237"/>
+      <c r="V23" s="237"/>
     </row>
     <row r="24" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C24" s="231"/>
-[...2 lines deleted...]
-      <c r="F24" s="244" t="s">
+      <c r="C24" s="218"/>
+      <c r="D24" s="219"/>
+      <c r="E24" s="220"/>
+      <c r="F24" s="233" t="s">
         <v>26</v>
       </c>
-      <c r="G24" s="244"/>
-[...3 lines deleted...]
-      <c r="K24" s="250">
+      <c r="G24" s="233"/>
+      <c r="H24" s="233"/>
+      <c r="I24" s="233"/>
+      <c r="J24" s="233"/>
+      <c r="K24" s="236">
         <f>SUM(K15:M23)</f>
         <v>0</v>
       </c>
-      <c r="L24" s="250"/>
-[...1 lines deleted...]
-      <c r="N24" s="250">
+      <c r="L24" s="236"/>
+      <c r="M24" s="236"/>
+      <c r="N24" s="236">
         <f>SUM(N15:P23)</f>
         <v>0</v>
       </c>
-      <c r="O24" s="250"/>
-[...6 lines deleted...]
-      <c r="V24" s="244"/>
+      <c r="O24" s="236"/>
+      <c r="P24" s="236"/>
+      <c r="Q24" s="233"/>
+      <c r="R24" s="233"/>
+      <c r="S24" s="233"/>
+      <c r="T24" s="233"/>
+      <c r="U24" s="233"/>
+      <c r="V24" s="233"/>
     </row>
     <row r="25" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C25" s="225" t="s">
-[...22 lines deleted...]
-      <c r="V25" s="236"/>
+      <c r="C25" s="212" t="s">
+        <v>232</v>
+      </c>
+      <c r="D25" s="213"/>
+      <c r="E25" s="214"/>
+      <c r="F25" s="221" t="s">
+        <v>293</v>
+      </c>
+      <c r="G25" s="222"/>
+      <c r="H25" s="222"/>
+      <c r="I25" s="222"/>
+      <c r="J25" s="222"/>
+      <c r="K25" s="222"/>
+      <c r="L25" s="222"/>
+      <c r="M25" s="222"/>
+      <c r="N25" s="222"/>
+      <c r="O25" s="222"/>
+      <c r="P25" s="222"/>
+      <c r="Q25" s="222"/>
+      <c r="R25" s="222"/>
+      <c r="S25" s="222"/>
+      <c r="T25" s="222"/>
+      <c r="U25" s="222"/>
+      <c r="V25" s="223"/>
     </row>
     <row r="26" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C26" s="228"/>
-[...18 lines deleted...]
-      <c r="V26" s="239"/>
+      <c r="C26" s="215"/>
+      <c r="D26" s="216"/>
+      <c r="E26" s="217"/>
+      <c r="F26" s="224"/>
+      <c r="G26" s="225"/>
+      <c r="H26" s="225"/>
+      <c r="I26" s="225"/>
+      <c r="J26" s="225"/>
+      <c r="K26" s="225"/>
+      <c r="L26" s="225"/>
+      <c r="M26" s="225"/>
+      <c r="N26" s="225"/>
+      <c r="O26" s="225"/>
+      <c r="P26" s="225"/>
+      <c r="Q26" s="225"/>
+      <c r="R26" s="225"/>
+      <c r="S26" s="225"/>
+      <c r="T26" s="225"/>
+      <c r="U26" s="225"/>
+      <c r="V26" s="226"/>
     </row>
     <row r="27" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C27" s="231"/>
-[...18 lines deleted...]
-      <c r="V27" s="242"/>
+      <c r="C27" s="218"/>
+      <c r="D27" s="219"/>
+      <c r="E27" s="220"/>
+      <c r="F27" s="227"/>
+      <c r="G27" s="228"/>
+      <c r="H27" s="228"/>
+      <c r="I27" s="228"/>
+      <c r="J27" s="228"/>
+      <c r="K27" s="228"/>
+      <c r="L27" s="228"/>
+      <c r="M27" s="228"/>
+      <c r="N27" s="228"/>
+      <c r="O27" s="228"/>
+      <c r="P27" s="228"/>
+      <c r="Q27" s="228"/>
+      <c r="R27" s="228"/>
+      <c r="S27" s="228"/>
+      <c r="T27" s="228"/>
+      <c r="U27" s="228"/>
+      <c r="V27" s="229"/>
     </row>
     <row r="28" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C28" s="209" t="s">
+      <c r="C28" s="190" t="s">
         <v>12</v>
       </c>
-      <c r="D28" s="210"/>
-[...19 lines deleted...]
-      <c r="V28" s="218"/>
+      <c r="D28" s="191"/>
+      <c r="E28" s="191"/>
+      <c r="F28" s="205" t="s">
+        <v>228</v>
+      </c>
+      <c r="G28" s="205"/>
+      <c r="H28" s="205"/>
+      <c r="I28" s="205"/>
+      <c r="J28" s="205"/>
+      <c r="K28" s="205"/>
+      <c r="L28" s="205"/>
+      <c r="M28" s="205"/>
+      <c r="N28" s="205"/>
+      <c r="O28" s="205"/>
+      <c r="P28" s="205"/>
+      <c r="Q28" s="205"/>
+      <c r="R28" s="205"/>
+      <c r="S28" s="205"/>
+      <c r="T28" s="205"/>
+      <c r="U28" s="205"/>
+      <c r="V28" s="205"/>
     </row>
     <row r="30" spans="2:22" ht="17.25" customHeight="1">
       <c r="B30" s="1" t="s">
         <v>24</v>
       </c>
-      <c r="F30" s="131" t="s">
-        <v>163</v>
+      <c r="F30" s="145" t="s">
+        <v>234</v>
       </c>
     </row>
     <row r="31" spans="2:22" ht="17.25" customHeight="1">
       <c r="F31" s="1" t="s">
         <v>40</v>
       </c>
       <c r="J31" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="32" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C32" s="209" t="s">
-[...4 lines deleted...]
-      <c r="F32" s="219">
+      <c r="C32" s="190" t="s">
+        <v>0</v>
+      </c>
+      <c r="D32" s="191"/>
+      <c r="E32" s="192"/>
+      <c r="F32" s="206">
         <v>500</v>
       </c>
-      <c r="G32" s="220"/>
-[...2 lines deleted...]
-      <c r="J32" s="211" t="s">
+      <c r="G32" s="207"/>
+      <c r="H32" s="207"/>
+      <c r="I32" s="208"/>
+      <c r="J32" s="204" t="s">
         <v>31</v>
       </c>
-      <c r="K32" s="211"/>
-[...10 lines deleted...]
-      <c r="V32" s="211"/>
+      <c r="K32" s="204"/>
+      <c r="L32" s="204"/>
+      <c r="M32" s="204"/>
+      <c r="N32" s="204"/>
+      <c r="O32" s="204"/>
+      <c r="P32" s="204"/>
+      <c r="Q32" s="204"/>
+      <c r="R32" s="204"/>
+      <c r="S32" s="204"/>
+      <c r="T32" s="204"/>
+      <c r="U32" s="204"/>
+      <c r="V32" s="204"/>
     </row>
     <row r="33" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C33" s="209" t="s">
+      <c r="C33" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="D33" s="210"/>
-[...1 lines deleted...]
-      <c r="F33" s="219">
+      <c r="D33" s="191"/>
+      <c r="E33" s="192"/>
+      <c r="F33" s="206">
         <v>240</v>
       </c>
-      <c r="G33" s="220"/>
-[...2 lines deleted...]
-      <c r="J33" s="211" t="s">
+      <c r="G33" s="207"/>
+      <c r="H33" s="207"/>
+      <c r="I33" s="208"/>
+      <c r="J33" s="204" t="s">
         <v>31</v>
       </c>
-      <c r="K33" s="211"/>
-[...10 lines deleted...]
-      <c r="V33" s="211"/>
+      <c r="K33" s="204"/>
+      <c r="L33" s="204"/>
+      <c r="M33" s="204"/>
+      <c r="N33" s="204"/>
+      <c r="O33" s="204"/>
+      <c r="P33" s="204"/>
+      <c r="Q33" s="204"/>
+      <c r="R33" s="204"/>
+      <c r="S33" s="204"/>
+      <c r="T33" s="204"/>
+      <c r="U33" s="204"/>
+      <c r="V33" s="204"/>
     </row>
     <row r="34" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C34" s="130"/>
-[...2 lines deleted...]
-      <c r="F34" s="252">
+      <c r="C34" s="144"/>
+      <c r="D34" s="144"/>
+      <c r="E34" s="144"/>
+      <c r="F34" s="203">
         <f>SUM(F32:I33)</f>
         <v>740</v>
       </c>
-      <c r="G34" s="252"/>
-[...14 lines deleted...]
-      <c r="V34" s="84"/>
+      <c r="G34" s="203"/>
+      <c r="H34" s="203"/>
+      <c r="I34" s="203"/>
+      <c r="J34" s="98"/>
+      <c r="K34" s="98"/>
+      <c r="L34" s="98"/>
+      <c r="M34" s="98"/>
+      <c r="N34" s="98"/>
+      <c r="O34" s="98"/>
+      <c r="P34" s="98"/>
+      <c r="Q34" s="98"/>
+      <c r="R34" s="98"/>
+      <c r="S34" s="98"/>
+      <c r="T34" s="98"/>
+      <c r="U34" s="98"/>
+      <c r="V34" s="98"/>
     </row>
     <row r="35" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C35" s="130"/>
-[...20 lines deleted...]
-      <c r="V35" s="84"/>
+      <c r="C35" s="144"/>
+      <c r="D35" s="144"/>
+      <c r="E35" s="144"/>
+      <c r="F35" s="99" t="s">
+        <v>230</v>
+      </c>
+      <c r="G35" s="97"/>
+      <c r="H35" s="97"/>
+      <c r="I35" s="97"/>
+      <c r="J35" s="98"/>
+      <c r="K35" s="98"/>
+      <c r="L35" s="98"/>
+      <c r="M35" s="98"/>
+      <c r="N35" s="98"/>
+      <c r="O35" s="98"/>
+      <c r="P35" s="98"/>
+      <c r="Q35" s="98"/>
+      <c r="R35" s="98"/>
+      <c r="S35" s="98"/>
+      <c r="T35" s="98"/>
+      <c r="U35" s="98"/>
+      <c r="V35" s="98"/>
     </row>
     <row r="36" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C36" s="209" t="s">
-[...22 lines deleted...]
-      <c r="V36" s="214"/>
+      <c r="C36" s="190" t="s">
+        <v>0</v>
+      </c>
+      <c r="D36" s="191"/>
+      <c r="E36" s="192"/>
+      <c r="F36" s="193" t="s">
+        <v>231</v>
+      </c>
+      <c r="G36" s="193"/>
+      <c r="H36" s="193"/>
+      <c r="I36" s="193"/>
+      <c r="J36" s="193"/>
+      <c r="K36" s="193"/>
+      <c r="L36" s="193"/>
+      <c r="M36" s="193"/>
+      <c r="N36" s="193"/>
+      <c r="O36" s="193"/>
+      <c r="P36" s="193"/>
+      <c r="Q36" s="193"/>
+      <c r="R36" s="193"/>
+      <c r="S36" s="193"/>
+      <c r="T36" s="193"/>
+      <c r="U36" s="193"/>
+      <c r="V36" s="193"/>
     </row>
     <row r="37" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C37" s="209" t="s">
+      <c r="C37" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="D37" s="210"/>
-[...19 lines deleted...]
-      <c r="V37" s="214"/>
+      <c r="D37" s="191"/>
+      <c r="E37" s="192"/>
+      <c r="F37" s="193" t="s">
+        <v>231</v>
+      </c>
+      <c r="G37" s="193"/>
+      <c r="H37" s="193"/>
+      <c r="I37" s="193"/>
+      <c r="J37" s="193"/>
+      <c r="K37" s="193"/>
+      <c r="L37" s="193"/>
+      <c r="M37" s="193"/>
+      <c r="N37" s="193"/>
+      <c r="O37" s="193"/>
+      <c r="P37" s="193"/>
+      <c r="Q37" s="193"/>
+      <c r="R37" s="193"/>
+      <c r="S37" s="193"/>
+      <c r="T37" s="193"/>
+      <c r="U37" s="193"/>
+      <c r="V37" s="193"/>
     </row>
     <row r="38" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C38" s="130"/>
-[...18 lines deleted...]
-      <c r="V38" s="84"/>
+      <c r="C38" s="144"/>
+      <c r="D38" s="144"/>
+      <c r="E38" s="144"/>
+      <c r="F38" s="97"/>
+      <c r="G38" s="97"/>
+      <c r="H38" s="97"/>
+      <c r="I38" s="97"/>
+      <c r="J38" s="98"/>
+      <c r="K38" s="98"/>
+      <c r="L38" s="98"/>
+      <c r="M38" s="98"/>
+      <c r="N38" s="98"/>
+      <c r="O38" s="98"/>
+      <c r="P38" s="98"/>
+      <c r="Q38" s="98"/>
+      <c r="R38" s="98"/>
+      <c r="S38" s="98"/>
+      <c r="T38" s="98"/>
+      <c r="U38" s="98"/>
+      <c r="V38" s="98"/>
     </row>
     <row r="39" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C39" s="130"/>
-[...20 lines deleted...]
-      <c r="V39" s="84"/>
+      <c r="C39" s="144"/>
+      <c r="D39" s="144"/>
+      <c r="E39" s="144"/>
+      <c r="F39" s="99" t="s">
+        <v>235</v>
+      </c>
+      <c r="G39" s="97"/>
+      <c r="H39" s="97"/>
+      <c r="I39" s="97"/>
+      <c r="J39" s="98"/>
+      <c r="K39" s="98"/>
+      <c r="L39" s="98"/>
+      <c r="M39" s="98"/>
+      <c r="N39" s="98"/>
+      <c r="O39" s="98"/>
+      <c r="P39" s="98"/>
+      <c r="Q39" s="98"/>
+      <c r="R39" s="98"/>
+      <c r="S39" s="98"/>
+      <c r="T39" s="98"/>
+      <c r="U39" s="98"/>
+      <c r="V39" s="98"/>
     </row>
     <row r="40" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C40" s="209" t="s">
-[...22 lines deleted...]
-      <c r="V40" s="214"/>
+      <c r="C40" s="190" t="s">
+        <v>0</v>
+      </c>
+      <c r="D40" s="191"/>
+      <c r="E40" s="192"/>
+      <c r="F40" s="193" t="s">
+        <v>298</v>
+      </c>
+      <c r="G40" s="193"/>
+      <c r="H40" s="193"/>
+      <c r="I40" s="193"/>
+      <c r="J40" s="193"/>
+      <c r="K40" s="193"/>
+      <c r="L40" s="193"/>
+      <c r="M40" s="193"/>
+      <c r="N40" s="193"/>
+      <c r="O40" s="193"/>
+      <c r="P40" s="193"/>
+      <c r="Q40" s="193"/>
+      <c r="R40" s="193"/>
+      <c r="S40" s="193"/>
+      <c r="T40" s="193"/>
+      <c r="U40" s="193"/>
+      <c r="V40" s="193"/>
     </row>
     <row r="41" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C41" s="209" t="s">
+      <c r="C41" s="190" t="s">
         <v>1</v>
       </c>
-      <c r="D41" s="210"/>
-[...19 lines deleted...]
-      <c r="V41" s="214"/>
+      <c r="D41" s="191"/>
+      <c r="E41" s="192"/>
+      <c r="F41" s="193" t="s">
+        <v>236</v>
+      </c>
+      <c r="G41" s="193"/>
+      <c r="H41" s="193"/>
+      <c r="I41" s="193"/>
+      <c r="J41" s="193"/>
+      <c r="K41" s="193"/>
+      <c r="L41" s="193"/>
+      <c r="M41" s="193"/>
+      <c r="N41" s="193"/>
+      <c r="O41" s="193"/>
+      <c r="P41" s="193"/>
+      <c r="Q41" s="193"/>
+      <c r="R41" s="193"/>
+      <c r="S41" s="193"/>
+      <c r="T41" s="193"/>
+      <c r="U41" s="193"/>
+      <c r="V41" s="193"/>
     </row>
     <row r="43" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C43" s="209" t="s">
+      <c r="C43" s="190" t="s">
         <v>7</v>
       </c>
-      <c r="D43" s="210"/>
-[...17 lines deleted...]
-      <c r="V43" s="218"/>
+      <c r="D43" s="191"/>
+      <c r="E43" s="191"/>
+      <c r="F43" s="205"/>
+      <c r="G43" s="205"/>
+      <c r="H43" s="205"/>
+      <c r="I43" s="205"/>
+      <c r="J43" s="205"/>
+      <c r="K43" s="205"/>
+      <c r="L43" s="205"/>
+      <c r="M43" s="205"/>
+      <c r="N43" s="205"/>
+      <c r="O43" s="205"/>
+      <c r="P43" s="205"/>
+      <c r="Q43" s="205"/>
+      <c r="R43" s="205"/>
+      <c r="S43" s="205"/>
+      <c r="T43" s="205"/>
+      <c r="U43" s="205"/>
+      <c r="V43" s="205"/>
     </row>
     <row r="45" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C45" s="209" t="s">
+      <c r="C45" s="190" t="s">
         <v>5</v>
       </c>
-      <c r="D45" s="210"/>
-[...1 lines deleted...]
-      <c r="F45" s="211" t="s">
+      <c r="D45" s="191"/>
+      <c r="E45" s="191"/>
+      <c r="F45" s="204" t="s">
         <v>16</v>
       </c>
-      <c r="G45" s="211"/>
-[...14 lines deleted...]
-      <c r="V45" s="211"/>
+      <c r="G45" s="204"/>
+      <c r="H45" s="204"/>
+      <c r="I45" s="204"/>
+      <c r="J45" s="204"/>
+      <c r="K45" s="204"/>
+      <c r="L45" s="204"/>
+      <c r="M45" s="204"/>
+      <c r="N45" s="204"/>
+      <c r="O45" s="204"/>
+      <c r="P45" s="204"/>
+      <c r="Q45" s="204"/>
+      <c r="R45" s="204"/>
+      <c r="S45" s="204"/>
+      <c r="T45" s="204"/>
+      <c r="U45" s="204"/>
+      <c r="V45" s="204"/>
     </row>
     <row r="46" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C46" s="209" t="s">
+      <c r="C46" s="190" t="s">
         <v>6</v>
       </c>
-      <c r="D46" s="210"/>
-[...1 lines deleted...]
-      <c r="F46" s="211" t="s">
+      <c r="D46" s="191"/>
+      <c r="E46" s="191"/>
+      <c r="F46" s="204" t="s">
         <v>16</v>
       </c>
-      <c r="G46" s="211"/>
-[...14 lines deleted...]
-      <c r="V46" s="211"/>
+      <c r="G46" s="204"/>
+      <c r="H46" s="204"/>
+      <c r="I46" s="204"/>
+      <c r="J46" s="204"/>
+      <c r="K46" s="204"/>
+      <c r="L46" s="204"/>
+      <c r="M46" s="204"/>
+      <c r="N46" s="204"/>
+      <c r="O46" s="204"/>
+      <c r="P46" s="204"/>
+      <c r="Q46" s="204"/>
+      <c r="R46" s="204"/>
+      <c r="S46" s="204"/>
+      <c r="T46" s="204"/>
+      <c r="U46" s="204"/>
+      <c r="V46" s="204"/>
     </row>
     <row r="48" spans="2:22" ht="17.25" customHeight="1">
       <c r="B48" s="1" t="s">
         <v>25</v>
       </c>
       <c r="V48" s="3" t="s">
-        <v>238</v>
+        <v>313</v>
       </c>
     </row>
     <row r="49" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C49" s="209" t="s">
+      <c r="C49" s="190" t="s">
         <v>17</v>
       </c>
-      <c r="D49" s="210"/>
-[...1 lines deleted...]
-      <c r="F49" s="203" t="s">
+      <c r="D49" s="191"/>
+      <c r="E49" s="191"/>
+      <c r="F49" s="197" t="s">
         <v>23</v>
       </c>
-      <c r="G49" s="204"/>
-[...16 lines deleted...]
-      <c r="V49" s="208"/>
+      <c r="G49" s="198"/>
+      <c r="H49" s="198"/>
+      <c r="I49" s="198"/>
+      <c r="J49" s="198"/>
+      <c r="K49" s="198"/>
+      <c r="L49" s="198"/>
+      <c r="M49" s="198"/>
+      <c r="N49" s="198"/>
+      <c r="O49" s="198"/>
+      <c r="P49" s="198"/>
+      <c r="Q49" s="198"/>
+      <c r="R49" s="198"/>
+      <c r="S49" s="199"/>
+      <c r="T49" s="200">
+        <v>0</v>
+      </c>
+      <c r="U49" s="201"/>
+      <c r="V49" s="202"/>
     </row>
     <row r="50" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C50" s="209" t="s">
+      <c r="C50" s="190" t="s">
         <v>18</v>
       </c>
-      <c r="D50" s="210"/>
-[...19 lines deleted...]
-      <c r="V50" s="208"/>
+      <c r="D50" s="191"/>
+      <c r="E50" s="191"/>
+      <c r="F50" s="197"/>
+      <c r="G50" s="198"/>
+      <c r="H50" s="198"/>
+      <c r="I50" s="198"/>
+      <c r="J50" s="198"/>
+      <c r="K50" s="198"/>
+      <c r="L50" s="198"/>
+      <c r="M50" s="198"/>
+      <c r="N50" s="198"/>
+      <c r="O50" s="198"/>
+      <c r="P50" s="198"/>
+      <c r="Q50" s="198"/>
+      <c r="R50" s="198"/>
+      <c r="S50" s="199"/>
+      <c r="T50" s="200">
+        <v>0</v>
+      </c>
+      <c r="U50" s="201"/>
+      <c r="V50" s="202"/>
     </row>
     <row r="51" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C51" s="209" t="s">
+      <c r="C51" s="190" t="s">
         <v>19</v>
       </c>
-      <c r="D51" s="210"/>
-[...21 lines deleted...]
-      <c r="V51" s="208"/>
+      <c r="D51" s="191"/>
+      <c r="E51" s="191"/>
+      <c r="F51" s="197" t="s">
+        <v>233</v>
+      </c>
+      <c r="G51" s="198"/>
+      <c r="H51" s="198"/>
+      <c r="I51" s="198"/>
+      <c r="J51" s="198"/>
+      <c r="K51" s="198"/>
+      <c r="L51" s="198"/>
+      <c r="M51" s="198"/>
+      <c r="N51" s="198"/>
+      <c r="O51" s="198"/>
+      <c r="P51" s="198"/>
+      <c r="Q51" s="198"/>
+      <c r="R51" s="198"/>
+      <c r="S51" s="199"/>
+      <c r="T51" s="200">
+        <v>0</v>
+      </c>
+      <c r="U51" s="201"/>
+      <c r="V51" s="202"/>
     </row>
     <row r="52" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C52" s="209" t="s">
+      <c r="C52" s="190" t="s">
         <v>20</v>
       </c>
-      <c r="D52" s="210"/>
-[...1 lines deleted...]
-      <c r="F52" s="203" t="s">
+      <c r="D52" s="191"/>
+      <c r="E52" s="191"/>
+      <c r="F52" s="197" t="s">
         <v>29</v>
       </c>
-      <c r="G52" s="204"/>
-[...16 lines deleted...]
-      <c r="V52" s="208"/>
+      <c r="G52" s="198"/>
+      <c r="H52" s="198"/>
+      <c r="I52" s="198"/>
+      <c r="J52" s="198"/>
+      <c r="K52" s="198"/>
+      <c r="L52" s="198"/>
+      <c r="M52" s="198"/>
+      <c r="N52" s="198"/>
+      <c r="O52" s="198"/>
+      <c r="P52" s="198"/>
+      <c r="Q52" s="198"/>
+      <c r="R52" s="198"/>
+      <c r="S52" s="199"/>
+      <c r="T52" s="200">
+        <v>0</v>
+      </c>
+      <c r="U52" s="201"/>
+      <c r="V52" s="202"/>
     </row>
     <row r="53" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C53" s="209" t="s">
+      <c r="C53" s="190" t="s">
         <v>21</v>
       </c>
-      <c r="D53" s="210"/>
-[...19 lines deleted...]
-      <c r="V53" s="208"/>
+      <c r="D53" s="191"/>
+      <c r="E53" s="191"/>
+      <c r="F53" s="197"/>
+      <c r="G53" s="198"/>
+      <c r="H53" s="198"/>
+      <c r="I53" s="198"/>
+      <c r="J53" s="198"/>
+      <c r="K53" s="198"/>
+      <c r="L53" s="198"/>
+      <c r="M53" s="198"/>
+      <c r="N53" s="198"/>
+      <c r="O53" s="198"/>
+      <c r="P53" s="198"/>
+      <c r="Q53" s="198"/>
+      <c r="R53" s="198"/>
+      <c r="S53" s="199"/>
+      <c r="T53" s="200">
+        <v>0</v>
+      </c>
+      <c r="U53" s="201"/>
+      <c r="V53" s="202"/>
     </row>
     <row r="54" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C54" s="209" t="s">
+      <c r="C54" s="190" t="s">
         <v>22</v>
       </c>
-      <c r="D54" s="210"/>
-[...1 lines deleted...]
-      <c r="F54" s="203" t="s">
+      <c r="D54" s="191"/>
+      <c r="E54" s="191"/>
+      <c r="F54" s="197" t="s">
         <v>30</v>
       </c>
-      <c r="G54" s="204"/>
-[...16 lines deleted...]
-      <c r="V54" s="208"/>
+      <c r="G54" s="198"/>
+      <c r="H54" s="198"/>
+      <c r="I54" s="198"/>
+      <c r="J54" s="198"/>
+      <c r="K54" s="198"/>
+      <c r="L54" s="198"/>
+      <c r="M54" s="198"/>
+      <c r="N54" s="198"/>
+      <c r="O54" s="198"/>
+      <c r="P54" s="198"/>
+      <c r="Q54" s="198"/>
+      <c r="R54" s="198"/>
+      <c r="S54" s="199"/>
+      <c r="T54" s="200">
+        <v>0</v>
+      </c>
+      <c r="U54" s="201"/>
+      <c r="V54" s="202"/>
     </row>
     <row r="55" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C55" s="209" t="s">
+      <c r="C55" s="190" t="s">
         <v>22</v>
       </c>
-      <c r="D55" s="210"/>
-[...1 lines deleted...]
-      <c r="F55" s="203" t="s">
+      <c r="D55" s="191"/>
+      <c r="E55" s="191"/>
+      <c r="F55" s="197" t="s">
         <v>30</v>
       </c>
-      <c r="G55" s="204"/>
-[...16 lines deleted...]
-      <c r="V55" s="208"/>
+      <c r="G55" s="198"/>
+      <c r="H55" s="198"/>
+      <c r="I55" s="198"/>
+      <c r="J55" s="198"/>
+      <c r="K55" s="198"/>
+      <c r="L55" s="198"/>
+      <c r="M55" s="198"/>
+      <c r="N55" s="198"/>
+      <c r="O55" s="198"/>
+      <c r="P55" s="198"/>
+      <c r="Q55" s="198"/>
+      <c r="R55" s="198"/>
+      <c r="S55" s="199"/>
+      <c r="T55" s="200">
+        <v>0</v>
+      </c>
+      <c r="U55" s="201"/>
+      <c r="V55" s="202"/>
     </row>
     <row r="56" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C56" s="209" t="s">
+      <c r="C56" s="190" t="s">
         <v>22</v>
       </c>
-      <c r="D56" s="210"/>
-[...1 lines deleted...]
-      <c r="F56" s="203" t="s">
+      <c r="D56" s="191"/>
+      <c r="E56" s="191"/>
+      <c r="F56" s="197" t="s">
         <v>30</v>
       </c>
-      <c r="G56" s="204"/>
-[...16 lines deleted...]
-      <c r="V56" s="208"/>
+      <c r="G56" s="198"/>
+      <c r="H56" s="198"/>
+      <c r="I56" s="198"/>
+      <c r="J56" s="198"/>
+      <c r="K56" s="198"/>
+      <c r="L56" s="198"/>
+      <c r="M56" s="198"/>
+      <c r="N56" s="198"/>
+      <c r="O56" s="198"/>
+      <c r="P56" s="198"/>
+      <c r="Q56" s="198"/>
+      <c r="R56" s="198"/>
+      <c r="S56" s="199"/>
+      <c r="T56" s="200">
+        <v>0</v>
+      </c>
+      <c r="U56" s="201"/>
+      <c r="V56" s="202"/>
       <c r="X56" s="1" t="s">
-        <v>221</v>
+        <v>294</v>
       </c>
     </row>
     <row r="57" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C57" s="217" t="s">
+      <c r="C57" s="196" t="s">
         <v>26</v>
       </c>
-      <c r="D57" s="217"/>
-[...15 lines deleted...]
-      <c r="T57" s="215">
+      <c r="D57" s="196"/>
+      <c r="E57" s="196"/>
+      <c r="F57" s="196"/>
+      <c r="G57" s="196"/>
+      <c r="H57" s="196"/>
+      <c r="I57" s="196"/>
+      <c r="J57" s="196"/>
+      <c r="K57" s="196"/>
+      <c r="L57" s="196"/>
+      <c r="M57" s="196"/>
+      <c r="N57" s="196"/>
+      <c r="O57" s="196"/>
+      <c r="P57" s="196"/>
+      <c r="Q57" s="196"/>
+      <c r="R57" s="196"/>
+      <c r="S57" s="196"/>
+      <c r="T57" s="194">
         <f>SUM(T49:V56)</f>
         <v>0</v>
       </c>
-      <c r="U57" s="216"/>
-[...1 lines deleted...]
-      <c r="X57" s="212">
+      <c r="U57" s="195"/>
+      <c r="V57" s="195"/>
+      <c r="X57" s="189">
         <f>F34-T57</f>
         <v>740</v>
       </c>
-      <c r="Y57" s="212"/>
-[...1 lines deleted...]
-      <c r="AA57" s="212"/>
+      <c r="Y57" s="189"/>
+      <c r="Z57" s="189"/>
+      <c r="AA57" s="189"/>
     </row>
     <row r="59" spans="2:27" ht="17.25" customHeight="1">
       <c r="B59" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="60" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C60" s="218" t="s">
+      <c r="C60" s="205" t="s">
         <v>41</v>
       </c>
-      <c r="D60" s="218"/>
-[...17 lines deleted...]
-      <c r="V60" s="218"/>
+      <c r="D60" s="205"/>
+      <c r="E60" s="205"/>
+      <c r="F60" s="205"/>
+      <c r="G60" s="205"/>
+      <c r="H60" s="205"/>
+      <c r="I60" s="205"/>
+      <c r="J60" s="205"/>
+      <c r="K60" s="205"/>
+      <c r="L60" s="205"/>
+      <c r="M60" s="205"/>
+      <c r="N60" s="205"/>
+      <c r="O60" s="205"/>
+      <c r="P60" s="205"/>
+      <c r="Q60" s="205"/>
+      <c r="R60" s="205"/>
+      <c r="S60" s="205"/>
+      <c r="T60" s="205"/>
+      <c r="U60" s="205"/>
+      <c r="V60" s="205"/>
     </row>
     <row r="62" spans="2:27" ht="17.25" customHeight="1">
       <c r="B62" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="63" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C63" s="218" t="s">
-[...20 lines deleted...]
-      <c r="V63" s="218"/>
+      <c r="C63" s="205" t="s">
+        <v>290</v>
+      </c>
+      <c r="D63" s="205"/>
+      <c r="E63" s="205"/>
+      <c r="F63" s="205"/>
+      <c r="G63" s="205"/>
+      <c r="H63" s="205"/>
+      <c r="I63" s="205"/>
+      <c r="J63" s="205"/>
+      <c r="K63" s="205"/>
+      <c r="L63" s="205"/>
+      <c r="M63" s="205"/>
+      <c r="N63" s="205"/>
+      <c r="O63" s="205"/>
+      <c r="P63" s="205"/>
+      <c r="Q63" s="205"/>
+      <c r="R63" s="205"/>
+      <c r="S63" s="205"/>
+      <c r="T63" s="205"/>
+      <c r="U63" s="205"/>
+      <c r="V63" s="205"/>
     </row>
     <row r="64" spans="2:27" ht="17.25" customHeight="1">
-      <c r="C64" s="218" t="s">
-[...20 lines deleted...]
-      <c r="V64" s="218"/>
+      <c r="C64" s="205" t="s">
+        <v>229</v>
+      </c>
+      <c r="D64" s="205"/>
+      <c r="E64" s="205"/>
+      <c r="F64" s="205"/>
+      <c r="G64" s="205"/>
+      <c r="H64" s="205"/>
+      <c r="I64" s="205"/>
+      <c r="J64" s="205"/>
+      <c r="K64" s="205"/>
+      <c r="L64" s="205"/>
+      <c r="M64" s="205"/>
+      <c r="N64" s="205"/>
+      <c r="O64" s="205"/>
+      <c r="P64" s="205"/>
+      <c r="Q64" s="205"/>
+      <c r="R64" s="205"/>
+      <c r="S64" s="205"/>
+      <c r="T64" s="205"/>
+      <c r="U64" s="205"/>
+      <c r="V64" s="205"/>
     </row>
     <row r="65" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C65" s="218" t="s">
+      <c r="C65" s="205" t="s">
         <v>38</v>
       </c>
-      <c r="D65" s="218"/>
-[...17 lines deleted...]
-      <c r="V65" s="218"/>
+      <c r="D65" s="205"/>
+      <c r="E65" s="205"/>
+      <c r="F65" s="205"/>
+      <c r="G65" s="205"/>
+      <c r="H65" s="205"/>
+      <c r="I65" s="205"/>
+      <c r="J65" s="205"/>
+      <c r="K65" s="205"/>
+      <c r="L65" s="205"/>
+      <c r="M65" s="205"/>
+      <c r="N65" s="205"/>
+      <c r="O65" s="205"/>
+      <c r="P65" s="205"/>
+      <c r="Q65" s="205"/>
+      <c r="R65" s="205"/>
+      <c r="S65" s="205"/>
+      <c r="T65" s="205"/>
+      <c r="U65" s="205"/>
+      <c r="V65" s="205"/>
     </row>
     <row r="66" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C66" s="218"/>
-[...18 lines deleted...]
-      <c r="V66" s="218"/>
+      <c r="C66" s="205"/>
+      <c r="D66" s="205"/>
+      <c r="E66" s="205"/>
+      <c r="F66" s="205"/>
+      <c r="G66" s="205"/>
+      <c r="H66" s="205"/>
+      <c r="I66" s="205"/>
+      <c r="J66" s="205"/>
+      <c r="K66" s="205"/>
+      <c r="L66" s="205"/>
+      <c r="M66" s="205"/>
+      <c r="N66" s="205"/>
+      <c r="O66" s="205"/>
+      <c r="P66" s="205"/>
+      <c r="Q66" s="205"/>
+      <c r="R66" s="205"/>
+      <c r="S66" s="205"/>
+      <c r="T66" s="205"/>
+      <c r="U66" s="205"/>
+      <c r="V66" s="205"/>
     </row>
     <row r="67" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C67" s="218"/>
-[...18 lines deleted...]
-      <c r="V67" s="218"/>
+      <c r="C67" s="205"/>
+      <c r="D67" s="205"/>
+      <c r="E67" s="205"/>
+      <c r="F67" s="205"/>
+      <c r="G67" s="205"/>
+      <c r="H67" s="205"/>
+      <c r="I67" s="205"/>
+      <c r="J67" s="205"/>
+      <c r="K67" s="205"/>
+      <c r="L67" s="205"/>
+      <c r="M67" s="205"/>
+      <c r="N67" s="205"/>
+      <c r="O67" s="205"/>
+      <c r="P67" s="205"/>
+      <c r="Q67" s="205"/>
+      <c r="R67" s="205"/>
+      <c r="S67" s="205"/>
+      <c r="T67" s="205"/>
+      <c r="U67" s="205"/>
+      <c r="V67" s="205"/>
     </row>
     <row r="68" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C68" s="218"/>
-[...18 lines deleted...]
-      <c r="V68" s="218"/>
+      <c r="C68" s="205"/>
+      <c r="D68" s="205"/>
+      <c r="E68" s="205"/>
+      <c r="F68" s="205"/>
+      <c r="G68" s="205"/>
+      <c r="H68" s="205"/>
+      <c r="I68" s="205"/>
+      <c r="J68" s="205"/>
+      <c r="K68" s="205"/>
+      <c r="L68" s="205"/>
+      <c r="M68" s="205"/>
+      <c r="N68" s="205"/>
+      <c r="O68" s="205"/>
+      <c r="P68" s="205"/>
+      <c r="Q68" s="205"/>
+      <c r="R68" s="205"/>
+      <c r="S68" s="205"/>
+      <c r="T68" s="205"/>
+      <c r="U68" s="205"/>
+      <c r="V68" s="205"/>
     </row>
     <row r="70" spans="2:22" ht="17.25" customHeight="1">
       <c r="B70" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="71" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C71" s="218" t="s">
-[...20 lines deleted...]
-      <c r="V71" s="218"/>
+      <c r="C71" s="205" t="s">
+        <v>291</v>
+      </c>
+      <c r="D71" s="205"/>
+      <c r="E71" s="205"/>
+      <c r="F71" s="205"/>
+      <c r="G71" s="205"/>
+      <c r="H71" s="205"/>
+      <c r="I71" s="205"/>
+      <c r="J71" s="205"/>
+      <c r="K71" s="205"/>
+      <c r="L71" s="205"/>
+      <c r="M71" s="205"/>
+      <c r="N71" s="205"/>
+      <c r="O71" s="205"/>
+      <c r="P71" s="205"/>
+      <c r="Q71" s="205"/>
+      <c r="R71" s="205"/>
+      <c r="S71" s="205"/>
+      <c r="T71" s="205"/>
+      <c r="U71" s="205"/>
+      <c r="V71" s="205"/>
     </row>
     <row r="73" spans="2:22" ht="17.25" customHeight="1">
       <c r="B73" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="74" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C74" s="249" t="s">
-[...20 lines deleted...]
-      <c r="V74" s="249"/>
+      <c r="C74" s="235" t="s">
+        <v>299</v>
+      </c>
+      <c r="D74" s="235"/>
+      <c r="E74" s="235"/>
+      <c r="F74" s="235"/>
+      <c r="G74" s="235"/>
+      <c r="H74" s="235"/>
+      <c r="I74" s="235"/>
+      <c r="J74" s="235"/>
+      <c r="K74" s="235"/>
+      <c r="L74" s="235"/>
+      <c r="M74" s="235"/>
+      <c r="N74" s="235"/>
+      <c r="O74" s="235"/>
+      <c r="P74" s="235"/>
+      <c r="Q74" s="235"/>
+      <c r="R74" s="235"/>
+      <c r="S74" s="235"/>
+      <c r="T74" s="235"/>
+      <c r="U74" s="235"/>
+      <c r="V74" s="235"/>
     </row>
     <row r="75" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C75" s="249"/>
-[...18 lines deleted...]
-      <c r="V75" s="249"/>
+      <c r="C75" s="235"/>
+      <c r="D75" s="235"/>
+      <c r="E75" s="235"/>
+      <c r="F75" s="235"/>
+      <c r="G75" s="235"/>
+      <c r="H75" s="235"/>
+      <c r="I75" s="235"/>
+      <c r="J75" s="235"/>
+      <c r="K75" s="235"/>
+      <c r="L75" s="235"/>
+      <c r="M75" s="235"/>
+      <c r="N75" s="235"/>
+      <c r="O75" s="235"/>
+      <c r="P75" s="235"/>
+      <c r="Q75" s="235"/>
+      <c r="R75" s="235"/>
+      <c r="S75" s="235"/>
+      <c r="T75" s="235"/>
+      <c r="U75" s="235"/>
+      <c r="V75" s="235"/>
     </row>
     <row r="77" spans="2:22" ht="17.25" customHeight="1">
       <c r="B77" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="78" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C78" s="248" t="s">
-[...20 lines deleted...]
-      <c r="V78" s="248"/>
+      <c r="C78" s="234" t="s">
+        <v>300</v>
+      </c>
+      <c r="D78" s="234"/>
+      <c r="E78" s="234"/>
+      <c r="F78" s="234"/>
+      <c r="G78" s="234"/>
+      <c r="H78" s="234"/>
+      <c r="I78" s="234"/>
+      <c r="J78" s="234"/>
+      <c r="K78" s="234"/>
+      <c r="L78" s="234"/>
+      <c r="M78" s="234"/>
+      <c r="N78" s="234"/>
+      <c r="O78" s="234"/>
+      <c r="P78" s="234"/>
+      <c r="Q78" s="234"/>
+      <c r="R78" s="234"/>
+      <c r="S78" s="234"/>
+      <c r="T78" s="234"/>
+      <c r="U78" s="234"/>
+      <c r="V78" s="234"/>
     </row>
     <row r="79" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C79" s="248"/>
-[...18 lines deleted...]
-      <c r="V79" s="248"/>
+      <c r="C79" s="234"/>
+      <c r="D79" s="234"/>
+      <c r="E79" s="234"/>
+      <c r="F79" s="234"/>
+      <c r="G79" s="234"/>
+      <c r="H79" s="234"/>
+      <c r="I79" s="234"/>
+      <c r="J79" s="234"/>
+      <c r="K79" s="234"/>
+      <c r="L79" s="234"/>
+      <c r="M79" s="234"/>
+      <c r="N79" s="234"/>
+      <c r="O79" s="234"/>
+      <c r="P79" s="234"/>
+      <c r="Q79" s="234"/>
+      <c r="R79" s="234"/>
+      <c r="S79" s="234"/>
+      <c r="T79" s="234"/>
+      <c r="U79" s="234"/>
+      <c r="V79" s="234"/>
     </row>
     <row r="80" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C80" s="248"/>
-[...18 lines deleted...]
-      <c r="V80" s="248"/>
+      <c r="C80" s="234"/>
+      <c r="D80" s="234"/>
+      <c r="E80" s="234"/>
+      <c r="F80" s="234"/>
+      <c r="G80" s="234"/>
+      <c r="H80" s="234"/>
+      <c r="I80" s="234"/>
+      <c r="J80" s="234"/>
+      <c r="K80" s="234"/>
+      <c r="L80" s="234"/>
+      <c r="M80" s="234"/>
+      <c r="N80" s="234"/>
+      <c r="O80" s="234"/>
+      <c r="P80" s="234"/>
+      <c r="Q80" s="234"/>
+      <c r="R80" s="234"/>
+      <c r="S80" s="234"/>
+      <c r="T80" s="234"/>
+      <c r="U80" s="234"/>
+      <c r="V80" s="234"/>
     </row>
     <row r="81" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C81" s="248"/>
-[...18 lines deleted...]
-      <c r="V81" s="248"/>
+      <c r="C81" s="234"/>
+      <c r="D81" s="234"/>
+      <c r="E81" s="234"/>
+      <c r="F81" s="234"/>
+      <c r="G81" s="234"/>
+      <c r="H81" s="234"/>
+      <c r="I81" s="234"/>
+      <c r="J81" s="234"/>
+      <c r="K81" s="234"/>
+      <c r="L81" s="234"/>
+      <c r="M81" s="234"/>
+      <c r="N81" s="234"/>
+      <c r="O81" s="234"/>
+      <c r="P81" s="234"/>
+      <c r="Q81" s="234"/>
+      <c r="R81" s="234"/>
+      <c r="S81" s="234"/>
+      <c r="T81" s="234"/>
+      <c r="U81" s="234"/>
+      <c r="V81" s="234"/>
     </row>
     <row r="82" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C82" s="248"/>
-[...18 lines deleted...]
-      <c r="V82" s="248"/>
+      <c r="C82" s="234"/>
+      <c r="D82" s="234"/>
+      <c r="E82" s="234"/>
+      <c r="F82" s="234"/>
+      <c r="G82" s="234"/>
+      <c r="H82" s="234"/>
+      <c r="I82" s="234"/>
+      <c r="J82" s="234"/>
+      <c r="K82" s="234"/>
+      <c r="L82" s="234"/>
+      <c r="M82" s="234"/>
+      <c r="N82" s="234"/>
+      <c r="O82" s="234"/>
+      <c r="P82" s="234"/>
+      <c r="Q82" s="234"/>
+      <c r="R82" s="234"/>
+      <c r="S82" s="234"/>
+      <c r="T82" s="234"/>
+      <c r="U82" s="234"/>
+      <c r="V82" s="234"/>
     </row>
     <row r="84" spans="2:22" ht="17.25" customHeight="1">
       <c r="B84" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="85" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C85" s="248" t="s">
+      <c r="C85" s="234" t="s">
         <v>39</v>
       </c>
-      <c r="D85" s="249"/>
-[...17 lines deleted...]
-      <c r="V85" s="249"/>
+      <c r="D85" s="235"/>
+      <c r="E85" s="235"/>
+      <c r="F85" s="235"/>
+      <c r="G85" s="235"/>
+      <c r="H85" s="235"/>
+      <c r="I85" s="235"/>
+      <c r="J85" s="235"/>
+      <c r="K85" s="235"/>
+      <c r="L85" s="235"/>
+      <c r="M85" s="235"/>
+      <c r="N85" s="235"/>
+      <c r="O85" s="235"/>
+      <c r="P85" s="235"/>
+      <c r="Q85" s="235"/>
+      <c r="R85" s="235"/>
+      <c r="S85" s="235"/>
+      <c r="T85" s="235"/>
+      <c r="U85" s="235"/>
+      <c r="V85" s="235"/>
     </row>
     <row r="86" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C86" s="249"/>
-[...18 lines deleted...]
-      <c r="V86" s="249"/>
+      <c r="C86" s="235"/>
+      <c r="D86" s="235"/>
+      <c r="E86" s="235"/>
+      <c r="F86" s="235"/>
+      <c r="G86" s="235"/>
+      <c r="H86" s="235"/>
+      <c r="I86" s="235"/>
+      <c r="J86" s="235"/>
+      <c r="K86" s="235"/>
+      <c r="L86" s="235"/>
+      <c r="M86" s="235"/>
+      <c r="N86" s="235"/>
+      <c r="O86" s="235"/>
+      <c r="P86" s="235"/>
+      <c r="Q86" s="235"/>
+      <c r="R86" s="235"/>
+      <c r="S86" s="235"/>
+      <c r="T86" s="235"/>
+      <c r="U86" s="235"/>
+      <c r="V86" s="235"/>
     </row>
     <row r="87" spans="2:22" ht="17.25" customHeight="1">
-      <c r="C87" s="249"/>
-[...18 lines deleted...]
-      <c r="V87" s="249"/>
+      <c r="C87" s="235"/>
+      <c r="D87" s="235"/>
+      <c r="E87" s="235"/>
+      <c r="F87" s="235"/>
+      <c r="G87" s="235"/>
+      <c r="H87" s="235"/>
+      <c r="I87" s="235"/>
+      <c r="J87" s="235"/>
+      <c r="K87" s="235"/>
+      <c r="L87" s="235"/>
+      <c r="M87" s="235"/>
+      <c r="N87" s="235"/>
+      <c r="O87" s="235"/>
+      <c r="P87" s="235"/>
+      <c r="Q87" s="235"/>
+      <c r="R87" s="235"/>
+      <c r="S87" s="235"/>
+      <c r="T87" s="235"/>
+      <c r="U87" s="235"/>
+      <c r="V87" s="235"/>
     </row>
   </sheetData>
-  <mergeCells count="140">
-    <mergeCell ref="T1:V1"/>
+  <mergeCells count="139">
+    <mergeCell ref="N23:P23"/>
+    <mergeCell ref="Q15:V15"/>
+    <mergeCell ref="Q16:V16"/>
+    <mergeCell ref="Q17:V17"/>
+    <mergeCell ref="Q18:V18"/>
     <mergeCell ref="Q19:V19"/>
     <mergeCell ref="Q20:V20"/>
     <mergeCell ref="Q21:V21"/>
     <mergeCell ref="Q22:V22"/>
     <mergeCell ref="Q23:V23"/>
     <mergeCell ref="N20:P20"/>
     <mergeCell ref="N21:P21"/>
     <mergeCell ref="N22:P22"/>
     <mergeCell ref="N15:P15"/>
     <mergeCell ref="N16:P16"/>
     <mergeCell ref="N17:P17"/>
     <mergeCell ref="N18:P18"/>
     <mergeCell ref="N19:P19"/>
+    <mergeCell ref="T53:V53"/>
     <mergeCell ref="K24:M24"/>
     <mergeCell ref="N24:P24"/>
     <mergeCell ref="F24:J24"/>
     <mergeCell ref="Q24:V24"/>
     <mergeCell ref="F15:J15"/>
     <mergeCell ref="F16:J16"/>
     <mergeCell ref="F17:J17"/>
     <mergeCell ref="F18:J18"/>
     <mergeCell ref="F19:J19"/>
     <mergeCell ref="F20:J20"/>
     <mergeCell ref="F21:J21"/>
     <mergeCell ref="F22:J22"/>
     <mergeCell ref="F23:J23"/>
     <mergeCell ref="K15:M15"/>
     <mergeCell ref="K21:M21"/>
     <mergeCell ref="K22:M22"/>
     <mergeCell ref="K23:M23"/>
     <mergeCell ref="K16:M16"/>
     <mergeCell ref="K17:M17"/>
-    <mergeCell ref="N23:P23"/>
-[...3 lines deleted...]
-    <mergeCell ref="Q18:V18"/>
     <mergeCell ref="C85:V87"/>
     <mergeCell ref="C78:V82"/>
     <mergeCell ref="C71:V71"/>
     <mergeCell ref="C74:V75"/>
     <mergeCell ref="C56:E56"/>
     <mergeCell ref="C68:V68"/>
     <mergeCell ref="F56:S56"/>
     <mergeCell ref="C67:V67"/>
     <mergeCell ref="C66:V66"/>
     <mergeCell ref="C65:V65"/>
     <mergeCell ref="C64:V64"/>
     <mergeCell ref="T56:V56"/>
     <mergeCell ref="C63:V63"/>
     <mergeCell ref="C60:V60"/>
     <mergeCell ref="B2:V2"/>
     <mergeCell ref="F6:J6"/>
     <mergeCell ref="F7:J7"/>
     <mergeCell ref="F8:J8"/>
     <mergeCell ref="F9:J9"/>
     <mergeCell ref="C8:E8"/>
     <mergeCell ref="K6:M6"/>
     <mergeCell ref="K7:M7"/>
     <mergeCell ref="K8:M8"/>
     <mergeCell ref="K9:M9"/>
     <mergeCell ref="C7:E7"/>
@@ -11460,1989 +9255,1988 @@
     <mergeCell ref="P8:V8"/>
     <mergeCell ref="F10:J10"/>
     <mergeCell ref="F32:I32"/>
     <mergeCell ref="C25:E27"/>
     <mergeCell ref="F25:V27"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="C14:E24"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="N10:O10"/>
     <mergeCell ref="N11:O11"/>
     <mergeCell ref="P10:V10"/>
     <mergeCell ref="P11:V11"/>
     <mergeCell ref="F28:V28"/>
     <mergeCell ref="C32:E32"/>
     <mergeCell ref="C28:E28"/>
     <mergeCell ref="Q14:V14"/>
     <mergeCell ref="N14:P14"/>
     <mergeCell ref="K14:M14"/>
     <mergeCell ref="F14:J14"/>
     <mergeCell ref="K11:M11"/>
     <mergeCell ref="F11:J11"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="K18:M18"/>
     <mergeCell ref="K19:M19"/>
     <mergeCell ref="K20:M20"/>
+    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="T50:V50"/>
     <mergeCell ref="C36:E36"/>
     <mergeCell ref="C37:E37"/>
     <mergeCell ref="F36:V36"/>
     <mergeCell ref="F37:V37"/>
     <mergeCell ref="J32:V32"/>
     <mergeCell ref="F43:V43"/>
     <mergeCell ref="C43:E43"/>
     <mergeCell ref="F33:I33"/>
     <mergeCell ref="J33:V33"/>
     <mergeCell ref="C33:E33"/>
-    <mergeCell ref="F34:I34"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="C49:E49"/>
+    <mergeCell ref="F45:V45"/>
+    <mergeCell ref="T49:V49"/>
+    <mergeCell ref="F46:V46"/>
+    <mergeCell ref="C46:E46"/>
     <mergeCell ref="X57:AA57"/>
     <mergeCell ref="C40:E40"/>
     <mergeCell ref="F40:V40"/>
     <mergeCell ref="C41:E41"/>
     <mergeCell ref="F41:V41"/>
     <mergeCell ref="T57:V57"/>
     <mergeCell ref="C57:S57"/>
     <mergeCell ref="F51:S51"/>
     <mergeCell ref="F50:S50"/>
     <mergeCell ref="F49:S49"/>
     <mergeCell ref="T54:V54"/>
     <mergeCell ref="C52:E52"/>
     <mergeCell ref="C51:E51"/>
     <mergeCell ref="C50:E50"/>
     <mergeCell ref="C54:E54"/>
     <mergeCell ref="C53:E53"/>
     <mergeCell ref="C55:E55"/>
     <mergeCell ref="T55:V55"/>
-    <mergeCell ref="T53:V53"/>
-    <mergeCell ref="T50:V50"/>
     <mergeCell ref="F54:S54"/>
     <mergeCell ref="T52:V52"/>
     <mergeCell ref="F52:S52"/>
     <mergeCell ref="F53:S53"/>
     <mergeCell ref="T51:V51"/>
     <mergeCell ref="F55:S55"/>
-    <mergeCell ref="C45:E45"/>
-[...4 lines deleted...]
-    <mergeCell ref="C46:E46"/>
   </mergeCells>
   <phoneticPr fontId="1"/>
   <dataValidations count="2">
     <dataValidation type="decimal" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="T49:V56 F32:I33" xr:uid="{00000000-0002-0000-0000-000000000000}">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation type="whole" operator="greaterThanOrEqual" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="K15:P23" xr:uid="{BEEE9317-6F3A-44AF-AD38-DD1D80FD0988}">
       <formula1>0</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.31496062992125984" right="0.70866141732283472" top="0.35433070866141736" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="56" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="B1:K125"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="E4" sqref="E4"/>
+      <selection activeCell="G47" sqref="G47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="12.875" defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="1.25" style="132" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="11" max="16384" width="12.875" style="132"/>
+    <col min="1" max="1" width="1.25" style="146" customWidth="1"/>
+    <col min="2" max="2" width="4.5" style="146" customWidth="1"/>
+    <col min="3" max="3" width="18" style="146" customWidth="1"/>
+    <col min="4" max="10" width="13.375" style="146" customWidth="1"/>
+    <col min="11" max="16384" width="12.875" style="146"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:11" ht="6.75" customHeight="1"/>
     <row r="2" spans="2:11" ht="16.5">
-      <c r="B2" s="133" t="s">
+      <c r="B2" s="147" t="s">
         <v>48</v>
       </c>
-      <c r="J2" s="134"/>
-      <c r="K2" s="135">
+      <c r="J2" s="148"/>
+      <c r="K2" s="149">
         <f ca="1">TODAY()</f>
-        <v>46005</v>
+        <v>45634</v>
       </c>
     </row>
     <row r="3" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="4" spans="2:11" ht="18.75" customHeight="1" thickBot="1">
-      <c r="B4" s="255" t="s">
+      <c r="B4" s="241" t="s">
         <v>49</v>
       </c>
-      <c r="C4" s="256"/>
-      <c r="D4" s="136" t="s">
+      <c r="C4" s="242"/>
+      <c r="D4" s="150" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="5" spans="2:11" ht="12.75" thickBot="1">
-      <c r="D5" s="137" t="s">
+      <c r="D5" s="151" t="s">
         <v>51</v>
       </c>
-      <c r="E5" s="137" t="s">
+      <c r="E5" s="151" t="s">
         <v>52</v>
       </c>
-      <c r="F5" s="137" t="s">
+      <c r="F5" s="151" t="s">
         <v>53</v>
       </c>
-      <c r="G5" s="137" t="s">
+      <c r="G5" s="151" t="s">
         <v>54</v>
       </c>
-      <c r="H5" s="137" t="s">
+      <c r="H5" s="151" t="s">
         <v>55</v>
       </c>
-      <c r="I5" s="137" t="s">
+      <c r="I5" s="151" t="s">
         <v>56</v>
       </c>
-      <c r="J5" s="137" t="s">
+      <c r="J5" s="151" t="s">
         <v>57</v>
       </c>
-      <c r="K5" s="137" t="s">
+      <c r="K5" s="151" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="6" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B6" s="257" t="s">
+      <c r="B6" s="243" t="s">
         <v>59</v>
       </c>
-      <c r="C6" s="258"/>
-      <c r="D6" s="138" t="s">
+      <c r="C6" s="244"/>
+      <c r="D6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="E6" s="138" t="s">
+      <c r="E6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="F6" s="138" t="s">
+      <c r="F6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="G6" s="138" t="s">
+      <c r="G6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="H6" s="138" t="s">
+      <c r="H6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="I6" s="138" t="s">
+      <c r="I6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="J6" s="138" t="s">
+      <c r="J6" s="152" t="s">
         <v>50</v>
       </c>
-      <c r="K6" s="139"/>
+      <c r="K6" s="153"/>
     </row>
     <row r="7" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B7" s="253" t="s">
+      <c r="B7" s="239" t="s">
         <v>60</v>
       </c>
-      <c r="C7" s="254"/>
-      <c r="D7" s="140" t="s">
+      <c r="C7" s="240"/>
+      <c r="D7" s="154" t="s">
         <v>61</v>
       </c>
-      <c r="E7" s="141" t="s">
+      <c r="E7" s="155" t="s">
         <v>50</v>
       </c>
-      <c r="F7" s="141" t="s">
+      <c r="F7" s="155" t="s">
         <v>50</v>
       </c>
-      <c r="G7" s="141" t="s">
+      <c r="G7" s="155" t="s">
         <v>50</v>
       </c>
-      <c r="H7" s="141" t="s">
+      <c r="H7" s="155" t="s">
         <v>61</v>
       </c>
-      <c r="I7" s="141" t="s">
+      <c r="I7" s="155" t="s">
         <v>50</v>
       </c>
-      <c r="J7" s="141" t="s">
+      <c r="J7" s="155" t="s">
         <v>50</v>
       </c>
-      <c r="K7" s="142"/>
+      <c r="K7" s="156"/>
     </row>
     <row r="8" spans="2:11" ht="24">
-      <c r="B8" s="253" t="s">
+      <c r="B8" s="239" t="s">
         <v>62</v>
       </c>
-      <c r="C8" s="254"/>
-      <c r="D8" s="145" t="s">
+      <c r="C8" s="240"/>
+      <c r="D8" s="159" t="s">
         <v>63</v>
       </c>
-      <c r="E8" s="143" t="s">
+      <c r="E8" s="157" t="s">
         <v>64</v>
       </c>
-      <c r="F8" s="143" t="s">
+      <c r="F8" s="157" t="s">
         <v>65</v>
       </c>
-      <c r="G8" s="143" t="s">
+      <c r="G8" s="157" t="s">
         <v>66</v>
       </c>
-      <c r="H8" s="143" t="s">
+      <c r="H8" s="157" t="s">
         <v>67</v>
       </c>
-      <c r="I8" s="143" t="s">
+      <c r="I8" s="157" t="s">
         <v>68</v>
       </c>
-      <c r="J8" s="143" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="144"/>
+      <c r="J8" s="157" t="s">
+        <v>303</v>
+      </c>
+      <c r="K8" s="158"/>
     </row>
     <row r="9" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B9" s="253" t="s">
+      <c r="B9" s="239" t="s">
         <v>69</v>
       </c>
-      <c r="C9" s="254"/>
-      <c r="D9" s="145" t="s">
+      <c r="C9" s="240"/>
+      <c r="D9" s="159" t="s">
         <v>70</v>
       </c>
-      <c r="E9" s="143" t="s">
+      <c r="E9" s="157" t="s">
         <v>71</v>
       </c>
-      <c r="F9" s="143" t="s">
+      <c r="F9" s="157" t="s">
         <v>65</v>
       </c>
-      <c r="G9" s="143"/>
-[...3 lines deleted...]
-      <c r="K9" s="144"/>
+      <c r="G9" s="157"/>
+      <c r="H9" s="157"/>
+      <c r="I9" s="157"/>
+      <c r="J9" s="157"/>
+      <c r="K9" s="158"/>
     </row>
     <row r="10" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B10" s="253" t="s">
+      <c r="B10" s="239" t="s">
         <v>72</v>
       </c>
-      <c r="C10" s="254"/>
-      <c r="D10" s="140" t="s">
+      <c r="C10" s="240"/>
+      <c r="D10" s="154" t="s">
         <v>73</v>
       </c>
-      <c r="E10" s="141" t="s">
+      <c r="E10" s="155" t="s">
         <v>74</v>
       </c>
-      <c r="F10" s="141" t="s">
+      <c r="F10" s="155" t="s">
         <v>75</v>
       </c>
-      <c r="G10" s="141" t="s">
+      <c r="G10" s="155" t="s">
         <v>76</v>
       </c>
-      <c r="H10" s="141" t="s">
+      <c r="H10" s="155" t="s">
         <v>76</v>
       </c>
-      <c r="I10" s="141" t="s">
+      <c r="I10" s="155" t="s">
         <v>77</v>
       </c>
-      <c r="J10" s="141" t="s">
-[...2 lines deleted...]
-      <c r="K10" s="142"/>
+      <c r="J10" s="155" t="s">
+        <v>304</v>
+      </c>
+      <c r="K10" s="156"/>
     </row>
     <row r="11" spans="2:11" ht="24">
-      <c r="B11" s="253" t="s">
+      <c r="B11" s="239" t="s">
         <v>78</v>
       </c>
-      <c r="C11" s="254"/>
-[...6 lines deleted...]
-      <c r="F11" s="143" t="s">
+      <c r="C11" s="240"/>
+      <c r="D11" s="159" t="s">
         <v>79</v>
       </c>
-      <c r="G11" s="143" t="s">
+      <c r="E11" s="157" t="s">
         <v>80</v>
       </c>
-      <c r="H11" s="143" t="s">
-[...8 lines deleted...]
-      <c r="K11" s="144"/>
+      <c r="F11" s="157" t="s">
+        <v>81</v>
+      </c>
+      <c r="G11" s="157" t="s">
+        <v>82</v>
+      </c>
+      <c r="H11" s="157" t="s">
+        <v>82</v>
+      </c>
+      <c r="I11" s="157" t="s">
+        <v>83</v>
+      </c>
+      <c r="J11" s="157" t="s">
+        <v>308</v>
+      </c>
+      <c r="K11" s="158"/>
     </row>
     <row r="12" spans="2:11">
-      <c r="B12" s="261" t="s">
-[...9 lines deleted...]
-      <c r="F12" s="141" t="s">
+      <c r="B12" s="247" t="s">
         <v>84</v>
       </c>
-      <c r="G12" s="141"/>
-      <c r="H12" s="141" t="s">
+      <c r="C12" s="160" t="s">
         <v>85</v>
       </c>
-      <c r="I12" s="141"/>
-[...3 lines deleted...]
-      <c r="K12" s="142"/>
+      <c r="D12" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E12" s="155"/>
+      <c r="F12" s="155" t="s">
+        <v>87</v>
+      </c>
+      <c r="G12" s="155"/>
+      <c r="H12" s="155" t="s">
+        <v>88</v>
+      </c>
+      <c r="I12" s="155"/>
+      <c r="J12" s="155" t="s">
+        <v>309</v>
+      </c>
+      <c r="K12" s="156"/>
     </row>
     <row r="13" spans="2:11" ht="24">
-      <c r="B13" s="262"/>
-      <c r="C13" s="146" t="s">
+      <c r="B13" s="248"/>
+      <c r="C13" s="160" t="s">
+        <v>89</v>
+      </c>
+      <c r="D13" s="159" t="s">
+        <v>90</v>
+      </c>
+      <c r="E13" s="155"/>
+      <c r="F13" s="155"/>
+      <c r="G13" s="155"/>
+      <c r="H13" s="155"/>
+      <c r="I13" s="155"/>
+      <c r="J13" s="155"/>
+      <c r="K13" s="156"/>
+    </row>
+    <row r="14" spans="2:11">
+      <c r="B14" s="248"/>
+      <c r="C14" s="160" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" s="154" t="s">
         <v>86</v>
       </c>
-      <c r="D13" s="145" t="s">
-[...26 lines deleted...]
-      <c r="K14" s="142"/>
+      <c r="E14" s="155"/>
+      <c r="F14" s="155" t="s">
+        <v>92</v>
+      </c>
+      <c r="G14" s="155"/>
+      <c r="H14" s="155"/>
+      <c r="I14" s="155"/>
+      <c r="J14" s="155"/>
+      <c r="K14" s="156"/>
     </row>
     <row r="15" spans="2:11">
-      <c r="B15" s="263"/>
-[...12 lines deleted...]
-      <c r="K15" s="142"/>
+      <c r="B15" s="249"/>
+      <c r="C15" s="160" t="s">
+        <v>93</v>
+      </c>
+      <c r="D15" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E15" s="155"/>
+      <c r="F15" s="155"/>
+      <c r="G15" s="155"/>
+      <c r="H15" s="155"/>
+      <c r="I15" s="155"/>
+      <c r="J15" s="155"/>
+      <c r="K15" s="156"/>
     </row>
     <row r="16" spans="2:11" ht="36">
-      <c r="B16" s="147" t="s">
+      <c r="B16" s="161" t="s">
+        <v>94</v>
+      </c>
+      <c r="C16" s="160" t="s">
+        <v>95</v>
+      </c>
+      <c r="D16" s="154"/>
+      <c r="E16" s="155"/>
+      <c r="F16" s="155"/>
+      <c r="G16" s="155"/>
+      <c r="H16" s="155"/>
+      <c r="I16" s="157" t="s">
+        <v>96</v>
+      </c>
+      <c r="J16" s="157"/>
+      <c r="K16" s="158"/>
+    </row>
+    <row r="17" spans="2:11">
+      <c r="B17" s="250" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" s="160" t="s">
+        <v>98</v>
+      </c>
+      <c r="D17" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E17" s="155" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" s="155"/>
+      <c r="G17" s="155"/>
+      <c r="H17" s="155"/>
+      <c r="I17" s="155"/>
+      <c r="J17" s="155"/>
+      <c r="K17" s="156"/>
+    </row>
+    <row r="18" spans="2:11">
+      <c r="B18" s="248"/>
+      <c r="C18" s="160" t="s">
+        <v>100</v>
+      </c>
+      <c r="D18" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E18" s="155" t="s">
+        <v>101</v>
+      </c>
+      <c r="F18" s="155"/>
+      <c r="G18" s="155"/>
+      <c r="H18" s="155"/>
+      <c r="I18" s="155"/>
+      <c r="J18" s="155"/>
+      <c r="K18" s="156"/>
+    </row>
+    <row r="19" spans="2:11">
+      <c r="B19" s="248"/>
+      <c r="C19" s="160" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="155"/>
+      <c r="F19" s="155"/>
+      <c r="G19" s="155"/>
+      <c r="H19" s="155"/>
+      <c r="I19" s="155"/>
+      <c r="J19" s="155"/>
+      <c r="K19" s="156"/>
+    </row>
+    <row r="20" spans="2:11">
+      <c r="B20" s="249"/>
+      <c r="C20" s="160" t="s">
+        <v>103</v>
+      </c>
+      <c r="D20" s="154"/>
+      <c r="E20" s="155" t="s">
+        <v>104</v>
+      </c>
+      <c r="F20" s="155"/>
+      <c r="G20" s="155"/>
+      <c r="H20" s="155"/>
+      <c r="I20" s="155"/>
+      <c r="J20" s="155"/>
+      <c r="K20" s="156"/>
+    </row>
+    <row r="21" spans="2:11">
+      <c r="B21" s="247" t="s">
+        <v>105</v>
+      </c>
+      <c r="C21" s="160" t="s">
+        <v>106</v>
+      </c>
+      <c r="D21" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E21" s="155"/>
+      <c r="F21" s="155"/>
+      <c r="G21" s="155" t="s">
+        <v>107</v>
+      </c>
+      <c r="H21" s="155"/>
+      <c r="I21" s="155"/>
+      <c r="J21" s="155"/>
+      <c r="K21" s="156"/>
+    </row>
+    <row r="22" spans="2:11">
+      <c r="B22" s="248"/>
+      <c r="C22" s="160" t="s">
         <v>91</v>
       </c>
-      <c r="C16" s="146" t="s">
-[...119 lines deleted...]
-      <c r="K22" s="142"/>
+      <c r="D22" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E22" s="155"/>
+      <c r="F22" s="155"/>
+      <c r="G22" s="155" t="s">
+        <v>108</v>
+      </c>
+      <c r="H22" s="155"/>
+      <c r="I22" s="155"/>
+      <c r="J22" s="155"/>
+      <c r="K22" s="156"/>
     </row>
     <row r="23" spans="2:11">
-      <c r="B23" s="263"/>
-[...16 lines deleted...]
-      <c r="K23" s="142"/>
+      <c r="B23" s="249"/>
+      <c r="C23" s="160" t="s">
+        <v>109</v>
+      </c>
+      <c r="D23" s="154" t="s">
+        <v>86</v>
+      </c>
+      <c r="E23" s="155"/>
+      <c r="F23" s="155" t="s">
+        <v>108</v>
+      </c>
+      <c r="G23" s="155" t="s">
+        <v>110</v>
+      </c>
+      <c r="H23" s="155"/>
+      <c r="I23" s="155"/>
+      <c r="J23" s="155"/>
+      <c r="K23" s="156"/>
     </row>
     <row r="24" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B24" s="253" t="s">
-[...18 lines deleted...]
-      <c r="I24" s="141" t="s">
+      <c r="B24" s="239" t="s">
         <v>111</v>
       </c>
-      <c r="J24" s="141" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="142"/>
+      <c r="C24" s="240"/>
+      <c r="D24" s="154" t="s">
+        <v>112</v>
+      </c>
+      <c r="E24" s="155" t="s">
+        <v>112</v>
+      </c>
+      <c r="F24" s="155" t="s">
+        <v>113</v>
+      </c>
+      <c r="G24" s="155" t="s">
+        <v>112</v>
+      </c>
+      <c r="H24" s="155" t="s">
+        <v>113</v>
+      </c>
+      <c r="I24" s="155" t="s">
+        <v>114</v>
+      </c>
+      <c r="J24" s="155" t="s">
+        <v>113</v>
+      </c>
+      <c r="K24" s="156"/>
     </row>
     <row r="25" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B25" s="253" t="s">
-[...24 lines deleted...]
-      <c r="K25" s="142"/>
+      <c r="B25" s="239" t="s">
+        <v>115</v>
+      </c>
+      <c r="C25" s="240"/>
+      <c r="D25" s="154" t="s">
+        <v>116</v>
+      </c>
+      <c r="E25" s="155" t="s">
+        <v>117</v>
+      </c>
+      <c r="F25" s="155" t="s">
+        <v>117</v>
+      </c>
+      <c r="G25" s="155" t="s">
+        <v>118</v>
+      </c>
+      <c r="H25" s="155" t="s">
+        <v>118</v>
+      </c>
+      <c r="I25" s="155" t="s">
+        <v>119</v>
+      </c>
+      <c r="J25" s="155" t="s">
+        <v>307</v>
+      </c>
+      <c r="K25" s="156"/>
     </row>
     <row r="26" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B26" s="253" t="s">
-[...3 lines deleted...]
-      <c r="D26" s="148">
+      <c r="B26" s="239" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="240"/>
+      <c r="D26" s="162">
         <v>40000</v>
       </c>
-      <c r="E26" s="149">
+      <c r="E26" s="163">
         <v>20000</v>
       </c>
-      <c r="F26" s="149">
+      <c r="F26" s="163">
         <v>20000</v>
       </c>
-      <c r="G26" s="149">
+      <c r="G26" s="163">
         <v>6000</v>
       </c>
-      <c r="H26" s="149">
+      <c r="H26" s="163">
         <v>50000</v>
       </c>
-      <c r="I26" s="149">
+      <c r="I26" s="163">
         <v>50000</v>
       </c>
-      <c r="J26" s="149">
+      <c r="J26" s="163">
         <v>65000</v>
       </c>
-      <c r="K26" s="150"/>
+      <c r="K26" s="164"/>
     </row>
     <row r="27" spans="2:11">
-      <c r="B27" s="253" t="s">
-[...10 lines deleted...]
-      <c r="K27" s="142"/>
+      <c r="B27" s="239" t="s">
+        <v>121</v>
+      </c>
+      <c r="C27" s="240"/>
+      <c r="D27" s="154"/>
+      <c r="E27" s="155"/>
+      <c r="F27" s="155"/>
+      <c r="G27" s="155"/>
+      <c r="H27" s="157"/>
+      <c r="I27" s="155"/>
+      <c r="J27" s="155"/>
+      <c r="K27" s="156"/>
     </row>
     <row r="28" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B28" s="253" t="s">
-[...14 lines deleted...]
-      <c r="K28" s="142"/>
+      <c r="B28" s="239" t="s">
+        <v>122</v>
+      </c>
+      <c r="C28" s="240"/>
+      <c r="D28" s="154"/>
+      <c r="E28" s="155"/>
+      <c r="F28" s="155"/>
+      <c r="G28" s="155" t="s">
+        <v>123</v>
+      </c>
+      <c r="H28" s="155" t="s">
+        <v>123</v>
+      </c>
+      <c r="I28" s="155"/>
+      <c r="J28" s="155"/>
+      <c r="K28" s="156"/>
     </row>
     <row r="29" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B29" s="253" t="s">
-[...12 lines deleted...]
-      <c r="K29" s="169"/>
+      <c r="B29" s="239" t="s">
+        <v>311</v>
+      </c>
+      <c r="C29" s="240"/>
+      <c r="D29" s="181"/>
+      <c r="E29" s="182"/>
+      <c r="F29" s="182"/>
+      <c r="G29" s="182"/>
+      <c r="H29" s="182"/>
+      <c r="I29" s="182"/>
+      <c r="J29" s="182" t="s">
+        <v>310</v>
+      </c>
+      <c r="K29" s="183"/>
     </row>
     <row r="30" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B30" s="265" t="s">
-[...10 lines deleted...]
-      <c r="K30" s="152"/>
+      <c r="B30" s="251" t="s">
+        <v>124</v>
+      </c>
+      <c r="C30" s="252"/>
+      <c r="D30" s="180"/>
+      <c r="E30" s="165"/>
+      <c r="F30" s="165"/>
+      <c r="G30" s="165"/>
+      <c r="H30" s="165"/>
+      <c r="I30" s="165"/>
+      <c r="J30" s="165"/>
+      <c r="K30" s="166"/>
     </row>
     <row r="31" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="32" spans="2:11" ht="12.75" thickBot="1">
-      <c r="J32" s="153" t="s">
-[...2 lines deleted...]
-      <c r="K32" s="154">
+      <c r="J32" s="167" t="s">
+        <v>125</v>
+      </c>
+      <c r="K32" s="168">
         <f>SUM(D26:K26)</f>
         <v>251000</v>
       </c>
     </row>
     <row r="34" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="35" spans="2:11" ht="18.75" customHeight="1" thickBot="1">
-      <c r="B35" s="255" t="s">
+      <c r="B35" s="241" t="s">
         <v>49</v>
       </c>
-      <c r="C35" s="267"/>
-      <c r="D35" s="155" t="s">
+      <c r="C35" s="253"/>
+      <c r="D35" s="169" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="36" spans="2:11" ht="12.75" thickBot="1">
-      <c r="D36" s="137" t="s">
+      <c r="D36" s="151" t="s">
+        <v>126</v>
+      </c>
+      <c r="E36" s="151" t="s">
+        <v>127</v>
+      </c>
+      <c r="F36" s="151" t="s">
+        <v>128</v>
+      </c>
+      <c r="G36" s="151" t="s">
+        <v>129</v>
+      </c>
+      <c r="H36" s="151" t="s">
+        <v>130</v>
+      </c>
+      <c r="I36" s="151" t="s">
+        <v>131</v>
+      </c>
+      <c r="J36" s="151" t="s">
+        <v>132</v>
+      </c>
+      <c r="K36" s="151" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="37" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B37" s="245" t="s">
+        <v>59</v>
+      </c>
+      <c r="C37" s="246"/>
+      <c r="D37" s="152" t="s">
+        <v>301</v>
+      </c>
+      <c r="E37" s="170" t="s">
+        <v>50</v>
+      </c>
+      <c r="F37" s="170" t="s">
+        <v>50</v>
+      </c>
+      <c r="G37" s="170"/>
+      <c r="H37" s="170"/>
+      <c r="I37" s="170"/>
+      <c r="J37" s="170"/>
+      <c r="K37" s="153"/>
+    </row>
+    <row r="38" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B38" s="254" t="s">
+        <v>60</v>
+      </c>
+      <c r="C38" s="255"/>
+      <c r="D38" s="154" t="s">
+        <v>302</v>
+      </c>
+      <c r="E38" s="155" t="s">
+        <v>61</v>
+      </c>
+      <c r="F38" s="155" t="s">
+        <v>61</v>
+      </c>
+      <c r="G38" s="155"/>
+      <c r="H38" s="155"/>
+      <c r="I38" s="155"/>
+      <c r="J38" s="155"/>
+      <c r="K38" s="156"/>
+    </row>
+    <row r="39" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B39" s="254" t="s">
+        <v>62</v>
+      </c>
+      <c r="C39" s="255"/>
+      <c r="D39" s="159" t="s">
+        <v>303</v>
+      </c>
+      <c r="E39" s="157" t="s">
+        <v>64</v>
+      </c>
+      <c r="F39" s="157" t="s">
+        <v>65</v>
+      </c>
+      <c r="G39" s="157"/>
+      <c r="H39" s="157"/>
+      <c r="I39" s="157"/>
+      <c r="J39" s="157"/>
+      <c r="K39" s="158"/>
+    </row>
+    <row r="40" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B40" s="239" t="s">
+        <v>69</v>
+      </c>
+      <c r="C40" s="240"/>
+      <c r="D40" s="159"/>
+      <c r="E40" s="157" t="s">
+        <v>134</v>
+      </c>
+      <c r="F40" s="157" t="s">
+        <v>65</v>
+      </c>
+      <c r="G40" s="157"/>
+      <c r="H40" s="157"/>
+      <c r="I40" s="157"/>
+      <c r="J40" s="157"/>
+      <c r="K40" s="158"/>
+    </row>
+    <row r="41" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B41" s="254" t="s">
+        <v>72</v>
+      </c>
+      <c r="C41" s="255"/>
+      <c r="D41" s="154" t="s">
+        <v>304</v>
+      </c>
+      <c r="E41" s="155" t="s">
+        <v>74</v>
+      </c>
+      <c r="F41" s="155" t="s">
+        <v>75</v>
+      </c>
+      <c r="G41" s="155"/>
+      <c r="H41" s="155"/>
+      <c r="I41" s="155"/>
+      <c r="J41" s="155"/>
+      <c r="K41" s="156"/>
+    </row>
+    <row r="42" spans="2:11" ht="24">
+      <c r="B42" s="254" t="s">
+        <v>78</v>
+      </c>
+      <c r="C42" s="255"/>
+      <c r="D42" s="159" t="s">
+        <v>305</v>
+      </c>
+      <c r="E42" s="157" t="s">
+        <v>80</v>
+      </c>
+      <c r="F42" s="157" t="s">
+        <v>81</v>
+      </c>
+      <c r="G42" s="157"/>
+      <c r="H42" s="157"/>
+      <c r="I42" s="157"/>
+      <c r="J42" s="157"/>
+      <c r="K42" s="158"/>
+    </row>
+    <row r="43" spans="2:11">
+      <c r="B43" s="256" t="s">
+        <v>84</v>
+      </c>
+      <c r="C43" s="160" t="s">
+        <v>85</v>
+      </c>
+      <c r="D43" s="154" t="s">
+        <v>306</v>
+      </c>
+      <c r="E43" s="155"/>
+      <c r="F43" s="155" t="s">
+        <v>87</v>
+      </c>
+      <c r="G43" s="155"/>
+      <c r="H43" s="155"/>
+      <c r="I43" s="155"/>
+      <c r="J43" s="155"/>
+      <c r="K43" s="156"/>
+    </row>
+    <row r="44" spans="2:11">
+      <c r="B44" s="254"/>
+      <c r="C44" s="160" t="s">
+        <v>89</v>
+      </c>
+      <c r="D44" s="159"/>
+      <c r="E44" s="155"/>
+      <c r="F44" s="155"/>
+      <c r="G44" s="155"/>
+      <c r="H44" s="155"/>
+      <c r="I44" s="155"/>
+      <c r="J44" s="155"/>
+      <c r="K44" s="156"/>
+    </row>
+    <row r="45" spans="2:11">
+      <c r="B45" s="254"/>
+      <c r="C45" s="160" t="s">
+        <v>91</v>
+      </c>
+      <c r="D45" s="154"/>
+      <c r="E45" s="155"/>
+      <c r="F45" s="155" t="s">
+        <v>92</v>
+      </c>
+      <c r="G45" s="155"/>
+      <c r="H45" s="155"/>
+      <c r="I45" s="155"/>
+      <c r="J45" s="155"/>
+      <c r="K45" s="156"/>
+    </row>
+    <row r="46" spans="2:11">
+      <c r="B46" s="254"/>
+      <c r="C46" s="160" t="s">
+        <v>93</v>
+      </c>
+      <c r="D46" s="154"/>
+      <c r="E46" s="155"/>
+      <c r="F46" s="155"/>
+      <c r="G46" s="155"/>
+      <c r="H46" s="155"/>
+      <c r="I46" s="155"/>
+      <c r="J46" s="155"/>
+      <c r="K46" s="156"/>
+    </row>
+    <row r="47" spans="2:11" ht="24">
+      <c r="B47" s="161" t="s">
+        <v>94</v>
+      </c>
+      <c r="C47" s="160" t="s">
+        <v>95</v>
+      </c>
+      <c r="D47" s="154"/>
+      <c r="E47" s="155"/>
+      <c r="F47" s="155"/>
+      <c r="G47" s="155"/>
+      <c r="H47" s="155"/>
+      <c r="I47" s="155"/>
+      <c r="J47" s="157"/>
+      <c r="K47" s="158"/>
+    </row>
+    <row r="48" spans="2:11">
+      <c r="B48" s="254" t="s">
+        <v>135</v>
+      </c>
+      <c r="C48" s="160" t="s">
+        <v>98</v>
+      </c>
+      <c r="D48" s="154"/>
+      <c r="E48" s="155" t="s">
+        <v>99</v>
+      </c>
+      <c r="F48" s="155"/>
+      <c r="G48" s="155"/>
+      <c r="H48" s="155"/>
+      <c r="I48" s="155"/>
+      <c r="J48" s="155"/>
+      <c r="K48" s="156"/>
+    </row>
+    <row r="49" spans="2:11">
+      <c r="B49" s="254"/>
+      <c r="C49" s="160" t="s">
+        <v>100</v>
+      </c>
+      <c r="D49" s="154"/>
+      <c r="E49" s="155" t="s">
+        <v>101</v>
+      </c>
+      <c r="F49" s="155"/>
+      <c r="G49" s="155"/>
+      <c r="H49" s="155"/>
+      <c r="I49" s="155"/>
+      <c r="J49" s="155"/>
+      <c r="K49" s="156"/>
+    </row>
+    <row r="50" spans="2:11">
+      <c r="B50" s="254"/>
+      <c r="C50" s="160" t="s">
+        <v>102</v>
+      </c>
+      <c r="D50" s="154"/>
+      <c r="E50" s="155"/>
+      <c r="F50" s="155"/>
+      <c r="G50" s="155"/>
+      <c r="H50" s="155"/>
+      <c r="I50" s="155"/>
+      <c r="J50" s="155"/>
+      <c r="K50" s="156"/>
+    </row>
+    <row r="51" spans="2:11">
+      <c r="B51" s="254"/>
+      <c r="C51" s="160" t="s">
+        <v>103</v>
+      </c>
+      <c r="D51" s="154"/>
+      <c r="E51" s="155" t="s">
+        <v>104</v>
+      </c>
+      <c r="F51" s="155"/>
+      <c r="G51" s="155"/>
+      <c r="H51" s="155"/>
+      <c r="I51" s="155"/>
+      <c r="J51" s="155"/>
+      <c r="K51" s="156"/>
+    </row>
+    <row r="52" spans="2:11">
+      <c r="B52" s="256" t="s">
+        <v>105</v>
+      </c>
+      <c r="C52" s="160" t="s">
+        <v>106</v>
+      </c>
+      <c r="D52" s="154"/>
+      <c r="E52" s="155"/>
+      <c r="F52" s="155"/>
+      <c r="G52" s="155"/>
+      <c r="H52" s="155"/>
+      <c r="I52" s="155"/>
+      <c r="J52" s="155"/>
+      <c r="K52" s="156"/>
+    </row>
+    <row r="53" spans="2:11">
+      <c r="B53" s="254"/>
+      <c r="C53" s="160" t="s">
+        <v>91</v>
+      </c>
+      <c r="D53" s="154"/>
+      <c r="E53" s="155"/>
+      <c r="F53" s="155"/>
+      <c r="G53" s="155"/>
+      <c r="H53" s="155"/>
+      <c r="I53" s="155"/>
+      <c r="J53" s="155"/>
+      <c r="K53" s="156"/>
+    </row>
+    <row r="54" spans="2:11">
+      <c r="B54" s="254"/>
+      <c r="C54" s="160" t="s">
+        <v>109</v>
+      </c>
+      <c r="D54" s="154"/>
+      <c r="E54" s="155"/>
+      <c r="F54" s="155" t="s">
+        <v>108</v>
+      </c>
+      <c r="G54" s="155"/>
+      <c r="H54" s="155"/>
+      <c r="I54" s="155"/>
+      <c r="J54" s="155"/>
+      <c r="K54" s="156"/>
+    </row>
+    <row r="55" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B55" s="254" t="s">
+        <v>111</v>
+      </c>
+      <c r="C55" s="255"/>
+      <c r="D55" s="155" t="s">
+        <v>113</v>
+      </c>
+      <c r="E55" s="155" t="s">
+        <v>112</v>
+      </c>
+      <c r="F55" s="155" t="s">
+        <v>113</v>
+      </c>
+      <c r="G55" s="155"/>
+      <c r="H55" s="155"/>
+      <c r="I55" s="155"/>
+      <c r="J55" s="155"/>
+      <c r="K55" s="156"/>
+    </row>
+    <row r="56" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B56" s="239" t="s">
+        <v>115</v>
+      </c>
+      <c r="C56" s="240"/>
+      <c r="D56" s="154" t="s">
+        <v>307</v>
+      </c>
+      <c r="E56" s="155" t="s">
+        <v>117</v>
+      </c>
+      <c r="F56" s="155" t="s">
+        <v>117</v>
+      </c>
+      <c r="G56" s="155"/>
+      <c r="H56" s="155"/>
+      <c r="I56" s="155"/>
+      <c r="J56" s="155"/>
+      <c r="K56" s="156"/>
+    </row>
+    <row r="57" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B57" s="254" t="s">
+        <v>120</v>
+      </c>
+      <c r="C57" s="255"/>
+      <c r="D57" s="162">
+        <v>180000</v>
+      </c>
+      <c r="E57" s="163">
+        <v>20000</v>
+      </c>
+      <c r="F57" s="163">
+        <v>20000</v>
+      </c>
+      <c r="G57" s="163"/>
+      <c r="H57" s="163"/>
+      <c r="I57" s="163"/>
+      <c r="J57" s="163"/>
+      <c r="K57" s="164"/>
+    </row>
+    <row r="58" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B58" s="254" t="s">
         <v>121</v>
       </c>
-      <c r="E36" s="137" t="s">
+      <c r="C58" s="255"/>
+      <c r="D58" s="154"/>
+      <c r="E58" s="155">
+        <v>888888</v>
+      </c>
+      <c r="F58" s="155">
+        <v>9999999</v>
+      </c>
+      <c r="G58" s="155"/>
+      <c r="H58" s="155"/>
+      <c r="I58" s="157"/>
+      <c r="J58" s="155"/>
+      <c r="K58" s="156"/>
+    </row>
+    <row r="59" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B59" s="254" t="s">
         <v>122</v>
       </c>
-      <c r="F36" s="137" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="137" t="s">
+      <c r="C59" s="255"/>
+      <c r="D59" s="154"/>
+      <c r="E59" s="155"/>
+      <c r="F59" s="155"/>
+      <c r="G59" s="155"/>
+      <c r="H59" s="155"/>
+      <c r="I59" s="155"/>
+      <c r="J59" s="155"/>
+      <c r="K59" s="156"/>
+    </row>
+    <row r="60" spans="2:11" ht="18.75" customHeight="1">
+      <c r="B60" s="239" t="s">
+        <v>311</v>
+      </c>
+      <c r="C60" s="240"/>
+      <c r="D60" s="181" t="s">
+        <v>312</v>
+      </c>
+      <c r="E60" s="182"/>
+      <c r="F60" s="182"/>
+      <c r="G60" s="182"/>
+      <c r="H60" s="182"/>
+      <c r="I60" s="182"/>
+      <c r="J60" s="182"/>
+      <c r="K60" s="183"/>
+    </row>
+    <row r="61" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
+      <c r="B61" s="257" t="s">
         <v>124</v>
       </c>
-      <c r="H36" s="137" t="s">
-[...440 lines deleted...]
-      <c r="K61" s="152"/>
+      <c r="C61" s="258"/>
+      <c r="D61" s="180"/>
+      <c r="E61" s="165"/>
+      <c r="F61" s="165"/>
+      <c r="G61" s="165"/>
+      <c r="H61" s="165"/>
+      <c r="I61" s="165"/>
+      <c r="J61" s="165"/>
+      <c r="K61" s="166"/>
     </row>
     <row r="62" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="63" spans="2:11" ht="12.75" thickBot="1">
-      <c r="J63" s="153" t="s">
-[...2 lines deleted...]
-      <c r="K63" s="154">
+      <c r="J63" s="167" t="s">
+        <v>125</v>
+      </c>
+      <c r="K63" s="168">
         <f>SUM(D57:K57)</f>
         <v>220000</v>
       </c>
     </row>
     <row r="65" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="66" spans="2:11" ht="12.75" thickBot="1">
-      <c r="B66" s="255" t="s">
+      <c r="B66" s="241" t="s">
         <v>49</v>
       </c>
-      <c r="C66" s="267"/>
-      <c r="D66" s="155"/>
+      <c r="C66" s="253"/>
+      <c r="D66" s="169"/>
     </row>
     <row r="67" spans="2:11" ht="12.75" thickBot="1">
-      <c r="D67" s="137" t="s">
-[...5 lines deleted...]
-      <c r="F67" s="137" t="s">
+      <c r="D67" s="151" t="s">
+        <v>136</v>
+      </c>
+      <c r="E67" s="151" t="s">
+        <v>137</v>
+      </c>
+      <c r="F67" s="151" t="s">
+        <v>138</v>
+      </c>
+      <c r="G67" s="151" t="s">
+        <v>139</v>
+      </c>
+      <c r="H67" s="151" t="s">
+        <v>140</v>
+      </c>
+      <c r="I67" s="151" t="s">
+        <v>141</v>
+      </c>
+      <c r="J67" s="151" t="s">
+        <v>57</v>
+      </c>
+      <c r="K67" s="151" t="s">
         <v>133</v>
       </c>
-      <c r="G67" s="137" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="68" spans="2:11">
-      <c r="B68" s="259" t="s">
+      <c r="B68" s="245" t="s">
         <v>59</v>
       </c>
-      <c r="C68" s="260"/>
-[...7 lines deleted...]
-      <c r="K68" s="139"/>
+      <c r="C68" s="246"/>
+      <c r="D68" s="152"/>
+      <c r="E68" s="170"/>
+      <c r="F68" s="170"/>
+      <c r="G68" s="170"/>
+      <c r="H68" s="170"/>
+      <c r="I68" s="170"/>
+      <c r="J68" s="170"/>
+      <c r="K68" s="153"/>
     </row>
     <row r="69" spans="2:11">
-      <c r="B69" s="268" t="s">
+      <c r="B69" s="254" t="s">
         <v>60</v>
       </c>
-      <c r="C69" s="269"/>
-[...7 lines deleted...]
-      <c r="K69" s="142"/>
+      <c r="C69" s="255"/>
+      <c r="D69" s="154"/>
+      <c r="E69" s="155"/>
+      <c r="F69" s="155"/>
+      <c r="G69" s="155"/>
+      <c r="H69" s="155"/>
+      <c r="I69" s="155"/>
+      <c r="J69" s="155"/>
+      <c r="K69" s="156"/>
     </row>
     <row r="70" spans="2:11">
-      <c r="B70" s="268" t="s">
+      <c r="B70" s="254" t="s">
         <v>62</v>
       </c>
-      <c r="C70" s="269"/>
-[...7 lines deleted...]
-      <c r="K70" s="144"/>
+      <c r="C70" s="255"/>
+      <c r="D70" s="154"/>
+      <c r="E70" s="155"/>
+      <c r="F70" s="155"/>
+      <c r="G70" s="155"/>
+      <c r="H70" s="155"/>
+      <c r="I70" s="155"/>
+      <c r="J70" s="157"/>
+      <c r="K70" s="158"/>
     </row>
     <row r="71" spans="2:11">
-      <c r="B71" s="253" t="s">
+      <c r="B71" s="239" t="s">
         <v>69</v>
       </c>
-      <c r="C71" s="254"/>
-[...7 lines deleted...]
-      <c r="K71" s="142"/>
+      <c r="C71" s="240"/>
+      <c r="D71" s="154"/>
+      <c r="E71" s="155"/>
+      <c r="F71" s="155"/>
+      <c r="G71" s="155"/>
+      <c r="H71" s="155"/>
+      <c r="I71" s="155"/>
+      <c r="J71" s="155"/>
+      <c r="K71" s="156"/>
     </row>
     <row r="72" spans="2:11">
-      <c r="B72" s="268" t="s">
+      <c r="B72" s="254" t="s">
         <v>72</v>
       </c>
-      <c r="C72" s="269"/>
-[...7 lines deleted...]
-      <c r="K72" s="142"/>
+      <c r="C72" s="255"/>
+      <c r="D72" s="154"/>
+      <c r="E72" s="155"/>
+      <c r="F72" s="155"/>
+      <c r="G72" s="155"/>
+      <c r="H72" s="155"/>
+      <c r="I72" s="155"/>
+      <c r="J72" s="155"/>
+      <c r="K72" s="156"/>
     </row>
     <row r="73" spans="2:11">
-      <c r="B73" s="268" t="s">
+      <c r="B73" s="254" t="s">
         <v>78</v>
       </c>
-      <c r="C73" s="269"/>
-[...7 lines deleted...]
-      <c r="K73" s="144"/>
+      <c r="C73" s="255"/>
+      <c r="D73" s="159"/>
+      <c r="E73" s="157"/>
+      <c r="F73" s="157"/>
+      <c r="G73" s="157"/>
+      <c r="H73" s="157"/>
+      <c r="I73" s="157"/>
+      <c r="J73" s="157"/>
+      <c r="K73" s="158"/>
     </row>
     <row r="74" spans="2:11">
-      <c r="B74" s="270" t="s">
-[...12 lines deleted...]
-      <c r="K74" s="142"/>
+      <c r="B74" s="256" t="s">
+        <v>84</v>
+      </c>
+      <c r="C74" s="160" t="s">
+        <v>85</v>
+      </c>
+      <c r="D74" s="154"/>
+      <c r="E74" s="155"/>
+      <c r="F74" s="155"/>
+      <c r="G74" s="155"/>
+      <c r="H74" s="155"/>
+      <c r="I74" s="155"/>
+      <c r="J74" s="155"/>
+      <c r="K74" s="156"/>
     </row>
     <row r="75" spans="2:11">
-      <c r="B75" s="268"/>
-[...10 lines deleted...]
-      <c r="K75" s="142"/>
+      <c r="B75" s="254"/>
+      <c r="C75" s="160" t="s">
+        <v>89</v>
+      </c>
+      <c r="D75" s="159"/>
+      <c r="E75" s="155"/>
+      <c r="F75" s="155"/>
+      <c r="G75" s="155"/>
+      <c r="H75" s="155"/>
+      <c r="I75" s="155"/>
+      <c r="J75" s="155"/>
+      <c r="K75" s="156"/>
     </row>
     <row r="76" spans="2:11">
-      <c r="B76" s="268"/>
-[...10 lines deleted...]
-      <c r="K76" s="142"/>
+      <c r="B76" s="254"/>
+      <c r="C76" s="160" t="s">
+        <v>91</v>
+      </c>
+      <c r="D76" s="154"/>
+      <c r="E76" s="155"/>
+      <c r="F76" s="155"/>
+      <c r="G76" s="155"/>
+      <c r="H76" s="155"/>
+      <c r="I76" s="155"/>
+      <c r="J76" s="155"/>
+      <c r="K76" s="156"/>
     </row>
     <row r="77" spans="2:11">
-      <c r="B77" s="268"/>
-[...10 lines deleted...]
-      <c r="K77" s="142"/>
+      <c r="B77" s="254"/>
+      <c r="C77" s="160" t="s">
+        <v>93</v>
+      </c>
+      <c r="D77" s="154"/>
+      <c r="E77" s="155"/>
+      <c r="F77" s="155"/>
+      <c r="G77" s="155"/>
+      <c r="H77" s="155"/>
+      <c r="I77" s="155"/>
+      <c r="J77" s="155"/>
+      <c r="K77" s="156"/>
     </row>
     <row r="78" spans="2:11" ht="24">
-      <c r="B78" s="147" t="s">
+      <c r="B78" s="161" t="s">
+        <v>94</v>
+      </c>
+      <c r="C78" s="160" t="s">
+        <v>95</v>
+      </c>
+      <c r="D78" s="154"/>
+      <c r="E78" s="155"/>
+      <c r="F78" s="155"/>
+      <c r="G78" s="155"/>
+      <c r="H78" s="155"/>
+      <c r="I78" s="155"/>
+      <c r="J78" s="157"/>
+      <c r="K78" s="158"/>
+    </row>
+    <row r="79" spans="2:11">
+      <c r="B79" s="254" t="s">
+        <v>142</v>
+      </c>
+      <c r="C79" s="160" t="s">
+        <v>98</v>
+      </c>
+      <c r="D79" s="154"/>
+      <c r="E79" s="155"/>
+      <c r="F79" s="155"/>
+      <c r="G79" s="155"/>
+      <c r="H79" s="155"/>
+      <c r="I79" s="155"/>
+      <c r="J79" s="155"/>
+      <c r="K79" s="156"/>
+    </row>
+    <row r="80" spans="2:11">
+      <c r="B80" s="254"/>
+      <c r="C80" s="160" t="s">
+        <v>100</v>
+      </c>
+      <c r="D80" s="154"/>
+      <c r="E80" s="155"/>
+      <c r="F80" s="155"/>
+      <c r="G80" s="155"/>
+      <c r="H80" s="155"/>
+      <c r="I80" s="155"/>
+      <c r="J80" s="155"/>
+      <c r="K80" s="156"/>
+    </row>
+    <row r="81" spans="2:11">
+      <c r="B81" s="254"/>
+      <c r="C81" s="160" t="s">
+        <v>102</v>
+      </c>
+      <c r="D81" s="154"/>
+      <c r="E81" s="155"/>
+      <c r="F81" s="155"/>
+      <c r="G81" s="155"/>
+      <c r="H81" s="155"/>
+      <c r="I81" s="155"/>
+      <c r="J81" s="155"/>
+      <c r="K81" s="156"/>
+    </row>
+    <row r="82" spans="2:11">
+      <c r="B82" s="254"/>
+      <c r="C82" s="160" t="s">
+        <v>103</v>
+      </c>
+      <c r="D82" s="154"/>
+      <c r="E82" s="155"/>
+      <c r="F82" s="155"/>
+      <c r="G82" s="155"/>
+      <c r="H82" s="155"/>
+      <c r="I82" s="155"/>
+      <c r="J82" s="155"/>
+      <c r="K82" s="156"/>
+    </row>
+    <row r="83" spans="2:11">
+      <c r="B83" s="256" t="s">
+        <v>105</v>
+      </c>
+      <c r="C83" s="160" t="s">
+        <v>106</v>
+      </c>
+      <c r="D83" s="154"/>
+      <c r="E83" s="155"/>
+      <c r="F83" s="155"/>
+      <c r="G83" s="155"/>
+      <c r="H83" s="155"/>
+      <c r="I83" s="155"/>
+      <c r="J83" s="155"/>
+      <c r="K83" s="156"/>
+    </row>
+    <row r="84" spans="2:11">
+      <c r="B84" s="254"/>
+      <c r="C84" s="160" t="s">
         <v>91</v>
       </c>
-      <c r="C78" s="146" t="s">
-[...97 lines deleted...]
-      <c r="K84" s="142"/>
+      <c r="D84" s="154"/>
+      <c r="E84" s="155"/>
+      <c r="F84" s="155"/>
+      <c r="G84" s="155"/>
+      <c r="H84" s="155"/>
+      <c r="I84" s="155"/>
+      <c r="J84" s="155"/>
+      <c r="K84" s="156"/>
     </row>
     <row r="85" spans="2:11">
-      <c r="B85" s="268"/>
-[...10 lines deleted...]
-      <c r="K85" s="142"/>
+      <c r="B85" s="254"/>
+      <c r="C85" s="160" t="s">
+        <v>109</v>
+      </c>
+      <c r="D85" s="154"/>
+      <c r="E85" s="155"/>
+      <c r="F85" s="155"/>
+      <c r="G85" s="155"/>
+      <c r="H85" s="155"/>
+      <c r="I85" s="155"/>
+      <c r="J85" s="155"/>
+      <c r="K85" s="156"/>
     </row>
     <row r="86" spans="2:11">
-      <c r="B86" s="268" t="s">
-[...10 lines deleted...]
-      <c r="K86" s="142"/>
+      <c r="B86" s="254" t="s">
+        <v>111</v>
+      </c>
+      <c r="C86" s="255"/>
+      <c r="D86" s="154"/>
+      <c r="E86" s="155"/>
+      <c r="F86" s="155"/>
+      <c r="G86" s="155"/>
+      <c r="H86" s="155"/>
+      <c r="I86" s="155"/>
+      <c r="J86" s="155"/>
+      <c r="K86" s="156"/>
     </row>
     <row r="87" spans="2:11">
-      <c r="B87" s="253" t="s">
-[...10 lines deleted...]
-      <c r="K87" s="142"/>
+      <c r="B87" s="239" t="s">
+        <v>115</v>
+      </c>
+      <c r="C87" s="240"/>
+      <c r="D87" s="154"/>
+      <c r="E87" s="155"/>
+      <c r="F87" s="155"/>
+      <c r="G87" s="155"/>
+      <c r="H87" s="155"/>
+      <c r="I87" s="155"/>
+      <c r="J87" s="155"/>
+      <c r="K87" s="156"/>
     </row>
     <row r="88" spans="2:11">
-      <c r="B88" s="268" t="s">
-[...10 lines deleted...]
-      <c r="K88" s="150"/>
+      <c r="B88" s="254" t="s">
+        <v>120</v>
+      </c>
+      <c r="C88" s="255"/>
+      <c r="D88" s="162"/>
+      <c r="E88" s="163"/>
+      <c r="F88" s="163"/>
+      <c r="G88" s="163"/>
+      <c r="H88" s="163"/>
+      <c r="I88" s="163"/>
+      <c r="J88" s="163"/>
+      <c r="K88" s="164"/>
     </row>
     <row r="89" spans="2:11">
-      <c r="B89" s="268" t="s">
-[...10 lines deleted...]
-      <c r="K89" s="142"/>
+      <c r="B89" s="254" t="s">
+        <v>121</v>
+      </c>
+      <c r="C89" s="255"/>
+      <c r="D89" s="154"/>
+      <c r="E89" s="155"/>
+      <c r="F89" s="155"/>
+      <c r="G89" s="155"/>
+      <c r="H89" s="155"/>
+      <c r="I89" s="157"/>
+      <c r="J89" s="155"/>
+      <c r="K89" s="156"/>
     </row>
     <row r="90" spans="2:11">
-      <c r="B90" s="268" t="s">
-[...10 lines deleted...]
-      <c r="K90" s="142"/>
+      <c r="B90" s="254" t="s">
+        <v>122</v>
+      </c>
+      <c r="C90" s="255"/>
+      <c r="D90" s="154"/>
+      <c r="E90" s="155"/>
+      <c r="F90" s="155"/>
+      <c r="G90" s="155"/>
+      <c r="H90" s="155"/>
+      <c r="I90" s="155"/>
+      <c r="J90" s="155"/>
+      <c r="K90" s="156"/>
     </row>
     <row r="91" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B91" s="253" t="s">
-[...10 lines deleted...]
-      <c r="K91" s="169"/>
+      <c r="B91" s="239" t="s">
+        <v>311</v>
+      </c>
+      <c r="C91" s="240"/>
+      <c r="D91" s="181"/>
+      <c r="E91" s="182"/>
+      <c r="F91" s="182"/>
+      <c r="G91" s="182"/>
+      <c r="H91" s="182"/>
+      <c r="I91" s="182"/>
+      <c r="J91" s="182"/>
+      <c r="K91" s="183"/>
     </row>
     <row r="92" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B92" s="271" t="s">
-[...10 lines deleted...]
-      <c r="K92" s="152"/>
+      <c r="B92" s="257" t="s">
+        <v>124</v>
+      </c>
+      <c r="C92" s="258"/>
+      <c r="D92" s="180"/>
+      <c r="E92" s="165"/>
+      <c r="F92" s="165"/>
+      <c r="G92" s="165"/>
+      <c r="H92" s="165"/>
+      <c r="I92" s="165"/>
+      <c r="J92" s="165"/>
+      <c r="K92" s="166"/>
     </row>
     <row r="93" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="94" spans="2:11" ht="12.75" thickBot="1">
-      <c r="J94" s="153" t="s">
-[...2 lines deleted...]
-      <c r="K94" s="154">
+      <c r="J94" s="167" t="s">
+        <v>125</v>
+      </c>
+      <c r="K94" s="168">
         <f>SUM(D88:K88)</f>
         <v>0</v>
       </c>
     </row>
     <row r="96" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="97" spans="2:11" ht="12.75" thickBot="1">
-      <c r="B97" s="255" t="s">
+      <c r="B97" s="241" t="s">
         <v>49</v>
       </c>
-      <c r="C97" s="267"/>
-      <c r="D97" s="155"/>
+      <c r="C97" s="253"/>
+      <c r="D97" s="169"/>
     </row>
     <row r="98" spans="2:11" ht="12.75" thickBot="1">
-      <c r="D98" s="137" t="s">
-[...2 lines deleted...]
-      <c r="E98" s="137" t="s">
+      <c r="D98" s="151" t="s">
+        <v>143</v>
+      </c>
+      <c r="E98" s="151" t="s">
+        <v>127</v>
+      </c>
+      <c r="F98" s="151" t="s">
+        <v>144</v>
+      </c>
+      <c r="G98" s="151" t="s">
+        <v>145</v>
+      </c>
+      <c r="H98" s="151" t="s">
+        <v>146</v>
+      </c>
+      <c r="I98" s="151" t="s">
+        <v>141</v>
+      </c>
+      <c r="J98" s="151" t="s">
+        <v>147</v>
+      </c>
+      <c r="K98" s="151" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="99" spans="2:11">
+      <c r="B99" s="245" t="s">
+        <v>59</v>
+      </c>
+      <c r="C99" s="246"/>
+      <c r="D99" s="152"/>
+      <c r="E99" s="170"/>
+      <c r="F99" s="170"/>
+      <c r="G99" s="170"/>
+      <c r="H99" s="170"/>
+      <c r="I99" s="170"/>
+      <c r="J99" s="170"/>
+      <c r="K99" s="153"/>
+    </row>
+    <row r="100" spans="2:11">
+      <c r="B100" s="254" t="s">
+        <v>60</v>
+      </c>
+      <c r="C100" s="255"/>
+      <c r="D100" s="154"/>
+      <c r="E100" s="155"/>
+      <c r="F100" s="155"/>
+      <c r="G100" s="155"/>
+      <c r="H100" s="155"/>
+      <c r="I100" s="155"/>
+      <c r="J100" s="155"/>
+      <c r="K100" s="156"/>
+    </row>
+    <row r="101" spans="2:11">
+      <c r="B101" s="254" t="s">
+        <v>62</v>
+      </c>
+      <c r="C101" s="255"/>
+      <c r="D101" s="154"/>
+      <c r="E101" s="155"/>
+      <c r="F101" s="155"/>
+      <c r="G101" s="155"/>
+      <c r="H101" s="155"/>
+      <c r="I101" s="155"/>
+      <c r="J101" s="157"/>
+      <c r="K101" s="158"/>
+    </row>
+    <row r="102" spans="2:11">
+      <c r="B102" s="239" t="s">
+        <v>69</v>
+      </c>
+      <c r="C102" s="240"/>
+      <c r="D102" s="154"/>
+      <c r="E102" s="155"/>
+      <c r="F102" s="155"/>
+      <c r="G102" s="155"/>
+      <c r="H102" s="155"/>
+      <c r="I102" s="155"/>
+      <c r="J102" s="155"/>
+      <c r="K102" s="156"/>
+    </row>
+    <row r="103" spans="2:11">
+      <c r="B103" s="254" t="s">
+        <v>72</v>
+      </c>
+      <c r="C103" s="255"/>
+      <c r="D103" s="154"/>
+      <c r="E103" s="155"/>
+      <c r="F103" s="155"/>
+      <c r="G103" s="155"/>
+      <c r="H103" s="155"/>
+      <c r="I103" s="155"/>
+      <c r="J103" s="155"/>
+      <c r="K103" s="156"/>
+    </row>
+    <row r="104" spans="2:11">
+      <c r="B104" s="254" t="s">
+        <v>78</v>
+      </c>
+      <c r="C104" s="255"/>
+      <c r="D104" s="159"/>
+      <c r="E104" s="157"/>
+      <c r="F104" s="157"/>
+      <c r="G104" s="157"/>
+      <c r="H104" s="157"/>
+      <c r="I104" s="157"/>
+      <c r="J104" s="157"/>
+      <c r="K104" s="158"/>
+    </row>
+    <row r="105" spans="2:11">
+      <c r="B105" s="256" t="s">
+        <v>84</v>
+      </c>
+      <c r="C105" s="160" t="s">
+        <v>85</v>
+      </c>
+      <c r="D105" s="154"/>
+      <c r="E105" s="155"/>
+      <c r="F105" s="155"/>
+      <c r="G105" s="155"/>
+      <c r="H105" s="155"/>
+      <c r="I105" s="155"/>
+      <c r="J105" s="155"/>
+      <c r="K105" s="156"/>
+    </row>
+    <row r="106" spans="2:11">
+      <c r="B106" s="254"/>
+      <c r="C106" s="160" t="s">
+        <v>89</v>
+      </c>
+      <c r="D106" s="159"/>
+      <c r="E106" s="155"/>
+      <c r="F106" s="155"/>
+      <c r="G106" s="155"/>
+      <c r="H106" s="155"/>
+      <c r="I106" s="155"/>
+      <c r="J106" s="155"/>
+      <c r="K106" s="156"/>
+    </row>
+    <row r="107" spans="2:11">
+      <c r="B107" s="254"/>
+      <c r="C107" s="160" t="s">
+        <v>91</v>
+      </c>
+      <c r="D107" s="154"/>
+      <c r="E107" s="155"/>
+      <c r="F107" s="155"/>
+      <c r="G107" s="155"/>
+      <c r="H107" s="155"/>
+      <c r="I107" s="155"/>
+      <c r="J107" s="155"/>
+      <c r="K107" s="156"/>
+    </row>
+    <row r="108" spans="2:11">
+      <c r="B108" s="254"/>
+      <c r="C108" s="160" t="s">
+        <v>93</v>
+      </c>
+      <c r="D108" s="154"/>
+      <c r="E108" s="155"/>
+      <c r="F108" s="155"/>
+      <c r="G108" s="155"/>
+      <c r="H108" s="155"/>
+      <c r="I108" s="155"/>
+      <c r="J108" s="155"/>
+      <c r="K108" s="156"/>
+    </row>
+    <row r="109" spans="2:11" ht="24">
+      <c r="B109" s="161" t="s">
+        <v>94</v>
+      </c>
+      <c r="C109" s="160" t="s">
+        <v>95</v>
+      </c>
+      <c r="D109" s="154"/>
+      <c r="E109" s="155"/>
+      <c r="F109" s="155"/>
+      <c r="G109" s="155"/>
+      <c r="H109" s="155"/>
+      <c r="I109" s="155"/>
+      <c r="J109" s="157"/>
+      <c r="K109" s="158"/>
+    </row>
+    <row r="110" spans="2:11">
+      <c r="B110" s="254" t="s">
+        <v>149</v>
+      </c>
+      <c r="C110" s="160" t="s">
+        <v>98</v>
+      </c>
+      <c r="D110" s="154"/>
+      <c r="E110" s="155"/>
+      <c r="F110" s="155"/>
+      <c r="G110" s="155"/>
+      <c r="H110" s="155"/>
+      <c r="I110" s="155"/>
+      <c r="J110" s="155"/>
+      <c r="K110" s="156"/>
+    </row>
+    <row r="111" spans="2:11">
+      <c r="B111" s="254"/>
+      <c r="C111" s="160" t="s">
+        <v>100</v>
+      </c>
+      <c r="D111" s="154"/>
+      <c r="E111" s="155"/>
+      <c r="F111" s="155"/>
+      <c r="G111" s="155"/>
+      <c r="H111" s="155"/>
+      <c r="I111" s="155"/>
+      <c r="J111" s="155"/>
+      <c r="K111" s="156"/>
+    </row>
+    <row r="112" spans="2:11">
+      <c r="B112" s="254"/>
+      <c r="C112" s="160" t="s">
+        <v>102</v>
+      </c>
+      <c r="D112" s="154"/>
+      <c r="E112" s="155"/>
+      <c r="F112" s="155"/>
+      <c r="G112" s="155"/>
+      <c r="H112" s="155"/>
+      <c r="I112" s="155"/>
+      <c r="J112" s="155"/>
+      <c r="K112" s="156"/>
+    </row>
+    <row r="113" spans="2:11">
+      <c r="B113" s="254"/>
+      <c r="C113" s="160" t="s">
+        <v>103</v>
+      </c>
+      <c r="D113" s="154"/>
+      <c r="E113" s="155"/>
+      <c r="F113" s="155"/>
+      <c r="G113" s="155"/>
+      <c r="H113" s="155"/>
+      <c r="I113" s="155"/>
+      <c r="J113" s="155"/>
+      <c r="K113" s="156"/>
+    </row>
+    <row r="114" spans="2:11">
+      <c r="B114" s="256" t="s">
+        <v>105</v>
+      </c>
+      <c r="C114" s="160" t="s">
+        <v>106</v>
+      </c>
+      <c r="D114" s="154"/>
+      <c r="E114" s="155"/>
+      <c r="F114" s="155"/>
+      <c r="G114" s="155"/>
+      <c r="H114" s="155"/>
+      <c r="I114" s="155"/>
+      <c r="J114" s="155"/>
+      <c r="K114" s="156"/>
+    </row>
+    <row r="115" spans="2:11">
+      <c r="B115" s="254"/>
+      <c r="C115" s="160" t="s">
+        <v>91</v>
+      </c>
+      <c r="D115" s="154"/>
+      <c r="E115" s="155"/>
+      <c r="F115" s="155"/>
+      <c r="G115" s="155"/>
+      <c r="H115" s="155"/>
+      <c r="I115" s="155"/>
+      <c r="J115" s="155"/>
+      <c r="K115" s="156"/>
+    </row>
+    <row r="116" spans="2:11">
+      <c r="B116" s="254"/>
+      <c r="C116" s="160" t="s">
+        <v>109</v>
+      </c>
+      <c r="D116" s="154"/>
+      <c r="E116" s="155"/>
+      <c r="F116" s="155"/>
+      <c r="G116" s="155"/>
+      <c r="H116" s="155"/>
+      <c r="I116" s="155"/>
+      <c r="J116" s="155"/>
+      <c r="K116" s="156"/>
+    </row>
+    <row r="117" spans="2:11">
+      <c r="B117" s="254" t="s">
+        <v>111</v>
+      </c>
+      <c r="C117" s="255"/>
+      <c r="D117" s="154"/>
+      <c r="E117" s="155"/>
+      <c r="F117" s="155"/>
+      <c r="G117" s="155"/>
+      <c r="H117" s="155"/>
+      <c r="I117" s="155"/>
+      <c r="J117" s="155"/>
+      <c r="K117" s="156"/>
+    </row>
+    <row r="118" spans="2:11">
+      <c r="B118" s="239" t="s">
+        <v>115</v>
+      </c>
+      <c r="C118" s="240"/>
+      <c r="D118" s="154"/>
+      <c r="E118" s="155"/>
+      <c r="F118" s="155"/>
+      <c r="G118" s="155"/>
+      <c r="H118" s="155"/>
+      <c r="I118" s="155"/>
+      <c r="J118" s="155"/>
+      <c r="K118" s="156"/>
+    </row>
+    <row r="119" spans="2:11">
+      <c r="B119" s="254" t="s">
+        <v>120</v>
+      </c>
+      <c r="C119" s="255"/>
+      <c r="D119" s="162"/>
+      <c r="E119" s="163"/>
+      <c r="F119" s="163"/>
+      <c r="G119" s="163"/>
+      <c r="H119" s="163"/>
+      <c r="I119" s="163"/>
+      <c r="J119" s="163"/>
+      <c r="K119" s="164"/>
+    </row>
+    <row r="120" spans="2:11">
+      <c r="B120" s="254" t="s">
+        <v>121</v>
+      </c>
+      <c r="C120" s="255"/>
+      <c r="D120" s="154"/>
+      <c r="E120" s="155"/>
+      <c r="F120" s="155"/>
+      <c r="G120" s="155"/>
+      <c r="H120" s="155"/>
+      <c r="I120" s="157"/>
+      <c r="J120" s="155"/>
+      <c r="K120" s="156"/>
+    </row>
+    <row r="121" spans="2:11">
+      <c r="B121" s="254" t="s">
         <v>122</v>
       </c>
-      <c r="F98" s="137" t="s">
-[...346 lines deleted...]
-      <c r="K121" s="142"/>
+      <c r="C121" s="255"/>
+      <c r="D121" s="154"/>
+      <c r="E121" s="155"/>
+      <c r="F121" s="155"/>
+      <c r="G121" s="155"/>
+      <c r="H121" s="155"/>
+      <c r="I121" s="155"/>
+      <c r="J121" s="155"/>
+      <c r="K121" s="156"/>
     </row>
     <row r="122" spans="2:11" ht="18.75" customHeight="1">
-      <c r="B122" s="253" t="s">
-[...10 lines deleted...]
-      <c r="K122" s="169"/>
+      <c r="B122" s="239" t="s">
+        <v>311</v>
+      </c>
+      <c r="C122" s="240"/>
+      <c r="D122" s="181"/>
+      <c r="E122" s="182"/>
+      <c r="F122" s="182"/>
+      <c r="G122" s="182"/>
+      <c r="H122" s="182"/>
+      <c r="I122" s="182"/>
+      <c r="J122" s="182"/>
+      <c r="K122" s="183"/>
     </row>
     <row r="123" spans="2:11" ht="48.75" customHeight="1" thickBot="1">
-      <c r="B123" s="271" t="s">
-[...10 lines deleted...]
-      <c r="K123" s="152"/>
+      <c r="B123" s="257" t="s">
+        <v>124</v>
+      </c>
+      <c r="C123" s="258"/>
+      <c r="D123" s="180"/>
+      <c r="E123" s="165"/>
+      <c r="F123" s="165"/>
+      <c r="G123" s="165"/>
+      <c r="H123" s="165"/>
+      <c r="I123" s="165"/>
+      <c r="J123" s="165"/>
+      <c r="K123" s="166"/>
     </row>
     <row r="124" spans="2:11" ht="12.75" thickBot="1"/>
     <row r="125" spans="2:11" ht="12.75" thickBot="1">
-      <c r="J125" s="153" t="s">
-[...2 lines deleted...]
-      <c r="K125" s="154">
+      <c r="J125" s="167" t="s">
+        <v>125</v>
+      </c>
+      <c r="K125" s="168">
         <f>SUM(D119:K119)</f>
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="68">
     <mergeCell ref="B119:C119"/>
     <mergeCell ref="B120:C120"/>
     <mergeCell ref="B121:C121"/>
     <mergeCell ref="B123:C123"/>
     <mergeCell ref="B104:C104"/>
     <mergeCell ref="B105:B108"/>
     <mergeCell ref="B110:B113"/>
     <mergeCell ref="B114:B116"/>
     <mergeCell ref="B117:C117"/>
     <mergeCell ref="B118:C118"/>
     <mergeCell ref="B122:C122"/>
     <mergeCell ref="B103:C103"/>
     <mergeCell ref="B86:C86"/>
     <mergeCell ref="B87:C87"/>
     <mergeCell ref="B88:C88"/>
     <mergeCell ref="B89:C89"/>
     <mergeCell ref="B90:C90"/>
     <mergeCell ref="B92:C92"/>
     <mergeCell ref="B97:C97"/>
@@ -13488,4694 +11282,4517 @@
     <mergeCell ref="B28:C28"/>
     <mergeCell ref="B30:C30"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="B29:C29"/>
     <mergeCell ref="B10:C10"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="B7:C7"/>
     <mergeCell ref="B8:C8"/>
     <mergeCell ref="B9:C9"/>
   </mergeCells>
   <phoneticPr fontId="4"/>
   <dataValidations xWindow="225" yWindow="654" count="1">
     <dataValidation type="whole" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D119:K119 D57:K57 D88:K88 D26:K26" xr:uid="{50D7003F-EC8D-41B3-AFCA-6A3B4A7DE65C}">
       <formula1>0</formula1>
       <formula2>10000000</formula2>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.31496062992125984" right="0.31496062992125984" top="0.55118110236220474" bottom="0.35433070866141736" header="0.31496062992125984" footer="0.31496062992125984"/>
   <pageSetup paperSize="9" scale="77" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{826615EA-3B28-4697-B476-B472300700EA}">
-  <dimension ref="B1:R89"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
+  <dimension ref="B1:R88"/>
   <sheetViews>
-    <sheetView zoomScale="109" zoomScaleNormal="109" zoomScaleSheetLayoutView="85" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="B1" sqref="B1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="10.5"/>
   <cols>
     <col min="1" max="1" width="0.625" style="5" customWidth="1"/>
-    <col min="2" max="2" width="4" style="82" customWidth="1"/>
+    <col min="2" max="2" width="4" style="96" customWidth="1"/>
     <col min="3" max="3" width="13.5" style="5" customWidth="1"/>
     <col min="4" max="4" width="9.125" style="5" customWidth="1"/>
     <col min="5" max="5" width="8.75" style="5" customWidth="1"/>
     <col min="6" max="18" width="8.25" style="5" customWidth="1"/>
     <col min="19" max="16384" width="9" style="5"/>
   </cols>
   <sheetData>
     <row r="1" spans="2:18" ht="12" customHeight="1">
-      <c r="B1" s="275">
-[...2 lines deleted...]
-      <c r="C1" s="275"/>
+      <c r="B1" s="263">
+        <v>2024</v>
+      </c>
+      <c r="C1" s="263"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
       <c r="L1" s="4"/>
       <c r="M1" s="4"/>
       <c r="N1" s="4"/>
       <c r="O1" s="4"/>
       <c r="P1" s="4"/>
-      <c r="Q1" s="276">
+      <c r="Q1" s="259">
         <f ca="1">TODAY()</f>
-        <v>46005</v>
-[...1 lines deleted...]
-      <c r="R1" s="276"/>
+        <v>45634</v>
+      </c>
+      <c r="R1" s="259"/>
     </row>
     <row r="2" spans="2:18" ht="12" customHeight="1">
       <c r="B2" s="6" t="s">
-        <v>243</v>
+        <v>150</v>
       </c>
       <c r="C2" s="7"/>
       <c r="D2" s="8" t="s">
-        <v>244</v>
+        <v>151</v>
       </c>
       <c r="E2" s="8" t="s">
-        <v>245</v>
+        <v>152</v>
       </c>
       <c r="F2" s="9" t="s">
-        <v>246</v>
+        <v>153</v>
       </c>
       <c r="G2" s="9" t="s">
-        <v>247</v>
+        <v>154</v>
       </c>
       <c r="H2" s="9" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="I2" s="9" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="J2" s="9" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="K2" s="9" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="L2" s="9" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="M2" s="9" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="N2" s="9" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="O2" s="9" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="P2" s="9" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="Q2" s="9" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="R2" s="9" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="3" spans="2:18" ht="12" customHeight="1">
       <c r="B3" s="10">
         <v>1</v>
       </c>
       <c r="C3" s="11" t="s">
-        <v>248</v>
+        <v>166</v>
       </c>
       <c r="D3" s="11" t="s">
-        <v>249</v>
+        <v>167</v>
       </c>
       <c r="E3" s="11"/>
       <c r="F3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="G3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="H3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="I3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="J3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="K3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="L3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="M3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="N3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="O3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="P3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="Q3" s="12">
-        <v>60000</v>
+        <v>50000</v>
       </c>
       <c r="R3" s="13">
         <f>SUM(F3:Q3)</f>
-        <v>720000</v>
+        <v>600000</v>
       </c>
     </row>
     <row r="4" spans="2:18" ht="12" customHeight="1">
-      <c r="B4" s="17">
+      <c r="B4" s="14">
         <v>1</v>
       </c>
-      <c r="C4" s="18" t="s">
-[...42 lines deleted...]
-      <c r="R4" s="16">
+      <c r="C4" s="15" t="s">
+        <v>168</v>
+      </c>
+      <c r="D4" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="E4" s="15"/>
+      <c r="F4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="G4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="H4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="I4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="J4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="K4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="L4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="M4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="N4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="O4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="P4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="Q4" s="16">
+        <v>30000</v>
+      </c>
+      <c r="R4" s="17">
         <f t="shared" ref="R4:R30" si="0">SUM(F4:Q4)</f>
-        <v>600000</v>
+        <v>360000</v>
       </c>
     </row>
     <row r="5" spans="2:18" ht="12" customHeight="1">
-      <c r="B5" s="17">
+      <c r="B5" s="18">
         <v>1</v>
       </c>
-      <c r="C5" s="18" t="s">
-[...42 lines deleted...]
-      <c r="R5" s="16">
+      <c r="C5" s="19" t="s">
+        <v>166</v>
+      </c>
+      <c r="D5" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E5" s="19"/>
+      <c r="F5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="G5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="H5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="I5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="J5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="K5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="L5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="M5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="N5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="O5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="P5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="Q5" s="20">
+        <v>20000</v>
+      </c>
+      <c r="R5" s="17">
         <f>SUM(F5:Q5)</f>
-        <v>360000</v>
+        <v>240000</v>
       </c>
     </row>
     <row r="6" spans="2:18" ht="12" customHeight="1">
-      <c r="B6" s="17">
+      <c r="B6" s="14">
         <v>1</v>
       </c>
-      <c r="C6" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F6" s="20">
+      <c r="C6" s="15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D6" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E6" s="15"/>
+      <c r="F6" s="21">
         <v>15000</v>
       </c>
-      <c r="G6" s="20">
+      <c r="G6" s="21">
         <v>15000</v>
       </c>
-      <c r="H6" s="20">
+      <c r="H6" s="21">
         <v>15000</v>
       </c>
-      <c r="I6" s="20">
+      <c r="I6" s="21">
         <v>15000</v>
       </c>
-      <c r="J6" s="20">
+      <c r="J6" s="21">
         <v>15000</v>
       </c>
-      <c r="K6" s="20">
+      <c r="K6" s="21">
         <v>15000</v>
       </c>
-      <c r="L6" s="20">
+      <c r="L6" s="21">
         <v>15000</v>
       </c>
-      <c r="M6" s="20">
+      <c r="M6" s="21">
         <v>15000</v>
       </c>
-      <c r="N6" s="20">
+      <c r="N6" s="21">
         <v>15000</v>
       </c>
-      <c r="O6" s="20">
+      <c r="O6" s="21">
         <v>15000</v>
       </c>
-      <c r="P6" s="20">
+      <c r="P6" s="21">
         <v>15000</v>
       </c>
-      <c r="Q6" s="20">
+      <c r="Q6" s="21">
         <v>15000</v>
       </c>
-      <c r="R6" s="16">
-        <f t="shared" ref="R6:R19" si="1">SUM(F6:Q6)</f>
+      <c r="R6" s="17">
+        <f t="shared" ref="R6:R18" si="1">SUM(F6:Q6)</f>
         <v>180000</v>
       </c>
     </row>
     <row r="7" spans="2:18" ht="12" customHeight="1">
-      <c r="B7" s="17">
+      <c r="B7" s="18">
         <v>1</v>
       </c>
-      <c r="C7" s="18" t="s">
-[...58 lines deleted...]
-      <c r="F8" s="19">
+      <c r="C7" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="D7" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E7" s="19"/>
+      <c r="F7" s="20">
         <v>10000</v>
       </c>
-      <c r="G8" s="19">
+      <c r="G7" s="20">
         <v>10000</v>
       </c>
-      <c r="H8" s="19">
+      <c r="H7" s="20">
         <v>10000</v>
       </c>
-      <c r="I8" s="19">
+      <c r="I7" s="20">
         <v>10000</v>
       </c>
-      <c r="J8" s="19">
+      <c r="J7" s="20">
         <v>10000</v>
       </c>
-      <c r="K8" s="19">
+      <c r="K7" s="20">
         <v>10000</v>
       </c>
-      <c r="L8" s="19">
+      <c r="L7" s="20">
         <v>10000</v>
       </c>
-      <c r="M8" s="19">
+      <c r="M7" s="20">
         <v>10000</v>
       </c>
-      <c r="N8" s="19">
+      <c r="N7" s="20">
         <v>10000</v>
       </c>
-      <c r="O8" s="19">
+      <c r="O7" s="20">
         <v>10000</v>
       </c>
-      <c r="P8" s="19">
+      <c r="P7" s="20">
         <v>10000</v>
       </c>
-      <c r="Q8" s="19">
+      <c r="Q7" s="20">
         <v>10000</v>
       </c>
-      <c r="R8" s="16">
+      <c r="R7" s="17">
         <f t="shared" si="1"/>
         <v>120000</v>
       </c>
     </row>
-    <row r="9" spans="2:18" ht="12" customHeight="1">
-[...10 lines deleted...]
-      <c r="F9" s="19">
+    <row r="8" spans="2:18" ht="12" customHeight="1">
+      <c r="B8" s="14">
+        <v>1</v>
+      </c>
+      <c r="C8" s="15" t="s">
+        <v>172</v>
+      </c>
+      <c r="D8" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E8" s="15"/>
+      <c r="F8" s="16">
         <v>10000</v>
       </c>
-      <c r="G9" s="19">
+      <c r="G8" s="16">
         <v>10000</v>
       </c>
-      <c r="H9" s="19">
+      <c r="H8" s="16">
         <v>10000</v>
       </c>
-      <c r="I9" s="19">
+      <c r="I8" s="16">
         <v>10000</v>
       </c>
-      <c r="J9" s="19">
+      <c r="J8" s="16">
         <v>10000</v>
       </c>
-      <c r="K9" s="19">
+      <c r="K8" s="16">
         <v>10000</v>
       </c>
-      <c r="L9" s="19">
+      <c r="L8" s="16">
         <v>10000</v>
       </c>
-      <c r="M9" s="19">
+      <c r="M8" s="16">
         <v>10000</v>
       </c>
-      <c r="N9" s="19">
+      <c r="N8" s="16">
         <v>10000</v>
       </c>
-      <c r="O9" s="19">
+      <c r="O8" s="16">
         <v>10000</v>
       </c>
-      <c r="P9" s="19">
+      <c r="P8" s="16">
         <v>10000</v>
       </c>
-      <c r="Q9" s="19">
+      <c r="Q8" s="16">
         <v>10000</v>
       </c>
-      <c r="R9" s="16">
+      <c r="R8" s="17">
         <f t="shared" si="1"/>
         <v>120000</v>
       </c>
     </row>
+    <row r="9" spans="2:18" ht="12" customHeight="1">
+      <c r="B9" s="18">
+        <v>3</v>
+      </c>
+      <c r="C9" s="19" t="s">
+        <v>173</v>
+      </c>
+      <c r="D9" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E9" s="19"/>
+      <c r="F9" s="20">
+        <v>0</v>
+      </c>
+      <c r="G9" s="20">
+        <v>0</v>
+      </c>
+      <c r="H9" s="20">
+        <v>0</v>
+      </c>
+      <c r="I9" s="20">
+        <v>0</v>
+      </c>
+      <c r="J9" s="20">
+        <v>0</v>
+      </c>
+      <c r="K9" s="20">
+        <v>0</v>
+      </c>
+      <c r="L9" s="20">
+        <v>0</v>
+      </c>
+      <c r="M9" s="20">
+        <v>0</v>
+      </c>
+      <c r="N9" s="20">
+        <v>0</v>
+      </c>
+      <c r="O9" s="20">
+        <v>0</v>
+      </c>
+      <c r="P9" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q9" s="20">
+        <v>0</v>
+      </c>
+      <c r="R9" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
     <row r="10" spans="2:18" ht="12" customHeight="1">
-      <c r="B10" s="17">
+      <c r="B10" s="14">
         <v>1</v>
       </c>
-      <c r="C10" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F10" s="19">
+      <c r="C10" s="15" t="s">
+        <v>174</v>
+      </c>
+      <c r="D10" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E10" s="15"/>
+      <c r="F10" s="16">
         <v>10000</v>
       </c>
-      <c r="G10" s="19">
+      <c r="G10" s="16">
         <v>10000</v>
       </c>
-      <c r="H10" s="19">
+      <c r="H10" s="16">
         <v>10000</v>
       </c>
-      <c r="I10" s="19">
+      <c r="I10" s="16">
         <v>10000</v>
       </c>
-      <c r="J10" s="19">
+      <c r="J10" s="16">
         <v>10000</v>
       </c>
-      <c r="K10" s="19">
+      <c r="K10" s="16">
         <v>10000</v>
       </c>
-      <c r="L10" s="19">
+      <c r="L10" s="16">
         <v>10000</v>
       </c>
-      <c r="M10" s="19">
+      <c r="M10" s="16">
         <v>10000</v>
       </c>
-      <c r="N10" s="19">
+      <c r="N10" s="16">
         <v>10000</v>
       </c>
-      <c r="O10" s="19">
+      <c r="O10" s="16">
         <v>10000</v>
       </c>
-      <c r="P10" s="19">
+      <c r="P10" s="16">
         <v>10000</v>
       </c>
-      <c r="Q10" s="19">
+      <c r="Q10" s="16">
         <v>10000</v>
       </c>
-      <c r="R10" s="16">
+      <c r="R10" s="17">
         <f t="shared" si="1"/>
         <v>120000</v>
       </c>
     </row>
     <row r="11" spans="2:18" ht="12" customHeight="1">
-      <c r="B11" s="17">
+      <c r="B11" s="18">
         <v>1</v>
       </c>
-      <c r="C11" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F11" s="20">
+      <c r="C11" s="19" t="s">
+        <v>175</v>
+      </c>
+      <c r="D11" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E11" s="19"/>
+      <c r="F11" s="22">
         <v>7000</v>
       </c>
-      <c r="G11" s="20">
+      <c r="G11" s="22">
         <v>10000</v>
       </c>
-      <c r="H11" s="20">
+      <c r="H11" s="22">
         <v>10000</v>
       </c>
-      <c r="I11" s="20">
+      <c r="I11" s="22">
         <v>10000</v>
       </c>
-      <c r="J11" s="20">
+      <c r="J11" s="22">
         <v>10000</v>
       </c>
-      <c r="K11" s="20">
+      <c r="K11" s="22">
         <v>10000</v>
       </c>
-      <c r="L11" s="20">
+      <c r="L11" s="22">
         <v>10000</v>
       </c>
-      <c r="M11" s="20">
+      <c r="M11" s="22">
         <v>5000</v>
       </c>
-      <c r="N11" s="20">
+      <c r="N11" s="22">
         <v>5000</v>
       </c>
-      <c r="O11" s="20">
+      <c r="O11" s="22">
         <v>5000</v>
       </c>
-      <c r="P11" s="20">
+      <c r="P11" s="22">
         <v>5000</v>
       </c>
-      <c r="Q11" s="20">
+      <c r="Q11" s="22">
         <v>5000</v>
       </c>
-      <c r="R11" s="16">
+      <c r="R11" s="17">
         <f t="shared" si="1"/>
         <v>92000</v>
       </c>
     </row>
     <row r="12" spans="2:18" ht="12" customHeight="1">
-      <c r="B12" s="17">
+      <c r="B12" s="14">
         <v>1</v>
       </c>
-      <c r="C12" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F12" s="20">
+      <c r="C12" s="15" t="s">
+        <v>176</v>
+      </c>
+      <c r="D12" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E12" s="15"/>
+      <c r="F12" s="21">
         <v>7000</v>
       </c>
-      <c r="G12" s="20">
+      <c r="G12" s="21">
         <v>10000</v>
       </c>
-      <c r="H12" s="20">
+      <c r="H12" s="21">
         <v>10000</v>
       </c>
-      <c r="I12" s="20">
+      <c r="I12" s="22">
         <v>10000</v>
       </c>
-      <c r="J12" s="20">
+      <c r="J12" s="22">
         <v>10000</v>
       </c>
-      <c r="K12" s="20">
+      <c r="K12" s="22">
         <v>10000</v>
       </c>
-      <c r="L12" s="20">
+      <c r="L12" s="22">
         <v>10000</v>
       </c>
-      <c r="M12" s="20">
+      <c r="M12" s="22">
         <v>10000</v>
       </c>
-      <c r="N12" s="20">
+      <c r="N12" s="22">
         <v>10000</v>
       </c>
-      <c r="O12" s="20">
+      <c r="O12" s="22">
         <v>10000</v>
       </c>
-      <c r="P12" s="20">
+      <c r="P12" s="22">
         <v>10000</v>
       </c>
-      <c r="Q12" s="20">
+      <c r="Q12" s="22">
         <v>10000</v>
       </c>
-      <c r="R12" s="16">
+      <c r="R12" s="17">
         <f t="shared" si="1"/>
         <v>117000</v>
       </c>
     </row>
     <row r="13" spans="2:18" ht="12" customHeight="1">
-      <c r="B13" s="17">
+      <c r="B13" s="18">
         <v>1</v>
       </c>
-      <c r="C13" s="18" t="s">
-[...5 lines deleted...]
-      <c r="E13" s="18"/>
+      <c r="C13" s="19" t="s">
+        <v>177</v>
+      </c>
+      <c r="D13" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E13" s="19"/>
       <c r="F13" s="20">
-        <v>20000</v>
-[...1 lines deleted...]
-      <c r="G13" s="20"/>
+        <v>4000</v>
+      </c>
+      <c r="G13" s="20">
+        <v>4000</v>
+      </c>
       <c r="H13" s="20">
-        <v>20000</v>
-[...1 lines deleted...]
-      <c r="I13" s="20"/>
+        <v>4000</v>
+      </c>
+      <c r="I13" s="20">
+        <v>4000</v>
+      </c>
       <c r="J13" s="20">
-        <v>20000</v>
-[...1 lines deleted...]
-      <c r="K13" s="20"/>
+        <v>4000</v>
+      </c>
+      <c r="K13" s="20">
+        <v>4000</v>
+      </c>
       <c r="L13" s="20">
-        <v>20000</v>
-[...1 lines deleted...]
-      <c r="M13" s="20"/>
+        <v>4000</v>
+      </c>
+      <c r="M13" s="20">
+        <v>4000</v>
+      </c>
       <c r="N13" s="20">
-        <v>20000</v>
-[...1 lines deleted...]
-      <c r="O13" s="20"/>
+        <v>4000</v>
+      </c>
+      <c r="O13" s="20">
+        <v>4000</v>
+      </c>
       <c r="P13" s="20">
-        <v>20000</v>
-[...18 lines deleted...]
-      <c r="F14" s="19">
         <v>4000</v>
       </c>
-      <c r="G14" s="19">
+      <c r="Q13" s="20">
         <v>4000</v>
       </c>
-      <c r="H14" s="19">
-[...29 lines deleted...]
-      <c r="R14" s="16">
+      <c r="R13" s="17">
         <f t="shared" si="1"/>
         <v>48000</v>
       </c>
     </row>
-    <row r="15" spans="2:18" ht="12" customHeight="1">
-      <c r="B15" s="17">
+    <row r="14" spans="2:18" ht="12" customHeight="1">
+      <c r="B14" s="14">
         <v>1</v>
       </c>
-      <c r="C15" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F15" s="19">
+      <c r="C14" s="15" t="s">
+        <v>178</v>
+      </c>
+      <c r="D14" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E14" s="15"/>
+      <c r="F14" s="16">
         <v>5000</v>
       </c>
-      <c r="G15" s="19">
+      <c r="G14" s="16">
         <v>5000</v>
       </c>
-      <c r="H15" s="19">
+      <c r="H14" s="16">
         <v>5000</v>
       </c>
-      <c r="I15" s="19">
+      <c r="I14" s="16">
         <v>5000</v>
       </c>
-      <c r="J15" s="19">
+      <c r="J14" s="16">
         <v>5000</v>
       </c>
-      <c r="K15" s="19">
+      <c r="K14" s="16">
         <v>5000</v>
       </c>
-      <c r="L15" s="19">
+      <c r="L14" s="16">
         <v>5000</v>
       </c>
-      <c r="M15" s="19">
+      <c r="M14" s="16">
         <v>5000</v>
       </c>
-      <c r="N15" s="19">
+      <c r="N14" s="16">
         <v>5000</v>
       </c>
-      <c r="O15" s="19">
+      <c r="O14" s="16">
         <v>5000</v>
       </c>
-      <c r="P15" s="19">
+      <c r="P14" s="16">
         <v>5000</v>
       </c>
-      <c r="Q15" s="19">
+      <c r="Q14" s="16">
         <v>5000</v>
       </c>
-      <c r="R15" s="16">
+      <c r="R14" s="17">
         <f t="shared" si="1"/>
         <v>60000</v>
       </c>
     </row>
-    <row r="16" spans="2:18" ht="12" customHeight="1">
-      <c r="B16" s="17">
+    <row r="15" spans="2:18" ht="12" customHeight="1">
+      <c r="B15" s="18">
         <v>5</v>
       </c>
-      <c r="C16" s="18" t="s">
-[...12 lines deleted...]
-      <c r="L16" s="20">
+      <c r="C15" s="19" t="s">
+        <v>179</v>
+      </c>
+      <c r="D15" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E15" s="19"/>
+      <c r="F15" s="20"/>
+      <c r="G15" s="20"/>
+      <c r="H15" s="20"/>
+      <c r="I15" s="20"/>
+      <c r="J15" s="20"/>
+      <c r="K15" s="20"/>
+      <c r="L15" s="22">
         <v>35000</v>
       </c>
-      <c r="M16" s="20"/>
-      <c r="N16" s="20">
+      <c r="M15" s="22"/>
+      <c r="N15" s="22">
         <v>50000</v>
       </c>
-      <c r="O16" s="19"/>
-[...2 lines deleted...]
-      <c r="R16" s="16">
+      <c r="O15" s="20"/>
+      <c r="P15" s="20"/>
+      <c r="Q15" s="20"/>
+      <c r="R15" s="17">
         <f t="shared" si="1"/>
         <v>85000</v>
       </c>
     </row>
-    <row r="17" spans="2:18" ht="12" customHeight="1">
-      <c r="B17" s="17">
+    <row r="16" spans="2:18" ht="12" customHeight="1">
+      <c r="B16" s="14">
         <v>1</v>
       </c>
-      <c r="C17" s="18" t="s">
-[...11 lines deleted...]
-      <c r="K17" s="20">
+      <c r="C16" s="15" t="s">
+        <v>180</v>
+      </c>
+      <c r="D16" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E16" s="15"/>
+      <c r="F16" s="16"/>
+      <c r="G16" s="16"/>
+      <c r="H16" s="16"/>
+      <c r="I16" s="16"/>
+      <c r="J16" s="16"/>
+      <c r="K16" s="21">
         <v>80000</v>
       </c>
-      <c r="L17" s="20"/>
-[...3 lines deleted...]
-      <c r="P17" s="20">
+      <c r="L16" s="21"/>
+      <c r="M16" s="21"/>
+      <c r="N16" s="21"/>
+      <c r="O16" s="21"/>
+      <c r="P16" s="21">
         <v>80000</v>
       </c>
-      <c r="Q17" s="19"/>
-      <c r="R17" s="16">
+      <c r="Q16" s="16"/>
+      <c r="R16" s="17">
         <f t="shared" si="1"/>
         <v>160000</v>
       </c>
     </row>
-    <row r="18" spans="2:18" ht="12" customHeight="1">
-      <c r="B18" s="17">
+    <row r="17" spans="2:18" ht="12" customHeight="1">
+      <c r="B17" s="18">
         <v>4</v>
       </c>
-      <c r="C18" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F18" s="19">
+      <c r="C17" s="19" t="s">
+        <v>181</v>
+      </c>
+      <c r="D17" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E17" s="19"/>
+      <c r="F17" s="20">
         <v>4000</v>
       </c>
-      <c r="G18" s="19">
+      <c r="G17" s="20">
         <v>4000</v>
       </c>
-      <c r="H18" s="19">
+      <c r="H17" s="20">
         <v>4000</v>
       </c>
-      <c r="I18" s="19">
+      <c r="I17" s="20">
         <v>4000</v>
       </c>
-      <c r="J18" s="19">
+      <c r="J17" s="20">
         <v>4000</v>
       </c>
-      <c r="K18" s="19">
+      <c r="K17" s="20">
         <v>4000</v>
       </c>
-      <c r="L18" s="19">
+      <c r="L17" s="20">
         <v>4000</v>
       </c>
-      <c r="M18" s="19">
+      <c r="M17" s="20">
         <v>4000</v>
       </c>
-      <c r="N18" s="19">
+      <c r="N17" s="20">
         <v>4000</v>
       </c>
-      <c r="O18" s="19">
+      <c r="O17" s="20">
         <v>4000</v>
       </c>
-      <c r="P18" s="19">
+      <c r="P17" s="20">
         <v>4000</v>
       </c>
-      <c r="Q18" s="19">
+      <c r="Q17" s="20">
         <v>4000</v>
       </c>
-      <c r="R18" s="16">
+      <c r="R17" s="17">
         <f t="shared" si="1"/>
         <v>48000</v>
       </c>
     </row>
+    <row r="18" spans="2:18" ht="12" customHeight="1">
+      <c r="B18" s="14">
+        <v>1</v>
+      </c>
+      <c r="C18" s="15" t="s">
+        <v>182</v>
+      </c>
+      <c r="D18" s="19" t="s">
+        <v>169</v>
+      </c>
+      <c r="E18" s="15"/>
+      <c r="F18" s="21"/>
+      <c r="G18" s="21"/>
+      <c r="H18" s="21"/>
+      <c r="I18" s="21"/>
+      <c r="J18" s="21"/>
+      <c r="K18" s="21"/>
+      <c r="L18" s="21"/>
+      <c r="M18" s="21"/>
+      <c r="N18" s="21"/>
+      <c r="O18" s="21"/>
+      <c r="P18" s="21"/>
+      <c r="Q18" s="21"/>
+      <c r="R18" s="17">
+        <f t="shared" si="1"/>
+        <v>0</v>
+      </c>
+    </row>
     <row r="19" spans="2:18" ht="12" customHeight="1">
-      <c r="B19" s="17">
-[...23 lines deleted...]
-        <v>0</v>
+      <c r="B19" s="18">
+        <v>2</v>
+      </c>
+      <c r="C19" s="19" t="s">
+        <v>183</v>
+      </c>
+      <c r="D19" s="19" t="s">
+        <v>184</v>
+      </c>
+      <c r="E19" s="19" t="s">
+        <v>185</v>
+      </c>
+      <c r="F19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="G19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="H19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="I19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="J19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="K19" s="20">
+        <v>240000</v>
+      </c>
+      <c r="L19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="M19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="N19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="O19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="P19" s="20">
+        <v>40000</v>
+      </c>
+      <c r="Q19" s="20">
+        <v>240000</v>
+      </c>
+      <c r="R19" s="17">
+        <f t="shared" si="0"/>
+        <v>880000</v>
       </c>
     </row>
     <row r="20" spans="2:18" ht="12" customHeight="1">
-      <c r="B20" s="17">
+      <c r="B20" s="14">
         <v>2</v>
       </c>
-      <c r="C20" s="18" t="s">
-[...62 lines deleted...]
-      <c r="F21" s="19">
+      <c r="C20" s="15" t="s">
+        <v>186</v>
+      </c>
+      <c r="D20" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="E20" s="15" t="s">
+        <v>188</v>
+      </c>
+      <c r="F20" s="16">
         <v>25000</v>
       </c>
-      <c r="G21" s="19">
+      <c r="G20" s="16">
         <v>25000</v>
       </c>
-      <c r="H21" s="19">
+      <c r="H20" s="16">
         <v>25000</v>
       </c>
-      <c r="I21" s="19">
+      <c r="I20" s="16">
         <v>25000</v>
       </c>
-      <c r="J21" s="19">
+      <c r="J20" s="16">
         <v>25000</v>
       </c>
-      <c r="K21" s="19">
+      <c r="K20" s="16">
         <v>25000</v>
       </c>
-      <c r="L21" s="19">
+      <c r="L20" s="16">
         <v>25000</v>
       </c>
-      <c r="M21" s="19">
+      <c r="M20" s="16">
         <v>25000</v>
       </c>
-      <c r="N21" s="19">
+      <c r="N20" s="16">
         <v>25000</v>
       </c>
-      <c r="O21" s="19">
+      <c r="O20" s="16">
         <v>25000</v>
       </c>
-      <c r="P21" s="19">
+      <c r="P20" s="16">
         <v>25000</v>
       </c>
-      <c r="Q21" s="19">
+      <c r="Q20" s="16">
         <v>25000</v>
       </c>
-      <c r="R21" s="16">
+      <c r="R20" s="17">
         <f t="shared" si="0"/>
         <v>300000</v>
       </c>
     </row>
-    <row r="22" spans="2:18" ht="12" customHeight="1">
-      <c r="B22" s="17">
+    <row r="21" spans="2:18" ht="12" customHeight="1">
+      <c r="B21" s="18">
         <v>2</v>
       </c>
-      <c r="C22" s="18" t="s">
-[...11 lines deleted...]
-      <c r="G22" s="19">
+      <c r="C21" s="19" t="s">
+        <v>189</v>
+      </c>
+      <c r="D21" s="19" t="s">
+        <v>190</v>
+      </c>
+      <c r="E21" s="19" t="s">
+        <v>191</v>
+      </c>
+      <c r="F21" s="20">
+        <v>0</v>
+      </c>
+      <c r="G21" s="20">
         <v>25000</v>
       </c>
-      <c r="H22" s="19">
-[...2 lines deleted...]
-      <c r="I22" s="19">
+      <c r="H21" s="20">
+        <v>0</v>
+      </c>
+      <c r="I21" s="20">
         <v>25000</v>
       </c>
-      <c r="J22" s="19">
-[...5 lines deleted...]
-      <c r="L22" s="19">
+      <c r="J21" s="20">
+        <v>0</v>
+      </c>
+      <c r="K21" s="20">
+        <v>0</v>
+      </c>
+      <c r="L21" s="20">
         <v>25000</v>
       </c>
-      <c r="M22" s="19">
-[...11 lines deleted...]
-      <c r="Q22" s="19">
+      <c r="M21" s="20">
+        <v>0</v>
+      </c>
+      <c r="N21" s="20">
+        <v>0</v>
+      </c>
+      <c r="O21" s="20">
+        <v>0</v>
+      </c>
+      <c r="P21" s="20">
+        <v>0</v>
+      </c>
+      <c r="Q21" s="20">
         <v>25000</v>
       </c>
-      <c r="R22" s="16">
+      <c r="R21" s="17">
         <f t="shared" si="0"/>
         <v>100000</v>
       </c>
     </row>
-    <row r="23" spans="2:18" ht="12" customHeight="1">
-      <c r="B23" s="17">
+    <row r="22" spans="2:18" ht="12" customHeight="1">
+      <c r="B22" s="14">
         <v>3</v>
       </c>
-      <c r="C23" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F23" s="19">
+      <c r="C22" s="15" t="s">
+        <v>287</v>
+      </c>
+      <c r="D22" s="15" t="s">
+        <v>187</v>
+      </c>
+      <c r="E22" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F22" s="16">
         <v>35000</v>
       </c>
-      <c r="G23" s="19">
+      <c r="G22" s="16">
         <v>35000</v>
       </c>
-      <c r="H23" s="19">
+      <c r="H22" s="16">
         <v>35000</v>
       </c>
-      <c r="I23" s="19">
+      <c r="I22" s="16">
         <v>35000</v>
       </c>
-      <c r="J23" s="19">
+      <c r="J22" s="16">
         <v>35000</v>
       </c>
-      <c r="K23" s="19">
+      <c r="K22" s="16">
         <v>35000</v>
       </c>
-      <c r="L23" s="19">
+      <c r="L22" s="16">
         <v>35000</v>
       </c>
-      <c r="M23" s="19">
+      <c r="M22" s="16">
         <v>35000</v>
       </c>
-      <c r="N23" s="19">
+      <c r="N22" s="16">
         <v>35000</v>
       </c>
-      <c r="O23" s="19">
+      <c r="O22" s="16">
         <v>35000</v>
       </c>
-      <c r="P23" s="19">
+      <c r="P22" s="16">
         <v>35000</v>
       </c>
-      <c r="Q23" s="19">
+      <c r="Q22" s="16">
         <v>35000</v>
       </c>
-      <c r="R23" s="16">
+      <c r="R22" s="17">
         <f t="shared" si="0"/>
         <v>420000</v>
       </c>
     </row>
-    <row r="24" spans="2:18" ht="12" customHeight="1">
-      <c r="B24" s="17">
+    <row r="23" spans="2:18" ht="12" customHeight="1">
+      <c r="B23" s="18">
         <v>4</v>
       </c>
-      <c r="C24" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F24" s="19">
+      <c r="C23" s="19" t="s">
+        <v>193</v>
+      </c>
+      <c r="D23" s="19" t="s">
+        <v>187</v>
+      </c>
+      <c r="E23" s="19" t="s">
+        <v>194</v>
+      </c>
+      <c r="F23" s="20">
         <v>2000</v>
       </c>
-      <c r="G24" s="19">
+      <c r="G23" s="20">
         <v>2000</v>
       </c>
-      <c r="H24" s="19">
+      <c r="H23" s="20">
         <v>2000</v>
       </c>
-      <c r="I24" s="19">
+      <c r="I23" s="20">
         <v>2000</v>
       </c>
-      <c r="J24" s="19">
+      <c r="J23" s="20">
         <v>2000</v>
       </c>
-      <c r="K24" s="19">
+      <c r="K23" s="20">
         <v>2000</v>
       </c>
-      <c r="L24" s="19">
+      <c r="L23" s="20">
         <v>2000</v>
       </c>
-      <c r="M24" s="19">
+      <c r="M23" s="20">
         <v>2000</v>
       </c>
-      <c r="N24" s="19">
+      <c r="N23" s="20">
         <v>2000</v>
       </c>
-      <c r="O24" s="19">
+      <c r="O23" s="20">
         <v>2000</v>
       </c>
-      <c r="P24" s="19">
+      <c r="P23" s="20">
         <v>2000</v>
       </c>
-      <c r="Q24" s="19">
+      <c r="Q23" s="20">
         <v>2000</v>
       </c>
-      <c r="R24" s="16">
+      <c r="R23" s="17">
         <f t="shared" si="0"/>
         <v>24000</v>
       </c>
     </row>
-    <row r="25" spans="2:18" ht="12" customHeight="1">
-      <c r="B25" s="17">
+    <row r="24" spans="2:18" ht="12" customHeight="1">
+      <c r="B24" s="14">
         <v>4</v>
       </c>
-      <c r="C25" s="18" t="s">
-[...8 lines deleted...]
-      <c r="F25" s="19">
+      <c r="C24" s="15" t="s">
+        <v>195</v>
+      </c>
+      <c r="D24" s="15" t="s">
+        <v>190</v>
+      </c>
+      <c r="E24" s="15" t="s">
+        <v>192</v>
+      </c>
+      <c r="F24" s="16">
         <v>4000</v>
       </c>
-      <c r="G25" s="19">
+      <c r="G24" s="16">
         <v>4000</v>
       </c>
-      <c r="H25" s="19">
+      <c r="H24" s="16">
         <v>4000</v>
       </c>
-      <c r="I25" s="19">
+      <c r="I24" s="16">
         <v>4000</v>
       </c>
-      <c r="J25" s="19">
+      <c r="J24" s="16">
         <v>4000</v>
       </c>
-      <c r="K25" s="19">
+      <c r="K24" s="16">
         <v>4000</v>
       </c>
-      <c r="L25" s="19">
+      <c r="L24" s="16">
         <v>4000</v>
       </c>
-      <c r="M25" s="19">
+      <c r="M24" s="16">
         <v>4000</v>
       </c>
-      <c r="N25" s="19">
+      <c r="N24" s="16">
         <v>4000</v>
       </c>
-      <c r="O25" s="19">
+      <c r="O24" s="16">
         <v>4000</v>
       </c>
-      <c r="P25" s="19">
+      <c r="P24" s="16">
         <v>4000</v>
       </c>
-      <c r="Q25" s="19">
+      <c r="Q24" s="16">
         <v>4000</v>
       </c>
-      <c r="R25" s="16">
+      <c r="R24" s="17">
         <f t="shared" si="0"/>
         <v>48000</v>
       </c>
     </row>
+    <row r="25" spans="2:18" ht="12" customHeight="1">
+      <c r="B25" s="18">
+        <v>1</v>
+      </c>
+      <c r="C25" s="19" t="s">
+        <v>196</v>
+      </c>
+      <c r="D25" s="19" t="s">
+        <v>190</v>
+      </c>
+      <c r="E25" s="19" t="s">
+        <v>197</v>
+      </c>
+      <c r="F25" s="20">
+        <v>10000</v>
+      </c>
+      <c r="G25" s="20">
+        <v>6000</v>
+      </c>
+      <c r="H25" s="20">
+        <v>10000</v>
+      </c>
+      <c r="I25" s="20">
+        <v>6000</v>
+      </c>
+      <c r="J25" s="20">
+        <v>10000</v>
+      </c>
+      <c r="K25" s="20">
+        <v>6000</v>
+      </c>
+      <c r="L25" s="20">
+        <v>10000</v>
+      </c>
+      <c r="M25" s="20">
+        <v>6000</v>
+      </c>
+      <c r="N25" s="20">
+        <v>10000</v>
+      </c>
+      <c r="O25" s="20">
+        <v>6000</v>
+      </c>
+      <c r="P25" s="20">
+        <v>10000</v>
+      </c>
+      <c r="Q25" s="20">
+        <v>6000</v>
+      </c>
+      <c r="R25" s="17">
+        <f t="shared" si="0"/>
+        <v>96000</v>
+      </c>
+    </row>
     <row r="26" spans="2:18" ht="12" customHeight="1">
-      <c r="B26" s="17">
+      <c r="B26" s="14">
         <v>1</v>
       </c>
-      <c r="C26" s="18" t="s">
-[...42 lines deleted...]
-      <c r="R26" s="16">
+      <c r="C26" s="15" t="s">
+        <v>198</v>
+      </c>
+      <c r="D26" s="15" t="s">
+        <v>167</v>
+      </c>
+      <c r="E26" s="15"/>
+      <c r="F26" s="16"/>
+      <c r="G26" s="16"/>
+      <c r="H26" s="16"/>
+      <c r="I26" s="16"/>
+      <c r="J26" s="16"/>
+      <c r="K26" s="21"/>
+      <c r="L26" s="21"/>
+      <c r="M26" s="21"/>
+      <c r="N26" s="21"/>
+      <c r="O26" s="21"/>
+      <c r="P26" s="21"/>
+      <c r="Q26" s="16"/>
+      <c r="R26" s="17">
         <f t="shared" si="0"/>
-        <v>60000</v>
+        <v>0</v>
       </c>
     </row>
     <row r="27" spans="2:18" ht="12" customHeight="1">
-      <c r="B27" s="17">
+      <c r="B27" s="18">
         <v>1</v>
       </c>
-      <c r="C27" s="18" t="s">
-[...18 lines deleted...]
-      <c r="R27" s="16">
+      <c r="C27" s="19" t="s">
+        <v>182</v>
+      </c>
+      <c r="D27" s="19" t="s">
+        <v>167</v>
+      </c>
+      <c r="E27" s="19"/>
+      <c r="F27" s="20"/>
+      <c r="G27" s="20"/>
+      <c r="H27" s="20"/>
+      <c r="I27" s="20"/>
+      <c r="J27" s="20"/>
+      <c r="K27" s="20"/>
+      <c r="L27" s="20"/>
+      <c r="M27" s="20"/>
+      <c r="N27" s="20"/>
+      <c r="O27" s="20"/>
+      <c r="P27" s="20"/>
+      <c r="Q27" s="20"/>
+      <c r="R27" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="28" spans="2:18" ht="12" customHeight="1">
-      <c r="B28" s="17">
+      <c r="B28" s="14">
         <v>6</v>
       </c>
-      <c r="C28" s="18" t="s">
-[...6 lines deleted...]
-      <c r="F28" s="19">
+      <c r="C28" s="15" t="s">
+        <v>315</v>
+      </c>
+      <c r="D28" s="15" t="s">
+        <v>184</v>
+      </c>
+      <c r="E28" s="15"/>
+      <c r="F28" s="16">
         <v>30000</v>
       </c>
-      <c r="G28" s="19">
+      <c r="G28" s="16">
         <v>30000</v>
       </c>
-      <c r="H28" s="19">
+      <c r="H28" s="16">
         <v>30000</v>
       </c>
-      <c r="I28" s="19">
+      <c r="I28" s="16">
         <v>30000</v>
       </c>
-      <c r="J28" s="19">
+      <c r="J28" s="16">
         <v>30000</v>
       </c>
-      <c r="K28" s="19">
+      <c r="K28" s="16">
         <v>30000</v>
       </c>
-      <c r="L28" s="19">
+      <c r="L28" s="16">
         <v>30000</v>
       </c>
-      <c r="M28" s="19">
+      <c r="M28" s="16">
         <v>30000</v>
       </c>
-      <c r="N28" s="19">
+      <c r="N28" s="16">
         <v>30000</v>
       </c>
-      <c r="O28" s="19">
+      <c r="O28" s="16">
         <v>30000</v>
       </c>
-      <c r="P28" s="19">
+      <c r="P28" s="16">
         <v>30000</v>
       </c>
-      <c r="Q28" s="19">
+      <c r="Q28" s="16">
         <v>30000</v>
       </c>
-      <c r="R28" s="16">
+      <c r="R28" s="17">
         <f t="shared" si="0"/>
         <v>360000</v>
       </c>
     </row>
     <row r="29" spans="2:18" ht="12" customHeight="1">
-      <c r="B29" s="17"/>
-[...15 lines deleted...]
-      <c r="R29" s="16">
+      <c r="B29" s="18"/>
+      <c r="C29" s="19"/>
+      <c r="D29" s="19"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="20"/>
+      <c r="G29" s="20"/>
+      <c r="H29" s="20"/>
+      <c r="I29" s="20"/>
+      <c r="J29" s="20"/>
+      <c r="K29" s="20"/>
+      <c r="L29" s="20"/>
+      <c r="M29" s="20"/>
+      <c r="N29" s="20"/>
+      <c r="O29" s="20"/>
+      <c r="P29" s="20"/>
+      <c r="Q29" s="20"/>
+      <c r="R29" s="17">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="30" spans="2:18" ht="12" customHeight="1">
-      <c r="B30" s="173"/>
-[...15 lines deleted...]
-      <c r="R30" s="23">
+      <c r="B30" s="23"/>
+      <c r="C30" s="24"/>
+      <c r="D30" s="24"/>
+      <c r="E30" s="24"/>
+      <c r="F30" s="25"/>
+      <c r="G30" s="25"/>
+      <c r="H30" s="25"/>
+      <c r="I30" s="25"/>
+      <c r="J30" s="25"/>
+      <c r="K30" s="25"/>
+      <c r="L30" s="25"/>
+      <c r="M30" s="25"/>
+      <c r="N30" s="25"/>
+      <c r="O30" s="25"/>
+      <c r="P30" s="25"/>
+      <c r="Q30" s="25"/>
+      <c r="R30" s="26">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
     </row>
     <row r="31" spans="2:18" ht="12" customHeight="1">
-      <c r="B31" s="176"/>
-[...9 lines deleted...]
-      <c r="G31" s="178">
+      <c r="B31" s="27"/>
+      <c r="C31" s="28"/>
+      <c r="D31" s="28"/>
+      <c r="E31" s="28" t="s">
+        <v>165</v>
+      </c>
+      <c r="F31" s="29">
+        <f t="shared" ref="F31:Q31" si="2">SUM(F3:F30)</f>
+        <v>318000</v>
+      </c>
+      <c r="G31" s="29">
         <f t="shared" si="2"/>
-        <v>414000</v>
-[...1 lines deleted...]
-      <c r="H31" s="178">
+        <v>345000</v>
+      </c>
+      <c r="H31" s="29">
         <f t="shared" si="2"/>
-        <v>409000</v>
-[...1 lines deleted...]
-      <c r="I31" s="178">
+        <v>324000</v>
+      </c>
+      <c r="I31" s="29">
         <f t="shared" si="2"/>
-        <v>414000</v>
-[...1 lines deleted...]
-      <c r="J31" s="178">
+        <v>345000</v>
+      </c>
+      <c r="J31" s="29">
         <f t="shared" si="2"/>
-        <v>409000</v>
-[...1 lines deleted...]
-      <c r="K31" s="178">
+        <v>324000</v>
+      </c>
+      <c r="K31" s="29">
         <f t="shared" si="2"/>
-        <v>669000</v>
-[...1 lines deleted...]
-      <c r="L31" s="178">
+        <v>600000</v>
+      </c>
+      <c r="L31" s="29">
+        <f>SUM(L3:L30)</f>
+        <v>384000</v>
+      </c>
+      <c r="M31" s="29">
         <f t="shared" si="2"/>
-        <v>469000</v>
-[...1 lines deleted...]
-      <c r="M31" s="178">
+        <v>315000</v>
+      </c>
+      <c r="N31" s="29">
         <f t="shared" si="2"/>
-        <v>384000</v>
-[...1 lines deleted...]
-      <c r="N31" s="178">
+        <v>369000</v>
+      </c>
+      <c r="O31" s="29">
         <f t="shared" si="2"/>
-        <v>454000</v>
-[...1 lines deleted...]
-      <c r="O31" s="178">
+        <v>315000</v>
+      </c>
+      <c r="P31" s="29">
         <f t="shared" si="2"/>
-        <v>384000</v>
-[...1 lines deleted...]
-      <c r="P31" s="178">
+        <v>399000</v>
+      </c>
+      <c r="Q31" s="29">
         <f t="shared" si="2"/>
-        <v>484000</v>
-[...7 lines deleted...]
-        <v>5502000</v>
+        <v>540000</v>
+      </c>
+      <c r="R31" s="29">
+        <f>SUM(R3:R30)</f>
+        <v>4578000</v>
       </c>
     </row>
     <row r="32" spans="2:18" ht="12" customHeight="1">
       <c r="B32" s="9"/>
       <c r="C32" s="4"/>
       <c r="D32" s="4"/>
       <c r="E32" s="4"/>
       <c r="F32" s="4"/>
       <c r="G32" s="4"/>
       <c r="H32" s="4"/>
       <c r="I32" s="4"/>
       <c r="J32" s="4"/>
       <c r="K32" s="4"/>
       <c r="L32" s="4"/>
       <c r="M32" s="4"/>
       <c r="N32" s="4"/>
       <c r="O32" s="4"/>
       <c r="P32" s="4"/>
       <c r="Q32" s="4"/>
       <c r="R32" s="4"/>
     </row>
     <row r="33" spans="2:18" ht="12" customHeight="1">
-      <c r="B33" s="25" t="s">
-        <v>279</v>
+      <c r="B33" s="30" t="s">
+        <v>199</v>
       </c>
       <c r="C33" s="9"/>
       <c r="D33" s="4"/>
       <c r="E33" s="4"/>
-      <c r="F33" s="9" t="s">
-[...29 lines deleted...]
-      <c r="P33" s="9" t="s">
+      <c r="F33" s="188" t="s">
         <v>153</v>
       </c>
-      <c r="Q33" s="9" t="s">
+      <c r="G33" s="188" t="s">
         <v>154</v>
       </c>
+      <c r="H33" s="188" t="s">
+        <v>155</v>
+      </c>
+      <c r="I33" s="188" t="s">
+        <v>156</v>
+      </c>
+      <c r="J33" s="188" t="s">
+        <v>157</v>
+      </c>
+      <c r="K33" s="188" t="s">
+        <v>158</v>
+      </c>
+      <c r="L33" s="188" t="s">
+        <v>159</v>
+      </c>
+      <c r="M33" s="188" t="s">
+        <v>160</v>
+      </c>
+      <c r="N33" s="188" t="s">
+        <v>161</v>
+      </c>
+      <c r="O33" s="188" t="s">
+        <v>162</v>
+      </c>
+      <c r="P33" s="188" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q33" s="188" t="s">
+        <v>164</v>
+      </c>
       <c r="R33" s="9" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="34" spans="2:18" ht="12" customHeight="1">
-      <c r="B34" s="277" t="s">
-[...9 lines deleted...]
-      <c r="G34" s="27">
+      <c r="B34" s="260" t="s">
+        <v>167</v>
+      </c>
+      <c r="C34" s="260"/>
+      <c r="D34" s="52"/>
+      <c r="E34" s="52"/>
+      <c r="F34" s="187">
+        <f>SUMIF($D$3:$D$30,$B34,F$3:F$30)</f>
+        <v>80000</v>
+      </c>
+      <c r="G34" s="187">
+        <f t="shared" ref="G34:Q34" si="3">SUMIF($D$3:$D$30,$B34,G$3:G$30)</f>
+        <v>80000</v>
+      </c>
+      <c r="H34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="H34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="I34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="I34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="J34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="J34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="K34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="K34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="L34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="L34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="M34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="M34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="N34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="N34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="O34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="O34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="P34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...1 lines deleted...]
-      <c r="P34" s="27">
+        <v>80000</v>
+      </c>
+      <c r="Q34" s="187">
         <f t="shared" si="3"/>
-        <v>115000</v>
-[...7 lines deleted...]
-        <v>1380000</v>
+        <v>80000</v>
+      </c>
+      <c r="R34" s="33">
+        <f t="shared" ref="R34:R40" si="4">SUMIF($D$3:$D$30,$B34,R$3:R$30)</f>
+        <v>960000</v>
       </c>
     </row>
     <row r="35" spans="2:18" ht="12" customHeight="1">
-      <c r="B35" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="273"/>
+      <c r="B35" s="261" t="s">
+        <v>200</v>
+      </c>
+      <c r="C35" s="261"/>
       <c r="D35" s="15"/>
       <c r="E35" s="15"/>
-      <c r="F35" s="30">
-[...49 lines deleted...]
-        <v>1870000</v>
+      <c r="F35" s="35">
+        <f t="shared" ref="F35:Q41" si="5">SUMIF($D$3:$D$30,$B35,F$3:F$30)</f>
+        <v>92000</v>
+      </c>
+      <c r="G35" s="35">
+        <f t="shared" si="5"/>
+        <v>98000</v>
+      </c>
+      <c r="H35" s="35">
+        <f t="shared" si="5"/>
+        <v>98000</v>
+      </c>
+      <c r="I35" s="35">
+        <f t="shared" si="5"/>
+        <v>98000</v>
+      </c>
+      <c r="J35" s="35">
+        <f t="shared" si="5"/>
+        <v>98000</v>
+      </c>
+      <c r="K35" s="35">
+        <f t="shared" si="5"/>
+        <v>178000</v>
+      </c>
+      <c r="L35" s="35">
+        <f t="shared" si="5"/>
+        <v>133000</v>
+      </c>
+      <c r="M35" s="35">
+        <f t="shared" si="5"/>
+        <v>93000</v>
+      </c>
+      <c r="N35" s="35">
+        <f t="shared" si="5"/>
+        <v>143000</v>
+      </c>
+      <c r="O35" s="35">
+        <f t="shared" si="5"/>
+        <v>93000</v>
+      </c>
+      <c r="P35" s="35">
+        <f t="shared" si="5"/>
+        <v>173000</v>
+      </c>
+      <c r="Q35" s="35">
+        <f t="shared" si="5"/>
+        <v>93000</v>
+      </c>
+      <c r="R35" s="36">
+        <f t="shared" si="4"/>
+        <v>1390000</v>
       </c>
     </row>
     <row r="36" spans="2:18" ht="12" customHeight="1">
-      <c r="B36" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="273"/>
+      <c r="B36" s="261" t="s">
+        <v>184</v>
+      </c>
+      <c r="C36" s="261"/>
       <c r="D36" s="15"/>
       <c r="E36" s="15"/>
-      <c r="F36" s="30">
-[...49 lines deleted...]
-        <v>1360000</v>
+      <c r="F36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="G36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="H36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="I36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="J36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="K36" s="35">
+        <f t="shared" si="5"/>
+        <v>270000</v>
+      </c>
+      <c r="L36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="M36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="N36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="O36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="P36" s="35">
+        <f t="shared" si="5"/>
+        <v>70000</v>
+      </c>
+      <c r="Q36" s="35">
+        <f t="shared" si="5"/>
+        <v>270000</v>
+      </c>
+      <c r="R36" s="36">
+        <f t="shared" si="4"/>
+        <v>1240000</v>
       </c>
     </row>
     <row r="37" spans="2:18" ht="12" customHeight="1">
-      <c r="B37" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="273"/>
+      <c r="B37" s="261" t="s">
+        <v>190</v>
+      </c>
+      <c r="C37" s="261"/>
       <c r="D37" s="15"/>
       <c r="E37" s="15"/>
-      <c r="F37" s="30">
-[...49 lines deleted...]
-        <v>148000</v>
+      <c r="F37" s="35">
+        <f t="shared" si="5"/>
+        <v>14000</v>
+      </c>
+      <c r="G37" s="35">
+        <f t="shared" si="5"/>
+        <v>35000</v>
+      </c>
+      <c r="H37" s="35">
+        <f t="shared" si="5"/>
+        <v>14000</v>
+      </c>
+      <c r="I37" s="35">
+        <f t="shared" si="5"/>
+        <v>35000</v>
+      </c>
+      <c r="J37" s="35">
+        <f t="shared" si="5"/>
+        <v>14000</v>
+      </c>
+      <c r="K37" s="35">
+        <f t="shared" si="5"/>
+        <v>10000</v>
+      </c>
+      <c r="L37" s="35">
+        <f t="shared" si="5"/>
+        <v>39000</v>
+      </c>
+      <c r="M37" s="35">
+        <f t="shared" si="5"/>
+        <v>10000</v>
+      </c>
+      <c r="N37" s="35">
+        <f t="shared" si="5"/>
+        <v>14000</v>
+      </c>
+      <c r="O37" s="35">
+        <f t="shared" si="5"/>
+        <v>10000</v>
+      </c>
+      <c r="P37" s="35">
+        <f t="shared" si="5"/>
+        <v>14000</v>
+      </c>
+      <c r="Q37" s="35">
+        <f t="shared" si="5"/>
+        <v>35000</v>
+      </c>
+      <c r="R37" s="36">
+        <f t="shared" si="4"/>
+        <v>244000</v>
       </c>
     </row>
     <row r="38" spans="2:18" ht="12" customHeight="1">
-      <c r="B38" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="273"/>
+      <c r="B38" s="261" t="s">
+        <v>187</v>
+      </c>
+      <c r="C38" s="261"/>
       <c r="D38" s="15"/>
       <c r="E38" s="15"/>
-      <c r="F38" s="30">
-        <f t="shared" si="3"/>
+      <c r="F38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="G38" s="30">
-        <f t="shared" si="3"/>
+      <c r="G38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="H38" s="30">
-        <f t="shared" si="3"/>
+      <c r="H38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="I38" s="30">
-        <f t="shared" si="3"/>
+      <c r="I38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="J38" s="30">
-        <f t="shared" si="3"/>
+      <c r="J38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="K38" s="30">
-        <f t="shared" si="3"/>
+      <c r="K38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="L38" s="30">
-        <f t="shared" si="3"/>
+      <c r="L38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="M38" s="30">
-        <f t="shared" si="3"/>
+      <c r="M38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="N38" s="30">
-        <f t="shared" si="3"/>
+      <c r="N38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="O38" s="30">
-        <f t="shared" si="3"/>
+      <c r="O38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="P38" s="30">
-        <f t="shared" si="3"/>
+      <c r="P38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="Q38" s="30">
-        <f t="shared" si="3"/>
+      <c r="Q38" s="35">
+        <f t="shared" si="5"/>
         <v>62000</v>
       </c>
-      <c r="R38" s="31">
-        <f t="shared" si="3"/>
+      <c r="R38" s="36">
+        <f t="shared" si="4"/>
         <v>744000</v>
       </c>
     </row>
     <row r="39" spans="2:18" ht="12" customHeight="1">
-      <c r="B39" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="273"/>
+      <c r="B39" s="261" t="s">
+        <v>201</v>
+      </c>
+      <c r="C39" s="261"/>
       <c r="D39" s="15"/>
       <c r="E39" s="15"/>
-      <c r="F39" s="30">
-[...48 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="F39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="I39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="J39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="L39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="M39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="O39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="P39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="Q39" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="R39" s="36">
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="40" spans="2:18" ht="12" customHeight="1">
-      <c r="B40" s="273" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="273"/>
+      <c r="B40" s="261" t="s">
+        <v>182</v>
+      </c>
+      <c r="C40" s="261"/>
       <c r="D40" s="15"/>
       <c r="E40" s="15"/>
-      <c r="F40" s="30">
-[...48 lines deleted...]
-        <f t="shared" si="3"/>
+      <c r="F40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="I40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="J40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="L40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="M40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="O40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="P40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="Q40" s="35">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="R40" s="36">
+        <f t="shared" si="4"/>
         <v>0</v>
       </c>
     </row>
     <row r="41" spans="2:18" ht="12" customHeight="1">
-      <c r="B41" s="274"/>
-[...52 lines deleted...]
-        <f>SUMIF($D$3:$D$30,$C41,R$3:R$30)</f>
+      <c r="B41" s="262"/>
+      <c r="C41" s="262"/>
+      <c r="D41" s="24"/>
+      <c r="E41" s="24"/>
+      <c r="F41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="G41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="H41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="I41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="J41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="K41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="L41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="M41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="N41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="O41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="P41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="Q41" s="38">
+        <f t="shared" si="5"/>
+        <v>0</v>
+      </c>
+      <c r="R41" s="39">
+        <f t="shared" ref="R41" si="6">SUMIF($D$3:$D$30,$C41,R$3:R$30)</f>
         <v>0</v>
       </c>
     </row>
     <row r="42" spans="2:18" ht="12" customHeight="1">
-      <c r="B42" s="35"/>
-[...5 lines deleted...]
-      <c r="F42" s="37">
+      <c r="B42" s="40"/>
+      <c r="C42" s="41"/>
+      <c r="D42" s="41"/>
+      <c r="E42" s="41" t="s">
+        <v>165</v>
+      </c>
+      <c r="F42" s="42">
         <f>SUM(F34:F41)</f>
-        <v>403000</v>
-[...26 lines deleted...]
-        <f t="shared" si="4"/>
+        <v>318000</v>
+      </c>
+      <c r="G42" s="42">
+        <f t="shared" ref="G42:R42" si="7">SUM(G34:G41)</f>
+        <v>345000</v>
+      </c>
+      <c r="H42" s="42">
+        <f t="shared" si="7"/>
+        <v>324000</v>
+      </c>
+      <c r="I42" s="42">
+        <f t="shared" si="7"/>
+        <v>345000</v>
+      </c>
+      <c r="J42" s="42">
+        <f t="shared" si="7"/>
+        <v>324000</v>
+      </c>
+      <c r="K42" s="42">
+        <f t="shared" si="7"/>
+        <v>600000</v>
+      </c>
+      <c r="L42" s="42">
+        <f t="shared" si="7"/>
         <v>384000</v>
       </c>
-      <c r="N42" s="37">
-[...17 lines deleted...]
-        <v>5502000</v>
+      <c r="M42" s="42">
+        <f t="shared" si="7"/>
+        <v>315000</v>
+      </c>
+      <c r="N42" s="42">
+        <f t="shared" si="7"/>
+        <v>369000</v>
+      </c>
+      <c r="O42" s="42">
+        <f t="shared" si="7"/>
+        <v>315000</v>
+      </c>
+      <c r="P42" s="42">
+        <f t="shared" si="7"/>
+        <v>399000</v>
+      </c>
+      <c r="Q42" s="42">
+        <f t="shared" si="7"/>
+        <v>540000</v>
+      </c>
+      <c r="R42" s="42">
+        <f t="shared" si="7"/>
+        <v>4578000</v>
       </c>
     </row>
     <row r="43" spans="2:18" ht="12" customHeight="1">
       <c r="B43" s="9"/>
       <c r="C43" s="4"/>
       <c r="D43" s="4"/>
       <c r="E43" s="4"/>
       <c r="F43" s="4"/>
       <c r="G43" s="4"/>
       <c r="H43" s="4"/>
       <c r="I43" s="4"/>
       <c r="J43" s="4"/>
       <c r="K43" s="4"/>
       <c r="L43" s="4"/>
       <c r="M43" s="4"/>
       <c r="N43" s="4"/>
       <c r="O43" s="4"/>
       <c r="P43" s="4"/>
       <c r="Q43" s="4"/>
       <c r="R43" s="4"/>
     </row>
     <row r="44" spans="2:18" ht="12" customHeight="1">
-      <c r="B44" s="25" t="s">
-        <v>282</v>
+      <c r="B44" s="30" t="s">
+        <v>202</v>
       </c>
       <c r="C44" s="9"/>
       <c r="D44" s="4"/>
       <c r="E44" s="4"/>
       <c r="F44" s="9" t="s">
-        <v>246</v>
+        <v>153</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>247</v>
+        <v>154</v>
       </c>
       <c r="H44" s="9" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="I44" s="9" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="J44" s="9" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="K44" s="9" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="L44" s="9" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
       <c r="M44" s="9" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="N44" s="9" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="O44" s="9" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="P44" s="9" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="Q44" s="9" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="R44" s="9" t="s">
-        <v>26</v>
+        <v>165</v>
       </c>
     </row>
     <row r="45" spans="2:18" ht="12" customHeight="1">
-      <c r="B45" s="38">
+      <c r="B45" s="43">
         <v>1</v>
       </c>
-      <c r="C45" s="26" t="s">
-[...45 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="C45" s="31" t="s">
+        <v>203</v>
+      </c>
+      <c r="D45" s="31"/>
+      <c r="E45" s="31"/>
+      <c r="F45" s="32">
+        <f>SUMIF($B$3:$B$30,$B45,F$3:F$30)</f>
+        <v>178000</v>
+      </c>
+      <c r="G45" s="32">
+        <f>SUMIF($B$3:$B$30,$B45,G$3:G$30)</f>
+        <v>180000</v>
+      </c>
+      <c r="H45" s="32">
+        <f t="shared" ref="H45:Q50" si="8">SUMIF($B$3:$B$30,$B45,H$3:H$30)</f>
+        <v>184000</v>
+      </c>
+      <c r="I45" s="32">
+        <f t="shared" si="8"/>
+        <v>180000</v>
+      </c>
+      <c r="J45" s="32">
+        <f t="shared" si="8"/>
+        <v>184000</v>
+      </c>
+      <c r="K45" s="32">
+        <f t="shared" si="8"/>
+        <v>260000</v>
+      </c>
+      <c r="L45" s="32">
+        <f t="shared" si="8"/>
+        <v>184000</v>
+      </c>
+      <c r="M45" s="32">
+        <f t="shared" si="8"/>
+        <v>175000</v>
+      </c>
+      <c r="N45" s="32">
+        <f t="shared" si="8"/>
+        <v>179000</v>
+      </c>
+      <c r="O45" s="32">
+        <f t="shared" si="8"/>
+        <v>175000</v>
+      </c>
+      <c r="P45" s="32">
+        <f t="shared" si="8"/>
+        <v>259000</v>
+      </c>
+      <c r="Q45" s="32">
+        <f t="shared" si="8"/>
+        <v>175000</v>
+      </c>
+      <c r="R45" s="33">
+        <f t="shared" ref="R45:R50" si="9">SUMIF($B$3:$B$30,$B45,R$3:R$30)</f>
+        <v>2313000</v>
+      </c>
+    </row>
+    <row r="46" spans="2:18" ht="12" customHeight="1">
+      <c r="B46" s="44">
+        <v>2</v>
+      </c>
+      <c r="C46" s="34" t="s">
+        <v>204</v>
+      </c>
+      <c r="D46" s="34"/>
+      <c r="E46" s="34"/>
+      <c r="F46" s="35">
+        <f t="shared" ref="F46:F50" si="10">SUMIF($B$3:$B$30,$B46,F$3:F$30)</f>
+        <v>65000</v>
+      </c>
+      <c r="G46" s="35">
+        <f>SUMIF($B$3:$B$30,$B46,G$3:G$30)</f>
+        <v>90000</v>
+      </c>
+      <c r="H46" s="35">
+        <f t="shared" si="8"/>
+        <v>65000</v>
+      </c>
+      <c r="I46" s="35">
+        <f t="shared" si="8"/>
+        <v>90000</v>
+      </c>
+      <c r="J46" s="35">
+        <f t="shared" si="8"/>
+        <v>65000</v>
+      </c>
+      <c r="K46" s="35">
+        <f t="shared" si="8"/>
+        <v>265000</v>
+      </c>
+      <c r="L46" s="35">
+        <f t="shared" si="8"/>
+        <v>90000</v>
+      </c>
+      <c r="M46" s="35">
+        <f t="shared" si="8"/>
+        <v>65000</v>
+      </c>
+      <c r="N46" s="35">
+        <f t="shared" si="8"/>
+        <v>65000</v>
+      </c>
+      <c r="O46" s="35">
+        <f t="shared" si="8"/>
+        <v>65000</v>
+      </c>
+      <c r="P46" s="35">
+        <f t="shared" si="8"/>
+        <v>65000</v>
+      </c>
+      <c r="Q46" s="35">
+        <f t="shared" si="8"/>
+        <v>290000</v>
+      </c>
+      <c r="R46" s="36">
+        <f t="shared" si="9"/>
+        <v>1280000</v>
+      </c>
+    </row>
+    <row r="47" spans="2:18" ht="12" customHeight="1">
+      <c r="B47" s="44">
+        <v>3</v>
+      </c>
+      <c r="C47" s="34" t="s">
+        <v>205</v>
+      </c>
+      <c r="D47" s="34"/>
+      <c r="E47" s="34"/>
+      <c r="F47" s="35">
+        <f t="shared" si="10"/>
+        <v>35000</v>
+      </c>
+      <c r="G47" s="35">
+        <f>SUMIF($B$3:$B$30,$B47,G$3:G$30)</f>
+        <v>35000</v>
+      </c>
+      <c r="H47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="I47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="J47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="K47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="L47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="M47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="N47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="O47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="P47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="Q47" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="R47" s="36">
+        <f t="shared" si="9"/>
+        <v>420000</v>
+      </c>
+    </row>
+    <row r="48" spans="2:18" ht="12" customHeight="1">
+      <c r="B48" s="44">
+        <v>4</v>
+      </c>
+      <c r="C48" s="34" t="s">
+        <v>206</v>
+      </c>
+      <c r="D48" s="34"/>
+      <c r="E48" s="34"/>
+      <c r="F48" s="35">
+        <f t="shared" si="10"/>
+        <v>10000</v>
+      </c>
+      <c r="G48" s="35">
+        <f>SUMIF($B$3:$B$30,$B48,G$3:G$30)</f>
+        <v>10000</v>
+      </c>
+      <c r="H48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="I48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="J48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="K48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="L48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="M48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="N48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="O48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="P48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="Q48" s="35">
+        <f t="shared" si="8"/>
+        <v>10000</v>
+      </c>
+      <c r="R48" s="36">
+        <f t="shared" si="9"/>
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="49" spans="2:18" ht="12" customHeight="1">
+      <c r="B49" s="184">
+        <v>5</v>
+      </c>
+      <c r="C49" s="34" t="s">
+        <v>179</v>
+      </c>
+      <c r="D49" s="185"/>
+      <c r="E49" s="185"/>
+      <c r="F49" s="35">
+        <f t="shared" si="10"/>
+        <v>0</v>
+      </c>
+      <c r="G49" s="35">
+        <f>SUMIF($B$3:$B$30,$B49,G$3:G$30)</f>
+        <v>0</v>
+      </c>
+      <c r="H49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="I49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="J49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="K49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="L49" s="35">
+        <f t="shared" si="8"/>
+        <v>35000</v>
+      </c>
+      <c r="M49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="N49" s="35">
+        <f t="shared" si="8"/>
+        <v>50000</v>
+      </c>
+      <c r="O49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="P49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="Q49" s="35">
+        <f t="shared" si="8"/>
+        <v>0</v>
+      </c>
+      <c r="R49" s="186">
+        <f t="shared" si="9"/>
+        <v>85000</v>
+      </c>
+    </row>
+    <row r="50" spans="2:18" ht="12" customHeight="1">
+      <c r="B50" s="45">
+        <v>6</v>
+      </c>
+      <c r="C50" s="37" t="s">
+        <v>314</v>
+      </c>
+      <c r="D50" s="37"/>
+      <c r="E50" s="37"/>
+      <c r="F50" s="38">
+        <f t="shared" si="10"/>
+        <v>30000</v>
+      </c>
+      <c r="G50" s="38">
+        <f>SUMIF($B$3:$B$30,$B50,G$3:G$30)</f>
+        <v>30000</v>
+      </c>
+      <c r="H50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="I50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="J50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="K50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="L50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="M50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="N50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="O50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="P50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="Q50" s="38">
+        <f t="shared" si="8"/>
+        <v>30000</v>
+      </c>
+      <c r="R50" s="39">
+        <f t="shared" si="9"/>
+        <v>360000</v>
+      </c>
+    </row>
+    <row r="51" spans="2:18" ht="12" customHeight="1">
+      <c r="B51" s="40"/>
+      <c r="C51" s="41"/>
+      <c r="D51" s="41"/>
+      <c r="E51" s="41" t="s">
+        <v>165</v>
+      </c>
+      <c r="F51" s="42">
+        <f>SUM(F45:F50)</f>
+        <v>318000</v>
+      </c>
+      <c r="G51" s="42">
+        <f>SUM(G45:G50)</f>
+        <v>345000</v>
+      </c>
+      <c r="H51" s="42">
+        <f t="shared" ref="H51:R51" si="11">SUM(H45:H50)</f>
         <v>324000</v>
       </c>
-      <c r="Q45" s="27">
-[...128 lines deleted...]
-        <f t="shared" si="5"/>
+      <c r="I51" s="42">
+        <f t="shared" si="11"/>
+        <v>345000</v>
+      </c>
+      <c r="J51" s="42">
+        <f t="shared" si="11"/>
+        <v>324000</v>
+      </c>
+      <c r="K51" s="42">
+        <f t="shared" si="11"/>
+        <v>600000</v>
+      </c>
+      <c r="L51" s="42">
+        <f t="shared" si="11"/>
+        <v>384000</v>
+      </c>
+      <c r="M51" s="42">
+        <f t="shared" si="11"/>
+        <v>315000</v>
+      </c>
+      <c r="N51" s="42">
+        <f t="shared" si="11"/>
+        <v>369000</v>
+      </c>
+      <c r="O51" s="42">
+        <f t="shared" si="11"/>
+        <v>315000</v>
+      </c>
+      <c r="P51" s="42">
+        <f t="shared" si="11"/>
+        <v>399000</v>
+      </c>
+      <c r="Q51" s="42">
+        <f t="shared" si="11"/>
         <v>540000</v>
       </c>
-    </row>
-[...243 lines deleted...]
-        <v>5502000</v>
+      <c r="R51" s="42">
+        <f t="shared" si="11"/>
+        <v>4578000</v>
       </c>
     </row>
     <row r="52" spans="2:18" ht="12" customHeight="1">
       <c r="B52" s="9"/>
       <c r="C52" s="4"/>
       <c r="D52" s="4"/>
       <c r="E52" s="4"/>
       <c r="F52" s="4"/>
       <c r="G52" s="4"/>
       <c r="H52" s="4"/>
       <c r="I52" s="4"/>
       <c r="J52" s="4"/>
       <c r="K52" s="4"/>
       <c r="L52" s="4"/>
       <c r="M52" s="4"/>
       <c r="N52" s="4"/>
       <c r="O52" s="4"/>
       <c r="P52" s="4"/>
       <c r="Q52" s="4"/>
       <c r="R52" s="4"/>
     </row>
     <row r="53" spans="2:18" ht="12" customHeight="1">
       <c r="B53" s="9"/>
       <c r="C53" s="4"/>
       <c r="D53" s="4"/>
       <c r="E53" s="4"/>
       <c r="F53" s="4"/>
       <c r="G53" s="4"/>
       <c r="H53" s="4"/>
       <c r="I53" s="4"/>
       <c r="J53" s="4"/>
       <c r="K53" s="4"/>
       <c r="L53" s="4"/>
       <c r="M53" s="4"/>
       <c r="N53" s="4"/>
       <c r="O53" s="4"/>
       <c r="P53" s="4"/>
       <c r="Q53" s="4"/>
       <c r="R53" s="4"/>
     </row>
     <row r="54" spans="2:18" ht="12" customHeight="1">
-      <c r="B54" s="41" t="s">
+      <c r="B54" s="46" t="s">
+        <v>207</v>
+      </c>
+      <c r="C54" s="47"/>
+      <c r="D54" s="47"/>
+      <c r="F54" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="G54" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="H54" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="I54" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="J54" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="K54" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="L54" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="M54" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="N54" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="O54" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="P54" s="48" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q54" s="48" t="s">
+        <v>164</v>
+      </c>
+      <c r="R54" s="49" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="55" spans="2:18" ht="12" customHeight="1">
+      <c r="B55" s="50"/>
+      <c r="C55" s="50" t="s">
+        <v>208</v>
+      </c>
+      <c r="D55" s="51"/>
+      <c r="E55" s="52"/>
+      <c r="F55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="G55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="H55" s="53">
+        <v>330000</v>
+      </c>
+      <c r="I55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="J55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="K55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="L55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="M55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="N55" s="53">
+        <v>330000</v>
+      </c>
+      <c r="O55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="P55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="Q55" s="53">
+        <v>250000</v>
+      </c>
+      <c r="R55" s="54">
+        <f>SUM(F55:Q55)</f>
+        <v>3160000</v>
+      </c>
+    </row>
+    <row r="56" spans="2:18" ht="12" customHeight="1">
+      <c r="B56" s="55"/>
+      <c r="C56" s="55" t="s">
+        <v>209</v>
+      </c>
+      <c r="D56" s="56"/>
+      <c r="E56" s="15"/>
+      <c r="F56" s="57">
+        <v>0</v>
+      </c>
+      <c r="G56" s="57">
+        <v>0</v>
+      </c>
+      <c r="H56" s="57">
+        <v>0</v>
+      </c>
+      <c r="I56" s="57">
+        <v>0</v>
+      </c>
+      <c r="J56" s="57">
+        <v>0</v>
+      </c>
+      <c r="K56" s="57">
+        <v>400000</v>
+      </c>
+      <c r="L56" s="57">
+        <v>0</v>
+      </c>
+      <c r="M56" s="57">
+        <v>0</v>
+      </c>
+      <c r="N56" s="57">
+        <v>0</v>
+      </c>
+      <c r="O56" s="57">
+        <v>0</v>
+      </c>
+      <c r="P56" s="57">
+        <v>0</v>
+      </c>
+      <c r="Q56" s="57">
+        <v>600000</v>
+      </c>
+      <c r="R56" s="58">
+        <f>SUM(F56:Q56)</f>
+        <v>1000000</v>
+      </c>
+    </row>
+    <row r="57" spans="2:18" ht="12" customHeight="1">
+      <c r="B57" s="55"/>
+      <c r="C57" s="55" t="s">
+        <v>210</v>
+      </c>
+      <c r="D57" s="56"/>
+      <c r="E57" s="15"/>
+      <c r="F57" s="57">
+        <v>0</v>
+      </c>
+      <c r="G57" s="57">
+        <v>40000</v>
+      </c>
+      <c r="H57" s="57">
+        <v>0</v>
+      </c>
+      <c r="I57" s="57">
+        <v>0</v>
+      </c>
+      <c r="J57" s="57">
+        <v>0</v>
+      </c>
+      <c r="K57" s="57">
+        <v>40000</v>
+      </c>
+      <c r="L57" s="57">
+        <v>0</v>
+      </c>
+      <c r="M57" s="57">
+        <v>0</v>
+      </c>
+      <c r="N57" s="57">
+        <v>0</v>
+      </c>
+      <c r="O57" s="57">
+        <v>40000</v>
+      </c>
+      <c r="P57" s="57">
+        <v>0</v>
+      </c>
+      <c r="Q57" s="57">
+        <v>0</v>
+      </c>
+      <c r="R57" s="58">
+        <f>SUM(F57:Q57)</f>
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="58" spans="2:18" ht="12" customHeight="1">
+      <c r="B58" s="59"/>
+      <c r="C58" s="59" t="s">
+        <v>211</v>
+      </c>
+      <c r="D58" s="60"/>
+      <c r="E58" s="24"/>
+      <c r="F58" s="61">
+        <v>0</v>
+      </c>
+      <c r="G58" s="61">
+        <v>90000</v>
+      </c>
+      <c r="H58" s="61">
+        <v>0</v>
+      </c>
+      <c r="I58" s="61">
+        <v>0</v>
+      </c>
+      <c r="J58" s="61">
+        <v>0</v>
+      </c>
+      <c r="K58" s="61">
+        <v>0</v>
+      </c>
+      <c r="L58" s="61">
+        <v>0</v>
+      </c>
+      <c r="M58" s="61">
+        <v>0</v>
+      </c>
+      <c r="N58" s="61">
+        <v>0</v>
+      </c>
+      <c r="O58" s="61">
+        <v>0</v>
+      </c>
+      <c r="P58" s="61">
+        <v>0</v>
+      </c>
+      <c r="Q58" s="61">
+        <v>200000</v>
+      </c>
+      <c r="R58" s="62">
+        <f>SUM(F58:Q58)</f>
+        <v>290000</v>
+      </c>
+    </row>
+    <row r="59" spans="2:18" ht="12" customHeight="1">
+      <c r="B59" s="63"/>
+      <c r="C59" s="64" t="s">
+        <v>212</v>
+      </c>
+      <c r="D59" s="65"/>
+      <c r="E59" s="66"/>
+      <c r="F59" s="67">
+        <f>SUM(F55:F58)</f>
+        <v>250000</v>
+      </c>
+      <c r="G59" s="67">
+        <f t="shared" ref="G59:Q59" si="12">SUM(G55:G58)</f>
+        <v>380000</v>
+      </c>
+      <c r="H59" s="67">
+        <f t="shared" si="12"/>
+        <v>330000</v>
+      </c>
+      <c r="I59" s="67">
+        <f t="shared" si="12"/>
+        <v>250000</v>
+      </c>
+      <c r="J59" s="67">
+        <f t="shared" si="12"/>
+        <v>250000</v>
+      </c>
+      <c r="K59" s="67">
+        <f t="shared" si="12"/>
+        <v>690000</v>
+      </c>
+      <c r="L59" s="67">
+        <f t="shared" si="12"/>
+        <v>250000</v>
+      </c>
+      <c r="M59" s="67">
+        <f t="shared" si="12"/>
+        <v>250000</v>
+      </c>
+      <c r="N59" s="67">
+        <f t="shared" si="12"/>
+        <v>330000</v>
+      </c>
+      <c r="O59" s="67">
+        <f t="shared" si="12"/>
+        <v>290000</v>
+      </c>
+      <c r="P59" s="67">
+        <f t="shared" si="12"/>
+        <v>250000</v>
+      </c>
+      <c r="Q59" s="67">
+        <f t="shared" si="12"/>
+        <v>1050000</v>
+      </c>
+      <c r="R59" s="68">
+        <f>SUM(F59:Q59)</f>
+        <v>4570000</v>
+      </c>
+    </row>
+    <row r="60" spans="2:18" ht="12" customHeight="1">
+      <c r="B60" s="69"/>
+      <c r="C60" s="69"/>
+      <c r="D60" s="69"/>
+      <c r="E60" s="70"/>
+      <c r="F60" s="71"/>
+      <c r="G60" s="72"/>
+      <c r="H60" s="71"/>
+      <c r="I60" s="71"/>
+      <c r="J60" s="71"/>
+      <c r="K60" s="71"/>
+      <c r="L60" s="71"/>
+      <c r="M60" s="71"/>
+      <c r="N60" s="71"/>
+      <c r="O60" s="71"/>
+      <c r="P60" s="71"/>
+      <c r="Q60" s="71"/>
+      <c r="R60" s="73"/>
+    </row>
+    <row r="61" spans="2:18" ht="24" customHeight="1">
+      <c r="B61" s="69"/>
+      <c r="C61" s="69" t="s">
+        <v>124</v>
+      </c>
+      <c r="D61" s="69"/>
+      <c r="E61" s="70"/>
+      <c r="F61" s="71"/>
+      <c r="G61" s="72" t="s">
+        <v>210</v>
+      </c>
+      <c r="H61" s="72" t="s">
+        <v>213</v>
+      </c>
+      <c r="I61" s="72"/>
+      <c r="J61" s="72"/>
+      <c r="K61" s="72" t="s">
+        <v>210</v>
+      </c>
+      <c r="L61" s="72"/>
+      <c r="M61" s="72"/>
+      <c r="N61" s="72" t="s">
         <v>286</v>
       </c>
-      <c r="C54" s="42"/>
-[...375 lines deleted...]
-      </c>
+      <c r="O61" s="72" t="s">
+        <v>210</v>
+      </c>
+      <c r="P61" s="71"/>
+      <c r="Q61" s="71" t="s">
+        <v>214</v>
+      </c>
+      <c r="R61" s="73"/>
     </row>
     <row r="62" spans="2:18" ht="12" customHeight="1">
-      <c r="B62" s="58"/>
-[...89 lines deleted...]
-      <c r="R63" s="191"/>
+      <c r="B62" s="74"/>
+      <c r="C62" s="74"/>
+      <c r="D62" s="74"/>
+      <c r="E62" s="75"/>
+      <c r="F62" s="76"/>
+      <c r="G62" s="76"/>
+      <c r="H62" s="76"/>
+      <c r="I62" s="76"/>
+      <c r="J62" s="76"/>
+      <c r="K62" s="76"/>
+      <c r="L62" s="76"/>
+      <c r="M62" s="76"/>
+      <c r="N62" s="76"/>
+      <c r="O62" s="76"/>
+      <c r="P62" s="76"/>
+      <c r="Q62" s="76"/>
+      <c r="R62" s="77"/>
+    </row>
+    <row r="63" spans="2:18" ht="12" customHeight="1">
+      <c r="B63" s="9"/>
+      <c r="C63" s="4"/>
+      <c r="D63" s="4"/>
+      <c r="E63" s="4"/>
+      <c r="F63" s="78"/>
+      <c r="G63" s="78"/>
+      <c r="H63" s="78"/>
+      <c r="I63" s="78"/>
+      <c r="J63" s="78"/>
+      <c r="K63" s="78"/>
+      <c r="L63" s="78"/>
+      <c r="M63" s="78"/>
+      <c r="N63" s="78"/>
+      <c r="O63" s="78"/>
+      <c r="P63" s="78"/>
+      <c r="Q63" s="78"/>
+      <c r="R63" s="78"/>
     </row>
     <row r="64" spans="2:18" ht="12" customHeight="1">
-      <c r="B64" s="9"/>
+      <c r="B64" s="30" t="s">
+        <v>215</v>
+      </c>
       <c r="C64" s="4"/>
       <c r="D64" s="4"/>
       <c r="E64" s="4"/>
-      <c r="F64" s="64"/>
-[...11 lines deleted...]
-      <c r="R64" s="64"/>
+      <c r="F64" s="48" t="s">
+        <v>153</v>
+      </c>
+      <c r="G64" s="48" t="s">
+        <v>154</v>
+      </c>
+      <c r="H64" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="I64" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="J64" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="K64" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="L64" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="M64" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="N64" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="O64" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="P64" s="48" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q64" s="48" t="s">
+        <v>164</v>
+      </c>
+      <c r="R64" s="79" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="65" spans="2:18" ht="12" customHeight="1">
-      <c r="B65" s="25" t="s">
-[...35 lines deleted...]
-      <c r="P65" s="43" t="s">
+      <c r="B65" s="80"/>
+      <c r="C65" s="81" t="s">
+        <v>217</v>
+      </c>
+      <c r="D65" s="81"/>
+      <c r="E65" s="81"/>
+      <c r="F65" s="82">
+        <f>F59-F51</f>
+        <v>-68000</v>
+      </c>
+      <c r="G65" s="82">
+        <f t="shared" ref="G65:R65" si="13">G59-G51</f>
+        <v>35000</v>
+      </c>
+      <c r="H65" s="82">
+        <f t="shared" si="13"/>
+        <v>6000</v>
+      </c>
+      <c r="I65" s="82">
+        <f t="shared" si="13"/>
+        <v>-95000</v>
+      </c>
+      <c r="J65" s="82">
+        <f t="shared" si="13"/>
+        <v>-74000</v>
+      </c>
+      <c r="K65" s="82">
+        <f t="shared" si="13"/>
+        <v>90000</v>
+      </c>
+      <c r="L65" s="82">
+        <f t="shared" si="13"/>
+        <v>-134000</v>
+      </c>
+      <c r="M65" s="82">
+        <f t="shared" si="13"/>
+        <v>-65000</v>
+      </c>
+      <c r="N65" s="82">
+        <f t="shared" si="13"/>
+        <v>-39000</v>
+      </c>
+      <c r="O65" s="82">
+        <f t="shared" si="13"/>
+        <v>-25000</v>
+      </c>
+      <c r="P65" s="82">
+        <f t="shared" si="13"/>
+        <v>-149000</v>
+      </c>
+      <c r="Q65" s="82">
+        <f t="shared" si="13"/>
+        <v>510000</v>
+      </c>
+      <c r="R65" s="82">
+        <f t="shared" si="13"/>
+        <v>-8000</v>
+      </c>
+    </row>
+    <row r="66" spans="2:18" ht="12" customHeight="1">
+      <c r="B66" s="80"/>
+      <c r="C66" s="81" t="s">
+        <v>218</v>
+      </c>
+      <c r="D66" s="81"/>
+      <c r="E66" s="81"/>
+      <c r="F66" s="82">
+        <f>D77+F65</f>
+        <v>4332000</v>
+      </c>
+      <c r="G66" s="82">
+        <f>F66+G65</f>
+        <v>4367000</v>
+      </c>
+      <c r="H66" s="82">
+        <f t="shared" ref="H66:Q66" si="14">G66+H65</f>
+        <v>4373000</v>
+      </c>
+      <c r="I66" s="82">
+        <f t="shared" si="14"/>
+        <v>4278000</v>
+      </c>
+      <c r="J66" s="82">
+        <f t="shared" si="14"/>
+        <v>4204000</v>
+      </c>
+      <c r="K66" s="82">
+        <f t="shared" si="14"/>
+        <v>4294000</v>
+      </c>
+      <c r="L66" s="82">
+        <f t="shared" si="14"/>
+        <v>4160000</v>
+      </c>
+      <c r="M66" s="82">
+        <f t="shared" si="14"/>
+        <v>4095000</v>
+      </c>
+      <c r="N66" s="82">
+        <f t="shared" si="14"/>
+        <v>4056000</v>
+      </c>
+      <c r="O66" s="82">
+        <f t="shared" si="14"/>
+        <v>4031000</v>
+      </c>
+      <c r="P66" s="82">
+        <f t="shared" si="14"/>
+        <v>3882000</v>
+      </c>
+      <c r="Q66" s="83">
+        <f t="shared" si="14"/>
+        <v>4392000</v>
+      </c>
+      <c r="R66" s="80" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="67" spans="2:18" ht="12" customHeight="1">
+      <c r="B67" s="9"/>
+      <c r="C67" s="4"/>
+      <c r="D67" s="4"/>
+      <c r="E67" s="4"/>
+      <c r="F67" s="4"/>
+      <c r="G67" s="4"/>
+      <c r="H67" s="4"/>
+      <c r="I67" s="4"/>
+      <c r="J67" s="4"/>
+      <c r="K67" s="4"/>
+      <c r="L67" s="4"/>
+      <c r="M67" s="4"/>
+      <c r="N67" s="4"/>
+      <c r="O67" s="4"/>
+      <c r="P67" s="4"/>
+      <c r="Q67" s="4"/>
+      <c r="R67" s="4"/>
+    </row>
+    <row r="68" spans="2:18" ht="12" customHeight="1">
+      <c r="B68" s="30" t="s">
+        <v>220</v>
+      </c>
+      <c r="C68" s="4"/>
+      <c r="D68" s="9" t="s">
+        <v>221</v>
+      </c>
+      <c r="E68" s="4"/>
+      <c r="F68" s="48" t="s">
         <v>153</v>
       </c>
-      <c r="Q65" s="43" t="s">
+      <c r="G68" s="48" t="s">
         <v>154</v>
       </c>
-      <c r="R65" s="65" t="s">
-[...138 lines deleted...]
-      <c r="Q68" s="4"/>
+      <c r="H68" s="48" t="s">
+        <v>155</v>
+      </c>
+      <c r="I68" s="48" t="s">
+        <v>156</v>
+      </c>
+      <c r="J68" s="48" t="s">
+        <v>157</v>
+      </c>
+      <c r="K68" s="48" t="s">
+        <v>158</v>
+      </c>
+      <c r="L68" s="48" t="s">
+        <v>159</v>
+      </c>
+      <c r="M68" s="48" t="s">
+        <v>160</v>
+      </c>
+      <c r="N68" s="48" t="s">
+        <v>161</v>
+      </c>
+      <c r="O68" s="48" t="s">
+        <v>162</v>
+      </c>
+      <c r="P68" s="48" t="s">
+        <v>163</v>
+      </c>
+      <c r="Q68" s="48" t="s">
+        <v>164</v>
+      </c>
       <c r="R68" s="4"/>
     </row>
     <row r="69" spans="2:18" ht="12" customHeight="1">
-      <c r="B69" s="25" t="s">
-[...43 lines deleted...]
-      <c r="R69" s="4"/>
+      <c r="B69" s="84"/>
+      <c r="C69" s="85" t="s">
+        <v>222</v>
+      </c>
+      <c r="D69" s="86">
+        <v>2000000</v>
+      </c>
+      <c r="E69" s="52"/>
+      <c r="F69" s="52"/>
+      <c r="G69" s="52"/>
+      <c r="H69" s="52"/>
+      <c r="I69" s="52"/>
+      <c r="J69" s="52"/>
+      <c r="K69" s="52"/>
+      <c r="L69" s="52"/>
+      <c r="M69" s="52"/>
+      <c r="N69" s="52"/>
+      <c r="O69" s="52"/>
+      <c r="P69" s="52"/>
+      <c r="Q69" s="52"/>
+      <c r="R69" s="43" t="s">
+        <v>219</v>
+      </c>
     </row>
     <row r="70" spans="2:18" ht="12" customHeight="1">
-      <c r="B70" s="70"/>
-[...20 lines deleted...]
-        <v>301</v>
+      <c r="B70" s="14"/>
+      <c r="C70" s="87" t="s">
+        <v>223</v>
+      </c>
+      <c r="D70" s="88">
+        <v>200000</v>
+      </c>
+      <c r="E70" s="15"/>
+      <c r="F70" s="15"/>
+      <c r="G70" s="15"/>
+      <c r="H70" s="15"/>
+      <c r="I70" s="15"/>
+      <c r="J70" s="15"/>
+      <c r="K70" s="15"/>
+      <c r="L70" s="15"/>
+      <c r="M70" s="15"/>
+      <c r="N70" s="15"/>
+      <c r="O70" s="15"/>
+      <c r="P70" s="15"/>
+      <c r="Q70" s="15"/>
+      <c r="R70" s="44" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="71" spans="2:18" ht="12" customHeight="1">
       <c r="B71" s="14"/>
-      <c r="C71" s="73" t="s">
-[...3 lines deleted...]
-        <v>200000</v>
+      <c r="C71" s="87" t="s">
+        <v>224</v>
+      </c>
+      <c r="D71" s="88">
+        <v>300000</v>
       </c>
       <c r="E71" s="15"/>
       <c r="F71" s="15"/>
       <c r="G71" s="15"/>
       <c r="H71" s="15"/>
       <c r="I71" s="15"/>
       <c r="J71" s="15"/>
       <c r="K71" s="15"/>
       <c r="L71" s="15"/>
       <c r="M71" s="15"/>
       <c r="N71" s="15"/>
       <c r="O71" s="15"/>
       <c r="P71" s="15"/>
       <c r="Q71" s="15"/>
-      <c r="R71" s="39" t="s">
-        <v>301</v>
+      <c r="R71" s="44" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="72" spans="2:18" ht="12" customHeight="1">
       <c r="B72" s="14"/>
-      <c r="C72" s="73" t="s">
-[...3 lines deleted...]
-        <v>300000</v>
+      <c r="C72" s="87" t="s">
+        <v>223</v>
+      </c>
+      <c r="D72" s="88">
+        <v>100000</v>
       </c>
       <c r="E72" s="15"/>
       <c r="F72" s="15"/>
       <c r="G72" s="15"/>
       <c r="H72" s="15"/>
       <c r="I72" s="15"/>
       <c r="J72" s="15"/>
       <c r="K72" s="15"/>
       <c r="L72" s="15"/>
       <c r="M72" s="15"/>
       <c r="N72" s="15"/>
       <c r="O72" s="15"/>
       <c r="P72" s="15"/>
       <c r="Q72" s="15"/>
-      <c r="R72" s="39" t="s">
-        <v>301</v>
+      <c r="R72" s="44" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="73" spans="2:18" ht="12" customHeight="1">
       <c r="B73" s="14"/>
-      <c r="C73" s="73" t="s">
-[...3 lines deleted...]
-        <v>100000</v>
+      <c r="C73" s="87" t="s">
+        <v>225</v>
+      </c>
+      <c r="D73" s="89">
+        <v>1500000</v>
       </c>
       <c r="E73" s="15"/>
       <c r="F73" s="15"/>
       <c r="G73" s="15"/>
       <c r="H73" s="15"/>
       <c r="I73" s="15"/>
       <c r="J73" s="15"/>
       <c r="K73" s="15"/>
       <c r="L73" s="15"/>
       <c r="M73" s="15"/>
       <c r="N73" s="15"/>
       <c r="O73" s="15"/>
       <c r="P73" s="15"/>
       <c r="Q73" s="15"/>
-      <c r="R73" s="39" t="s">
-        <v>301</v>
+      <c r="R73" s="44" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="74" spans="2:18" ht="12" customHeight="1">
       <c r="B74" s="14"/>
-      <c r="C74" s="73" t="s">
-[...3 lines deleted...]
-        <v>1500000</v>
+      <c r="C74" s="87" t="s">
+        <v>316</v>
+      </c>
+      <c r="D74" s="89">
+        <v>300000</v>
       </c>
       <c r="E74" s="15"/>
       <c r="F74" s="15"/>
       <c r="G74" s="15"/>
       <c r="H74" s="15"/>
       <c r="I74" s="15"/>
       <c r="J74" s="15"/>
       <c r="K74" s="15"/>
       <c r="L74" s="15"/>
       <c r="M74" s="15"/>
       <c r="N74" s="15"/>
       <c r="O74" s="15"/>
       <c r="P74" s="15"/>
       <c r="Q74" s="15"/>
-      <c r="R74" s="39" t="s">
-        <v>301</v>
+      <c r="R74" s="44" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="75" spans="2:18" ht="12" customHeight="1">
       <c r="B75" s="14"/>
-      <c r="C75" s="73"/>
-      <c r="D75" s="75"/>
+      <c r="C75" s="87"/>
+      <c r="D75" s="89"/>
       <c r="E75" s="15"/>
       <c r="F75" s="15"/>
       <c r="G75" s="15"/>
       <c r="H75" s="15"/>
       <c r="I75" s="15"/>
       <c r="J75" s="15"/>
       <c r="K75" s="15"/>
       <c r="L75" s="15"/>
       <c r="M75" s="15"/>
       <c r="N75" s="15"/>
       <c r="O75" s="15"/>
       <c r="P75" s="15"/>
       <c r="Q75" s="15"/>
-      <c r="R75" s="39" t="s">
-        <v>301</v>
+      <c r="R75" s="44" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="76" spans="2:18" ht="12" customHeight="1">
-      <c r="B76" s="14"/>
-[...16 lines deleted...]
-        <v>301</v>
+      <c r="B76" s="23"/>
+      <c r="C76" s="90"/>
+      <c r="D76" s="91"/>
+      <c r="E76" s="24"/>
+      <c r="F76" s="24"/>
+      <c r="G76" s="24"/>
+      <c r="H76" s="24"/>
+      <c r="I76" s="24"/>
+      <c r="J76" s="24"/>
+      <c r="K76" s="24"/>
+      <c r="L76" s="24"/>
+      <c r="M76" s="24"/>
+      <c r="N76" s="24"/>
+      <c r="O76" s="24"/>
+      <c r="P76" s="24"/>
+      <c r="Q76" s="24"/>
+      <c r="R76" s="45" t="s">
+        <v>219</v>
       </c>
     </row>
     <row r="77" spans="2:18" ht="12" customHeight="1">
-      <c r="B77" s="21"/>
-[...17 lines deleted...]
-      </c>
+      <c r="B77" s="9"/>
+      <c r="C77" s="4"/>
+      <c r="D77" s="92">
+        <f>SUM(D69:D76)</f>
+        <v>4400000</v>
+      </c>
+      <c r="E77" s="4"/>
+      <c r="F77" s="4">
+        <f>SUM(F69:F76)</f>
+        <v>0</v>
+      </c>
+      <c r="G77" s="4">
+        <f t="shared" ref="G77:Q77" si="15">SUM(G69:G76)</f>
+        <v>0</v>
+      </c>
+      <c r="H77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="I77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="J77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="K77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="L77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="M77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="N77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="O77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="P77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="Q77" s="4">
+        <f t="shared" si="15"/>
+        <v>0</v>
+      </c>
+      <c r="R77" s="4"/>
     </row>
     <row r="78" spans="2:18" ht="12" customHeight="1">
       <c r="B78" s="9"/>
       <c r="C78" s="4"/>
-      <c r="D78" s="78">
-[...2 lines deleted...]
-      </c>
+      <c r="D78" s="92"/>
       <c r="E78" s="4"/>
-      <c r="F78" s="4">
-[...46 lines deleted...]
-      </c>
+      <c r="F78" s="4"/>
+      <c r="G78" s="4"/>
+      <c r="H78" s="4"/>
+      <c r="I78" s="4"/>
+      <c r="J78" s="4"/>
+      <c r="K78" s="4"/>
+      <c r="L78" s="4"/>
+      <c r="M78" s="4"/>
+      <c r="N78" s="4"/>
+      <c r="O78" s="4"/>
+      <c r="P78" s="4"/>
+      <c r="Q78" s="4"/>
       <c r="R78" s="4"/>
     </row>
     <row r="79" spans="2:18" ht="12" customHeight="1">
-      <c r="B79" s="9"/>
-[...15 lines deleted...]
-      <c r="R79" s="4"/>
+      <c r="B79" s="93" t="s">
+        <v>226</v>
+      </c>
+      <c r="C79" s="94"/>
+      <c r="D79" s="94"/>
+      <c r="E79" s="94"/>
+      <c r="F79" s="95" t="str">
+        <f>IF(F77=0,"",F66-F77)</f>
+        <v/>
+      </c>
+      <c r="G79" s="95" t="str">
+        <f>IF(G77=0,"",G66-G77)</f>
+        <v/>
+      </c>
+      <c r="H79" s="95" t="str">
+        <f t="shared" ref="H79:Q79" si="16">IF(H77=0,"",H66-H77)</f>
+        <v/>
+      </c>
+      <c r="I79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="J79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="K79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="L79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="M79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="N79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="O79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="P79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="Q79" s="95" t="str">
+        <f t="shared" si="16"/>
+        <v/>
+      </c>
+      <c r="R79" s="94"/>
     </row>
     <row r="80" spans="2:18" ht="12" customHeight="1">
-      <c r="B80" s="79" t="s">
-[...53 lines deleted...]
-      <c r="R80" s="80"/>
+      <c r="B80" s="9"/>
+      <c r="C80" s="4"/>
+      <c r="D80" s="4"/>
+      <c r="E80" s="4"/>
+      <c r="F80" s="4"/>
+      <c r="G80" s="4"/>
+      <c r="H80" s="4"/>
+      <c r="I80" s="4"/>
+      <c r="J80" s="4"/>
+      <c r="K80" s="4"/>
+      <c r="L80" s="4"/>
+      <c r="M80" s="4"/>
+      <c r="N80" s="4"/>
+      <c r="O80" s="4"/>
+      <c r="P80" s="4"/>
+      <c r="Q80" s="4"/>
+      <c r="R80" s="4"/>
     </row>
     <row r="81" spans="2:18" ht="12" customHeight="1">
       <c r="B81" s="9"/>
       <c r="C81" s="4"/>
       <c r="D81" s="4"/>
       <c r="E81" s="4"/>
       <c r="F81" s="4"/>
       <c r="G81" s="4"/>
       <c r="H81" s="4"/>
       <c r="I81" s="4"/>
       <c r="J81" s="4"/>
       <c r="K81" s="4"/>
       <c r="L81" s="4"/>
       <c r="M81" s="4"/>
       <c r="N81" s="4"/>
       <c r="O81" s="4"/>
       <c r="P81" s="4"/>
       <c r="Q81" s="4"/>
       <c r="R81" s="4"/>
     </row>
     <row r="82" spans="2:18" ht="12" customHeight="1">
-      <c r="B82" s="25" t="s">
-[...43 lines deleted...]
-      <c r="R83" s="159"/>
+      <c r="B82" s="171" t="s">
+        <v>227</v>
+      </c>
+      <c r="C82" s="172"/>
+      <c r="D82" s="172"/>
+      <c r="E82" s="172"/>
+      <c r="F82" s="172"/>
+      <c r="G82" s="172"/>
+      <c r="H82" s="172"/>
+      <c r="I82" s="172"/>
+      <c r="J82" s="172"/>
+      <c r="K82" s="172"/>
+      <c r="L82" s="172"/>
+      <c r="M82" s="172"/>
+      <c r="N82" s="172"/>
+      <c r="O82" s="172"/>
+      <c r="P82" s="172"/>
+      <c r="Q82" s="172"/>
+      <c r="R82" s="173"/>
+    </row>
+    <row r="83" spans="2:18" ht="12" customHeight="1">
+      <c r="B83" s="174"/>
+      <c r="C83" s="175"/>
+      <c r="D83" s="175"/>
+      <c r="E83" s="175"/>
+      <c r="F83" s="175"/>
+      <c r="G83" s="175"/>
+      <c r="H83" s="175"/>
+      <c r="I83" s="175"/>
+      <c r="J83" s="175"/>
+      <c r="K83" s="175"/>
+      <c r="L83" s="175"/>
+      <c r="M83" s="175"/>
+      <c r="N83" s="175"/>
+      <c r="O83" s="175"/>
+      <c r="P83" s="175"/>
+      <c r="Q83" s="175"/>
+      <c r="R83" s="176"/>
     </row>
     <row r="84" spans="2:18" ht="12" customHeight="1">
-      <c r="B84" s="195">
-[...26 lines deleted...]
-      <c r="R84" s="162"/>
+      <c r="B84" s="174"/>
+      <c r="C84" s="175"/>
+      <c r="D84" s="175"/>
+      <c r="E84" s="175"/>
+      <c r="F84" s="175"/>
+      <c r="G84" s="175"/>
+      <c r="H84" s="175"/>
+      <c r="I84" s="175"/>
+      <c r="J84" s="175"/>
+      <c r="K84" s="175"/>
+      <c r="L84" s="175"/>
+      <c r="M84" s="175"/>
+      <c r="N84" s="175"/>
+      <c r="O84" s="175"/>
+      <c r="P84" s="175"/>
+      <c r="Q84" s="175"/>
+      <c r="R84" s="176"/>
     </row>
     <row r="85" spans="2:18" ht="12" customHeight="1">
-      <c r="B85" s="198">
-[...26 lines deleted...]
-      <c r="R85" s="162"/>
+      <c r="B85" s="174"/>
+      <c r="C85" s="175"/>
+      <c r="D85" s="175"/>
+      <c r="E85" s="175"/>
+      <c r="F85" s="175"/>
+      <c r="G85" s="175"/>
+      <c r="H85" s="175"/>
+      <c r="I85" s="175"/>
+      <c r="J85" s="175"/>
+      <c r="K85" s="175"/>
+      <c r="L85" s="175"/>
+      <c r="M85" s="175"/>
+      <c r="N85" s="175"/>
+      <c r="O85" s="175"/>
+      <c r="P85" s="175"/>
+      <c r="Q85" s="175"/>
+      <c r="R85" s="176"/>
     </row>
     <row r="86" spans="2:18" ht="12" customHeight="1">
-      <c r="B86" s="198">
-[...26 lines deleted...]
-      <c r="R86" s="162"/>
+      <c r="B86" s="174"/>
+      <c r="C86" s="175"/>
+      <c r="D86" s="175"/>
+      <c r="E86" s="175"/>
+      <c r="F86" s="175"/>
+      <c r="G86" s="175"/>
+      <c r="H86" s="175"/>
+      <c r="I86" s="175"/>
+      <c r="J86" s="175"/>
+      <c r="K86" s="175"/>
+      <c r="L86" s="175"/>
+      <c r="M86" s="175"/>
+      <c r="N86" s="175"/>
+      <c r="O86" s="175"/>
+      <c r="P86" s="175"/>
+      <c r="Q86" s="175"/>
+      <c r="R86" s="176"/>
     </row>
     <row r="87" spans="2:18" ht="12" customHeight="1">
-      <c r="B87" s="198">
-[...20 lines deleted...]
-      <c r="R87" s="162"/>
+      <c r="B87" s="174"/>
+      <c r="C87" s="175"/>
+      <c r="D87" s="175"/>
+      <c r="E87" s="175"/>
+      <c r="F87" s="175"/>
+      <c r="G87" s="175"/>
+      <c r="H87" s="175"/>
+      <c r="I87" s="175"/>
+      <c r="J87" s="175"/>
+      <c r="K87" s="175"/>
+      <c r="L87" s="175"/>
+      <c r="M87" s="175"/>
+      <c r="N87" s="175"/>
+      <c r="O87" s="175"/>
+      <c r="P87" s="175"/>
+      <c r="Q87" s="175"/>
+      <c r="R87" s="176"/>
     </row>
     <row r="88" spans="2:18" ht="12" customHeight="1">
-      <c r="B88" s="199">
-[...50 lines deleted...]
-      <c r="R89" s="165"/>
+      <c r="B88" s="177"/>
+      <c r="C88" s="178"/>
+      <c r="D88" s="178"/>
+      <c r="E88" s="178"/>
+      <c r="F88" s="178"/>
+      <c r="G88" s="178"/>
+      <c r="H88" s="178"/>
+      <c r="I88" s="178"/>
+      <c r="J88" s="178"/>
+      <c r="K88" s="178"/>
+      <c r="L88" s="178"/>
+      <c r="M88" s="178"/>
+      <c r="N88" s="178"/>
+      <c r="O88" s="178"/>
+      <c r="P88" s="178"/>
+      <c r="Q88" s="178"/>
+      <c r="R88" s="179"/>
     </row>
   </sheetData>
   <mergeCells count="10">
+    <mergeCell ref="B38:C38"/>
+    <mergeCell ref="B39:C39"/>
+    <mergeCell ref="B40:C40"/>
+    <mergeCell ref="B41:C41"/>
+    <mergeCell ref="B1:C1"/>
     <mergeCell ref="Q1:R1"/>
     <mergeCell ref="B34:C34"/>
     <mergeCell ref="B35:C35"/>
     <mergeCell ref="B36:C36"/>
     <mergeCell ref="B37:C37"/>
-    <mergeCell ref="B38:C38"/>
-[...3 lines deleted...]
-    <mergeCell ref="B1:C1"/>
   </mergeCells>
-  <phoneticPr fontId="32"/>
+  <phoneticPr fontId="4"/>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D3:D30" xr:uid="{076862F4-F6F6-4000-B765-C267FB7A3E8F}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D3:D30" xr:uid="{00000000-0002-0000-0200-000000000000}">
       <formula1>$B$34:$B$41</formula1>
     </dataValidation>
   </dataValidations>
-  <printOptions horizontalCentered="1"/>
-[...4 lines deleted...]
-  </rowBreaks>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <tableParts count="1">
     <tablePart r:id="rId4"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="B2:O37"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C10" sqref="C10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="1.875" style="86" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="11" max="16384" width="9" style="86"/>
+    <col min="1" max="1" width="1.875" style="100" customWidth="1"/>
+    <col min="2" max="2" width="16.75" style="100" customWidth="1"/>
+    <col min="3" max="3" width="9" style="100"/>
+    <col min="4" max="4" width="5.625" style="100" customWidth="1"/>
+    <col min="5" max="5" width="7.375" style="102" customWidth="1"/>
+    <col min="6" max="6" width="5.875" style="100" customWidth="1"/>
+    <col min="7" max="9" width="9" style="100"/>
+    <col min="10" max="10" width="5.875" style="100" customWidth="1"/>
+    <col min="11" max="16384" width="9" style="100"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:15" ht="14.25">
-      <c r="B2" s="87" t="s">
-        <v>215</v>
+      <c r="B2" s="101" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="3" spans="2:15">
-      <c r="B3" s="86" t="s">
-        <v>166</v>
+      <c r="B3" s="100" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="4" spans="2:15">
-      <c r="C4" s="129"/>
-[...1 lines deleted...]
-        <v>167</v>
+      <c r="C4" s="143"/>
+      <c r="D4" s="100" t="s">
+        <v>238</v>
       </c>
     </row>
     <row r="5" spans="2:15">
-      <c r="G5" s="89" t="s">
-[...6 lines deleted...]
-        <v>170</v>
+      <c r="G5" s="103" t="s">
+        <v>239</v>
+      </c>
+      <c r="K5" s="100" t="s">
+        <v>240</v>
+      </c>
+      <c r="L5" s="100" t="s">
+        <v>241</v>
       </c>
     </row>
     <row r="6" spans="2:15">
-      <c r="B6" s="90" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="125">
+      <c r="B6" s="104" t="s">
+        <v>242</v>
+      </c>
+      <c r="C6" s="139">
         <v>600</v>
       </c>
-      <c r="D6" s="86" t="s">
-[...17 lines deleted...]
-      <c r="L6" s="95">
+      <c r="D6" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="E6" s="102" t="s">
+        <v>244</v>
+      </c>
+      <c r="G6" s="105" t="s">
+        <v>242</v>
+      </c>
+      <c r="H6" s="106" t="s">
+        <v>245</v>
+      </c>
+      <c r="I6" s="107" t="s">
+        <v>246</v>
+      </c>
+      <c r="K6" s="108">
+        <v>0</v>
+      </c>
+      <c r="L6" s="109">
         <v>2</v>
       </c>
     </row>
     <row r="7" spans="2:15">
-      <c r="B7" s="96" t="s">
-[...8 lines deleted...]
-      <c r="H7" s="98">
+      <c r="B7" s="110" t="s">
+        <v>247</v>
+      </c>
+      <c r="C7" s="140" t="s">
+        <v>292</v>
+      </c>
+      <c r="G7" s="111">
+        <v>0</v>
+      </c>
+      <c r="H7" s="112">
         <v>0.4</v>
       </c>
-      <c r="I7" s="99">
+      <c r="I7" s="113">
         <v>-10</v>
       </c>
-      <c r="K7" s="100">
+      <c r="K7" s="114">
         <v>1096</v>
       </c>
-      <c r="L7" s="99">
+      <c r="L7" s="113">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="2:15">
-      <c r="B8" s="96" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="127">
+      <c r="B8" s="110" t="s">
+        <v>248</v>
+      </c>
+      <c r="C8" s="141">
         <v>200</v>
       </c>
-      <c r="D8" s="86" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="97">
+      <c r="D8" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G8" s="111">
         <v>181</v>
       </c>
-      <c r="H8" s="98">
+      <c r="H8" s="112">
         <v>0.3</v>
       </c>
-      <c r="I8" s="99">
+      <c r="I8" s="113">
         <v>8</v>
       </c>
-      <c r="K8" s="100">
+      <c r="K8" s="114">
         <v>1146</v>
       </c>
-      <c r="L8" s="99">
+      <c r="L8" s="113">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="2:15">
-      <c r="B9" s="96" t="s">
-[...8 lines deleted...]
-      <c r="G9" s="97">
+      <c r="B9" s="110" t="s">
+        <v>249</v>
+      </c>
+      <c r="C9" s="141">
+        <v>0</v>
+      </c>
+      <c r="D9" s="100" t="s">
+        <v>250</v>
+      </c>
+      <c r="G9" s="111">
         <v>361</v>
       </c>
-      <c r="H9" s="98">
+      <c r="H9" s="112">
         <v>0.2</v>
       </c>
-      <c r="I9" s="99">
+      <c r="I9" s="113">
         <v>44</v>
       </c>
-      <c r="K9" s="101">
+      <c r="K9" s="115">
         <v>1196</v>
       </c>
-      <c r="L9" s="102">
+      <c r="L9" s="116">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="2:15">
-      <c r="B10" s="96" t="s">
-[...8 lines deleted...]
-      <c r="G10" s="97">
+      <c r="B10" s="110" t="s">
+        <v>251</v>
+      </c>
+      <c r="C10" s="141">
+        <v>0</v>
+      </c>
+      <c r="D10" s="100" t="s">
+        <v>250</v>
+      </c>
+      <c r="G10" s="111">
         <v>661</v>
       </c>
-      <c r="H10" s="98">
+      <c r="H10" s="112">
         <v>0.1</v>
       </c>
-      <c r="I10" s="99">
+      <c r="I10" s="113">
         <v>110</v>
       </c>
     </row>
     <row r="11" spans="2:15">
-      <c r="B11" s="96" t="s">
-[...8 lines deleted...]
-      <c r="G11" s="103">
+      <c r="B11" s="110" t="s">
+        <v>252</v>
+      </c>
+      <c r="C11" s="141">
+        <v>0</v>
+      </c>
+      <c r="D11" s="100" t="s">
+        <v>250</v>
+      </c>
+      <c r="G11" s="117">
         <v>851</v>
       </c>
-      <c r="H11" s="104">
-[...2 lines deleted...]
-      <c r="I11" s="102">
+      <c r="H11" s="118">
+        <v>0</v>
+      </c>
+      <c r="I11" s="116">
         <v>195</v>
       </c>
-      <c r="K11" s="86" t="s">
-        <v>182</v>
+      <c r="K11" s="100" t="s">
+        <v>253</v>
       </c>
     </row>
     <row r="12" spans="2:15">
-      <c r="B12" s="96" t="s">
-[...14 lines deleted...]
-      <c r="O12" s="279"/>
+      <c r="B12" s="110" t="s">
+        <v>254</v>
+      </c>
+      <c r="C12" s="141">
+        <v>0</v>
+      </c>
+      <c r="D12" s="100" t="s">
+        <v>250</v>
+      </c>
+      <c r="K12" s="105"/>
+      <c r="L12" s="264" t="s">
+        <v>240</v>
+      </c>
+      <c r="M12" s="264"/>
+      <c r="N12" s="264"/>
+      <c r="O12" s="265"/>
     </row>
     <row r="13" spans="2:15">
-      <c r="K13" s="105" t="s">
-[...5 lines deleted...]
-      <c r="M13" s="107">
+      <c r="K13" s="119" t="s">
+        <v>255</v>
+      </c>
+      <c r="L13" s="120">
+        <v>0</v>
+      </c>
+      <c r="M13" s="121">
         <v>1096</v>
       </c>
-      <c r="N13" s="107">
+      <c r="N13" s="121">
         <v>1146</v>
       </c>
-      <c r="O13" s="108">
+      <c r="O13" s="122">
         <v>1196</v>
       </c>
     </row>
     <row r="14" spans="2:15">
-      <c r="B14" s="90" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="90">
+      <c r="B14" s="104" t="s">
+        <v>256</v>
+      </c>
+      <c r="C14" s="104">
         <f>IF(C6*VLOOKUP(C6,G7:I11,2,TRUE)+VLOOKUP(C6,G7:I11,3,TRUE)&lt;55,55,C6*VLOOKUP(C6,G7:I11,2,TRUE)+VLOOKUP(C6,G7:I11,3,TRUE))</f>
         <v>164</v>
       </c>
-      <c r="D14" s="86" t="s">
-[...6 lines deleted...]
-      <c r="L14" s="111">
+      <c r="D14" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="E14" s="123"/>
+      <c r="K14" s="124">
+        <v>0</v>
+      </c>
+      <c r="L14" s="125">
         <v>38</v>
       </c>
-      <c r="M14" s="111">
+      <c r="M14" s="125">
         <v>26</v>
       </c>
-      <c r="N14" s="111">
+      <c r="N14" s="125">
         <v>13</v>
       </c>
-      <c r="O14" s="99">
+      <c r="O14" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="15" spans="2:15">
-      <c r="B15" s="96" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="112">
+      <c r="B15" s="110" t="s">
+        <v>257</v>
+      </c>
+      <c r="C15" s="126">
         <f>C6*15%</f>
         <v>90</v>
       </c>
-      <c r="D15" s="86" t="s">
-[...5 lines deleted...]
-      <c r="K15" s="113">
+      <c r="D15" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="E15" s="123" t="s">
+        <v>258</v>
+      </c>
+      <c r="K15" s="127">
         <v>151</v>
       </c>
-      <c r="L15" s="111">
+      <c r="L15" s="125">
         <v>36</v>
       </c>
-      <c r="M15" s="111">
+      <c r="M15" s="125">
         <v>24</v>
       </c>
-      <c r="N15" s="111">
+      <c r="N15" s="125">
         <v>12</v>
       </c>
-      <c r="O15" s="99">
+      <c r="O15" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="2:15">
-      <c r="B16" s="96" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="96">
+      <c r="B16" s="110" t="s">
+        <v>259</v>
+      </c>
+      <c r="C16" s="110">
         <f>VLOOKUP(C6,G30:H33,2,TRUE)</f>
         <v>48</v>
       </c>
-      <c r="D16" s="86" t="s">
-[...5 lines deleted...]
-      <c r="K16" s="113">
+      <c r="D16" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G16" s="103" t="s">
+        <v>260</v>
+      </c>
+      <c r="K16" s="127">
         <v>156</v>
       </c>
-      <c r="L16" s="111">
+      <c r="L16" s="125">
         <v>31</v>
       </c>
-      <c r="M16" s="111">
+      <c r="M16" s="125">
         <v>21</v>
       </c>
-      <c r="N16" s="111">
+      <c r="N16" s="125">
         <v>11</v>
       </c>
-      <c r="O16" s="99">
+      <c r="O16" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="17" spans="2:15">
-      <c r="B17" s="96" t="s">
+      <c r="B17" s="110" t="s">
+        <v>261</v>
+      </c>
+      <c r="C17" s="110">
+        <f>IF(C7="あり",VLOOKUP(C8,K14:O23,VLOOKUP(C6,K6:L9,2,TRUE),TRUE),0)</f>
+        <v>0</v>
+      </c>
+      <c r="D17" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G17" s="105" t="s">
+        <v>262</v>
+      </c>
+      <c r="H17" s="106" t="s">
+        <v>245</v>
+      </c>
+      <c r="I17" s="107" t="s">
+        <v>246</v>
+      </c>
+      <c r="K17" s="127">
+        <v>161</v>
+      </c>
+      <c r="L17" s="125">
+        <v>26</v>
+      </c>
+      <c r="M17" s="125">
+        <v>18</v>
+      </c>
+      <c r="N17" s="125">
+        <v>9</v>
+      </c>
+      <c r="O17" s="113">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="18" spans="2:15">
+      <c r="B18" s="110" t="s">
+        <v>263</v>
+      </c>
+      <c r="C18" s="110">
+        <f>C9*38+C10*63+C11*48+C12*58</f>
+        <v>0</v>
+      </c>
+      <c r="D18" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G18" s="111">
+        <v>0</v>
+      </c>
+      <c r="H18" s="128">
+        <v>0.05</v>
+      </c>
+      <c r="I18" s="113">
+        <v>0</v>
+      </c>
+      <c r="K18" s="127">
+        <v>166</v>
+      </c>
+      <c r="L18" s="125">
+        <v>21</v>
+      </c>
+      <c r="M18" s="125">
+        <v>14</v>
+      </c>
+      <c r="N18" s="125">
+        <v>7</v>
+      </c>
+      <c r="O18" s="113">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="19" spans="2:15">
+      <c r="B19" s="110" t="s">
+        <v>264</v>
+      </c>
+      <c r="C19" s="141">
+        <v>5</v>
+      </c>
+      <c r="D19" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G19" s="111">
+        <v>196</v>
+      </c>
+      <c r="H19" s="128">
+        <v>0.1</v>
+      </c>
+      <c r="I19" s="113">
+        <v>-9.75</v>
+      </c>
+      <c r="K19" s="127">
+        <v>175</v>
+      </c>
+      <c r="L19" s="125">
+        <v>16</v>
+      </c>
+      <c r="M19" s="125">
+        <v>11</v>
+      </c>
+      <c r="N19" s="125">
+        <v>6</v>
+      </c>
+      <c r="O19" s="113">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="20" spans="2:15">
+      <c r="B20" s="110" t="s">
+        <v>265</v>
+      </c>
+      <c r="C20" s="141">
+        <v>0</v>
+      </c>
+      <c r="D20" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G20" s="111">
+        <v>331</v>
+      </c>
+      <c r="H20" s="128">
+        <v>0.2</v>
+      </c>
+      <c r="I20" s="113">
+        <v>-42.75</v>
+      </c>
+      <c r="K20" s="127">
+        <v>183</v>
+      </c>
+      <c r="L20" s="125">
+        <v>11</v>
+      </c>
+      <c r="M20" s="125">
+        <v>8</v>
+      </c>
+      <c r="N20" s="125">
+        <v>4</v>
+      </c>
+      <c r="O20" s="113">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="21" spans="2:15">
+      <c r="B21" s="129" t="s">
+        <v>266</v>
+      </c>
+      <c r="C21" s="142">
+        <v>0</v>
+      </c>
+      <c r="D21" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="G21" s="111">
+        <v>696</v>
+      </c>
+      <c r="H21" s="128">
+        <v>0.23</v>
+      </c>
+      <c r="I21" s="113">
+        <v>-63.6</v>
+      </c>
+      <c r="K21" s="127">
         <v>190</v>
       </c>
-      <c r="C17" s="96">
-[...95 lines deleted...]
-      <c r="N19" s="111">
+      <c r="L21" s="125">
         <v>6</v>
       </c>
-      <c r="O19" s="99">
-[...31 lines deleted...]
-      <c r="N20" s="111">
+      <c r="M21" s="125">
         <v>4</v>
       </c>
-      <c r="O20" s="99">
-[...31 lines deleted...]
-      <c r="N21" s="111">
+      <c r="N21" s="125">
         <v>2</v>
       </c>
-      <c r="O21" s="99">
+      <c r="O21" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="22" spans="2:15">
-      <c r="B22" s="86" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="116">
+      <c r="B22" s="100" t="s">
+        <v>267</v>
+      </c>
+      <c r="C22" s="130">
         <f>SUM(C14:C21)</f>
         <v>307</v>
       </c>
-      <c r="D22" s="86" t="s">
-[...2 lines deleted...]
-      <c r="E22" s="88" t="s">
+      <c r="D22" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="E22" s="102" t="s">
+        <v>268</v>
+      </c>
+      <c r="G22" s="111">
+        <v>901</v>
+      </c>
+      <c r="H22" s="128">
+        <v>0.33</v>
+      </c>
+      <c r="I22" s="113">
+        <v>-153.6</v>
+      </c>
+      <c r="K22" s="127">
         <v>197</v>
       </c>
-      <c r="G22" s="97">
-[...11 lines deleted...]
-      <c r="L22" s="111">
+      <c r="L22" s="125">
         <v>3</v>
       </c>
-      <c r="M22" s="111">
+      <c r="M22" s="125">
         <v>2</v>
       </c>
-      <c r="N22" s="111">
+      <c r="N22" s="125">
         <v>1</v>
       </c>
-      <c r="O22" s="99">
+      <c r="O22" s="113">
         <v>0</v>
       </c>
     </row>
     <row r="23" spans="2:15">
-      <c r="G23" s="97">
+      <c r="G23" s="111">
         <v>1801</v>
       </c>
-      <c r="H23" s="114">
+      <c r="H23" s="128">
         <v>0.4</v>
       </c>
-      <c r="I23" s="99">
+      <c r="I23" s="113">
         <v>-279.60000000000002</v>
       </c>
-      <c r="K23" s="117">
+      <c r="K23" s="131">
         <v>201</v>
       </c>
-      <c r="L23" s="118">
-[...8 lines deleted...]
-      <c r="O23" s="102">
+      <c r="L23" s="132">
+        <v>0</v>
+      </c>
+      <c r="M23" s="132">
+        <v>0</v>
+      </c>
+      <c r="N23" s="132">
+        <v>0</v>
+      </c>
+      <c r="O23" s="116">
         <v>0</v>
       </c>
     </row>
     <row r="24" spans="2:15">
-      <c r="B24" s="90" t="s">
-[...8 lines deleted...]
-      <c r="G24" s="103">
+      <c r="B24" s="104" t="s">
+        <v>269</v>
+      </c>
+      <c r="C24" s="139">
+        <v>0</v>
+      </c>
+      <c r="D24" s="100" t="s">
+        <v>270</v>
+      </c>
+      <c r="G24" s="117">
         <v>4001</v>
       </c>
-      <c r="H24" s="119">
+      <c r="H24" s="133">
         <v>0.45</v>
       </c>
-      <c r="I24" s="102">
+      <c r="I24" s="116">
         <v>-479.6</v>
       </c>
     </row>
     <row r="26" spans="2:15">
-      <c r="B26" s="90" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="90">
+      <c r="B26" s="104" t="s">
+        <v>262</v>
+      </c>
+      <c r="C26" s="104">
         <f>IF(C6-C22&gt;0,C6-C22,0)</f>
         <v>293</v>
       </c>
-      <c r="D26" s="86" t="s">
-[...3 lines deleted...]
-        <v>200</v>
+      <c r="D26" s="100" t="s">
+        <v>243</v>
+      </c>
+      <c r="E26" s="102" t="s">
+        <v>271</v>
       </c>
     </row>
     <row r="27" spans="2:15">
-      <c r="B27" s="96" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="112">
+      <c r="B27" s="110" t="s">
+        <v>272</v>
+      </c>
+      <c r="C27" s="126">
         <f>C26*(VLOOKUP(C26,G18:I24,2,TRUE))+VLOOKUP(C26,G18:I24,3,TRUE)</f>
         <v>19.55</v>
       </c>
-      <c r="D27" s="86" t="s">
-        <v>199</v>
+      <c r="D27" s="100" t="s">
+        <v>270</v>
       </c>
     </row>
     <row r="28" spans="2:15">
-      <c r="B28" s="96" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="112">
+      <c r="B28" s="110" t="s">
+        <v>273</v>
+      </c>
+      <c r="C28" s="126">
         <f>IF(C26*10%&gt;0,C26*10%,0)+1-C24+0.2</f>
         <v>30.5</v>
       </c>
-      <c r="D28" s="86" t="s">
-[...3 lines deleted...]
-        <v>188</v>
+      <c r="D28" s="100" t="s">
+        <v>270</v>
+      </c>
+      <c r="G28" s="103" t="s">
+        <v>259</v>
       </c>
     </row>
     <row r="29" spans="2:15">
-      <c r="B29" s="96" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="112">
+      <c r="B29" s="110" t="s">
+        <v>274</v>
+      </c>
+      <c r="C29" s="126">
         <f>SUM(C27:C28)</f>
         <v>50.05</v>
       </c>
-      <c r="D29" s="86" t="s">
-[...9 lines deleted...]
-        <v>205</v>
+      <c r="D29" s="100" t="s">
+        <v>270</v>
+      </c>
+      <c r="E29" s="102" t="s">
+        <v>275</v>
+      </c>
+      <c r="G29" s="105" t="s">
+        <v>242</v>
+      </c>
+      <c r="H29" s="107" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="30" spans="2:15">
-      <c r="B30" s="90" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="120">
+      <c r="B30" s="104" t="s">
+        <v>277</v>
+      </c>
+      <c r="C30" s="134">
         <f>C29/C6*100</f>
         <v>8.3416666666666668</v>
       </c>
-      <c r="D30" s="86" t="s">
-[...5 lines deleted...]
-      <c r="H30" s="99">
+      <c r="D30" s="100" t="s">
+        <v>278</v>
+      </c>
+      <c r="G30" s="135">
+        <v>0</v>
+      </c>
+      <c r="H30" s="113">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="2:15">
-      <c r="B31" s="122" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="123">
+      <c r="B31" s="136" t="s">
+        <v>279</v>
+      </c>
+      <c r="C31" s="137">
         <f>C6-C15-C29</f>
         <v>459.95</v>
       </c>
-      <c r="D31" s="86" t="s">
-[...5 lines deleted...]
-      <c r="G31" s="121">
+      <c r="D31" s="100" t="s">
+        <v>270</v>
+      </c>
+      <c r="E31" s="102" t="s">
+        <v>280</v>
+      </c>
+      <c r="G31" s="135">
         <v>2596</v>
       </c>
-      <c r="H31" s="99">
+      <c r="H31" s="113">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="2:15">
-      <c r="B32" s="86" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="116">
+      <c r="B32" s="100" t="s">
+        <v>281</v>
+      </c>
+      <c r="C32" s="130">
         <f>C31/C6*100</f>
         <v>76.658333333333331</v>
       </c>
-      <c r="D32" s="86" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="121">
+      <c r="D32" s="100" t="s">
+        <v>278</v>
+      </c>
+      <c r="G32" s="135">
         <v>2646</v>
       </c>
-      <c r="H32" s="99">
+      <c r="H32" s="113">
         <v>16</v>
       </c>
     </row>
     <row r="33" spans="2:8">
-      <c r="G33" s="124">
+      <c r="G33" s="138">
         <v>2696</v>
       </c>
-      <c r="H33" s="102">
+      <c r="H33" s="116">
         <v>0</v>
       </c>
     </row>
     <row r="34" spans="2:8">
-      <c r="B34" s="86" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="89"/>
+      <c r="B34" s="100" t="s">
+        <v>282</v>
+      </c>
+      <c r="G34" s="103"/>
     </row>
     <row r="35" spans="2:8">
-      <c r="B35" s="86" t="s">
-[...2 lines deleted...]
-      <c r="G35" s="89"/>
+      <c r="B35" s="100" t="s">
+        <v>283</v>
+      </c>
+      <c r="G35" s="103"/>
     </row>
     <row r="36" spans="2:8">
-      <c r="B36" s="86" t="s">
-        <v>213</v>
+      <c r="B36" s="100" t="s">
+        <v>284</v>
       </c>
     </row>
     <row r="37" spans="2:8">
-      <c r="B37" s="86" t="s">
-        <v>214</v>
+      <c r="B37" s="100" t="s">
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="L12:O12"/>
   </mergeCells>
   <phoneticPr fontId="10"/>
   <dataValidations count="1">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C7" xr:uid="{00000000-0002-0000-0300-000000000000}">
       <formula1>"あり,なし"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="0" verticalDpi="0" r:id="rId1"/>
   <legacyDrawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">